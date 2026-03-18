--- v0 (2025-12-13)
+++ v1 (2026-03-18)
@@ -1,1902 +1,4977 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>Утвержден</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әкімдігінің</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Павлодарской области</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2015 жылғы «24» мамырдағы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>от «24» июня 2015 года</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 181/6 қаулысымен</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекітілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
+      <w:r w:rsidRPr="008463F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Регламент государственной услуги</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00DB433B">
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах»</w:t>
-      </w:r>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектептердегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен тәрбиеленушілердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жекелеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жеңілдікпен тамақтандыруды ұсыну» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Общие положения</w:t>
-      </w:r>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...23 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектептердегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен тәрбиеленушілердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жекелеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жеңілдікпен тамақтандыруды ұсыну» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті (бұдан әрі – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызмет) облыстың, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалаларының, аудандарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (далее – портал).</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і қабылдау және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижелерін беру: 1) көрсетілетін қызметті берушінің кеңсесі; 2) «электрондық үкіметтің» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www.e.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-порталы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – портал) арқылы жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>Форма оказания государственной услуги: электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: электрондық (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> автоматтандырылған) және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесі – Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>Результат оказания государственной услуги - справка о предоставлении бесплатного и льготного питания в общеобразовательной школе по форме согласно приложению 1 стандарта государственной услуги «Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах», утвержденного приказом Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198 (далее - стандарт).</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектептердегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен тәрбиеленушілердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жекелеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жеңілдеткен тамақтандыруды ұсыну» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандартының (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – стандарт) 1-қосымшасына сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жеңілдікпен тамақтандыруды ұсыну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесін ұсыну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – электрондық және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Описание порядка действий структурных подразделений</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00DB433B">
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(работников) </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DB433B">
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>услугодателя</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DB433B">
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қимыл тәртібін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> с приложением необходимых документов, указанных в пункте 9 стандарта.</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарттың 9-тармағында көрсетілген қажетті құжаттардың қоса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілуімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының өтініші </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімді (іс-қимылды) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету процесінің құрамына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрбір </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімнің (іс-қимылдың) мазмұны, ұзақтығы мен оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, соның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рәсімдердің (іс-қимылдардың) өту кезеңі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушыдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алынған құжаттарды қабылдауды және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, құжаттардың көшірмелерімен көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттарының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тү</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DB433B">
-[...104 lines deleted...]
-        <w:t xml:space="preserve"> рассматривает и определяет ответственного исполнителя (1 рабочий день);</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пн</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DB433B">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> оформляет прое</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсқаларымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салыстырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және стандарттың 3-қосымшасына сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттарды қабылдау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолхат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тү</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>кт спр</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пн</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DB433B">
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (не более 30 минут).</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсқаларын көрсетілетін қызметті алушыға қайтарады және көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 2) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттарды қарастырады, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындаушыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтайды (1 жұмыс күні); 3) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындаушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімдейді, басшыға қарастыруға және қол қоюға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жібереді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1 жұмыс күні); 4) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарастырады, қол қояды және кеңсеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жібереді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1 жұмыс күні); 5) көрсетілетін қызметті берушінің кеңсе қызметкері анықтаманы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және көрсетілетін қызметті алушыға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметтің нәтижесін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>Результат - справка о предоставлении бесплатного и льготного питания в общеобразовательной школе.</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нәтижесі – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектептерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не же</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ңілдікпен тамақтануды ұсыну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қимыл тәртібін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...155 lines deleted...]
-        <w:t>услуги</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысатын көрсетілетін қызметті берушінің құрылымдық бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імшелерінің (қызметкерлердің) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті берушінің кеңсе қызметкері; 2) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 3) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындаушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...23 lines deleted...]
-        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әрбір </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімнің (іс-қимылдың) ұзақтығын көрсете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, құрылымдық бөлімшелер (қызметкерлер) арасындағы рәсімдер (іс-қимылдар) реттілігінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы регламенттің 1-қосымшасына сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кестемен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...60 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.Мемлекеттік қызмет көрсету процесінде халыққа қызмет көрсету орталығымен өзара і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қимыл тәртібін, сондай-ақ ақпараттық жүйелерді қолдану тәртібін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...5 lines deleted...]
-        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандартқа сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет «Халыққа қызмет көрсету орталығы» шаруашылық жүргізу құқығындағы республикалық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіпорнының Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> филиалы арқылы көрсетілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портал арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүгіну тәртібін және көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімдерінің (іс-қимылының) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реттілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкестендіру нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інің (бұдан әрі – ЖСН), сондай-ақ парольдің көмегімен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>порталда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 2) 1-процесс – қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>порталда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖСН мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>паролін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>авторизациялау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 3) 1-шарт – ЖСН мен пароль арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деректердің тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсқалығын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>порталда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 4) 2-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порталдың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>авторизациялаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарламаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыруы; 5) 3-процесс – көрсетілетін қызметті алушының осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>регламентте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген қызметті таңдауы, қызметті көрсету үшін экранға сұрау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығару және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен оның құрылымын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>толтыруы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>енгізуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стандартта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген қажетті құжаттардың электрондық тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">індегі көшірмелерін сұраныс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, сондай-ақ сұрауды куәландыру (қол қою) үшін көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЭЦҚ) куәландырылған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігін таңдауы; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) 2-шарт – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>порталда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЭЦҚ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігінің қолдану </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қайтарылған (күші жойылған) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәліктерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тізімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоқтығын, сондай-ақ сәйкестендіру деректерінің сәйкестігін (сұрауда көрсетілген ЖСН мен ЭЦҚ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігінде к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рсетілген ЖСН </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 7) 4-процесс – көрсетілетін қызметті алушының ЭЦҚ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>расталмауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұратылып жатқан қызметтен бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөнінде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарламаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыру;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) 5-процесс – көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұрауды өңдеуі үшін ЭҮ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы көрсетілетін қызметті берушінің ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұрауын) электрондық үкімет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шлюзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерінің автоматтандырылған (ӨЭҮШ АЖО) жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жіберу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; 9) 3-шарт – көрсетілетін қызметті берушінің қызмет көрсету үші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының қоса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стандартта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген құжаттарының сәйкестігін және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негіздерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тексеруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) 6-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұратылып отырған қызметтен бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөнінде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарламаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыру; 11) 7-процесс – көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>порталда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастырған қызметтің нәтижесін (электрондық құжат нысанындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарламаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету нәтижесі көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен куәландырылған электрондық құжат түрінде көрсетілетін қызметті алушының «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кабинетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Портал арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатыстырылған ақпараттық жүйелердің функционалдық өзара і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қимыл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>диаграммасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы регламенттің 2-қосымшасында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келтірілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...7 lines deleted...]
-        <w:t>Описание порядка взаимодействия с центром обслуживания населения, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімдерінің (іс-қимылдардың) өзара іс-қимылдар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реттілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелерді қолдану регламенттің</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="008463F2" w:rsidRPr="008463F2" w:rsidRDefault="008463F2" w:rsidP="008463F2">
+      <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB433B">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> оказывается через филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» по Павлодарской области.</w:t>
+      <w:r w:rsidRPr="008463F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3-қосымшасына сәйкес бизнес-процестердің анықтамалығында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
-[...55 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="003919BA" w:rsidRPr="008463F2" w:rsidRDefault="003919BA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB433B" w:rsidRPr="00DB433B" w:rsidRDefault="00DB433B" w:rsidP="00DB433B">
-[...652 lines deleted...]
-    <w:sectPr w:rsidR="00933B04" w:rsidRPr="00DB433B">
+    <w:sectPr w:rsidR="003919BA" w:rsidRPr="008463F2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="07E506A2"/>
+    <w:nsid w:val="08C517DE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="59E07D22"/>
+    <w:tmpl w:val="9D5C6C7E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="3"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -1961,53 +5036,392 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="14F10DAD"/>
+    <w:nsid w:val="0AA932EE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AABEA9FC"/>
+    <w:tmpl w:val="2B804B02"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="281F5BE2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8A7E9EC2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="3E5B6D62"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="14E03B86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="4C6160FA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2076AACC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -2073,54 +5487,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="168F1ECF"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="64CC2927"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1FD22052"/>
+    <w:tmpl w:val="02061C48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -2186,56 +5600,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="25706062"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="6BE507E9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="98CE8892"/>
+    <w:tmpl w:val="6436CF7A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="4"/>
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2299,280 +5713,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="26635494"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="73A54430"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="092A0850"/>
-[...225 lines deleted...]
-    <w:tmpl w:val="23BA23F8"/>
+    <w:tmpl w:val="335E0248"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -2638,169 +5826,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="29AC5ABA"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="7B0F3AE6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D01669E6"/>
+    <w:tmpl w:val="A64E6AB6"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="6"/>
-[...112 lines deleted...]
-      <w:start w:val="2"/>
+      <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2865,55 +5940,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="59560EFD"/>
+    <w:nsid w:val="7E7108F4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="838E4142"/>
+    <w:tmpl w:val="42B6B862"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="9"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2975,366 +6050,98 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...260 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
-[...5 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="3"/>
-[...5 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DB433B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DB433B"/>
+    <w:rsidRoot w:val="008463F2"/>
+    <w:rsid w:val="003919BA"/>
+    <w:rsid w:val="008463F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3512,83 +6319,83 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DB433B"/>
+    <w:rsid w:val="008463F2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB433B"/>
+    <w:rsid w:val="008463F2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00DB433B"/>
+    <w:rsid w:val="008463F2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="835146277">
+    <w:div w:id="262886569">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -3854,54 +6661,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>990</Words>
-  <Characters>5648</Characters>
+  <Words>1096</Words>
+  <Characters>6251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6625</CharactersWithSpaces>
+  <CharactersWithSpaces>7333</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>