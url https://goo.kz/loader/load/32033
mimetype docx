--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,3269 +1,1010 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> әкімдігінің</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">2015 жылғы « 28 » </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлением </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>мамыр</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>№ 153/5 қаулысымен</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от «28» мая 2015 №153/5</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
+      <w:r w:rsidRPr="009119CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C76FA1">
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009119CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Бастауыш</w:t>
-[...274 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>«Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
+      <w:r w:rsidRPr="009119CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Жалпы</w:t>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Общие положения</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>«</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга «Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования» (далее - государственная услуга) оказывается организациями начального, основного среднего, общего среднего образования (далее - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>Бастауыш</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...329 lines deleted...]
-        <w:t>) көрсетеді.</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-        <w:t>інде.</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги: бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги – расписка о приеме документов (в произвольной форме).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-        <w:t>інде.</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
+      <w:r w:rsidRPr="009119CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C76FA1">
+        <w:t>Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009119CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+        <w:t xml:space="preserve">(работников) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
+      <w:r w:rsidRPr="009119CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>процесінде</w:t>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
+      <w:r w:rsidRPr="009119CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) і</w:t>
-[...34 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Қазақстан </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>Республикасы</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t>Б</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с приложением необходимых документов, указанных в пункте 9 стандарта государственной услуги «Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования», утвержденного приказом Министра образования и науки Республики Казахстан от</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...356 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 апреля 2015 года № 174 (далее - стандарт).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> қызмет көрсету процесінің құрамына </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет прием и регистрацию полученных от </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>кіретін</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...14 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, сверяет копии с оригиналами документов, возвращает оригиналы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с распиской о приеме документов по форме согласно приложению 4 к стандарту и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не более 15 минут); 2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает и определяет ответственного исполнителя (не более </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>15 минут);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">әсімнің (іс-қимылдың) мазмұны, ұзақтығы мен </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) ответственный исполнитель </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>орындау</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оформляет проект приказа, направляет на рассмотрение и подписание руководителю (2 рабочих дня); 4) руководитель </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>реттілігі</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, соның </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает проект приказа, подписывает и направляет в канцелярию (1 рабочий день); 5) сотрудник канцелярии </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>ішінде</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> рәсімдердің (іс-қимылдардың) өту кезеңі:</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует приказ и выдает результат государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не более 15 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
-[...287 lines deleted...]
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...96 lines deleted...]
-        <w:t>);</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Результат – расписка о приеме документов (в произвольной форме).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
-[...335 lines deleted...]
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Нәтижесі – құжаттарды қабылдау </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка взаимодействия структурных подразделений (работников) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>туралы</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...41 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Перечень структурных подразделений (работников) </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...7 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...7 lines deleted...]
-        <w:t>процесінде</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...29 lines deleted...]
-        <w:t xml:space="preserve">қимыл тәртібін </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 2) руководитель </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...7 lines deleted...]
-        <w:t>сипаттау</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) сопровождается в справочнике бизнес процессов согласно приложению к настоящему регламенту.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>1) көрсетілетін қызметті берушінің кеңсе қызметкері;</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка взаимодействия с центром обслуживания населения и иными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
-[...97 lines deleted...]
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
+    <w:p w:rsidR="009119CC" w:rsidRPr="009119CC" w:rsidRDefault="009119CC" w:rsidP="009119CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Әрбір </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Согласно стандарта, государственная услуга </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">әсімнің (іс-қимылдың) ұзақтығын көрсете </w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» по Павлодарской области и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...5 lines deleted...]
-        <w:t>отырып</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C76FA1">
-[...59 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="009119CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронного правительства».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
-[...121 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w:rsidR="00367FBB" w:rsidRPr="009119CC" w:rsidRDefault="00367FBB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C76FA1" w:rsidRPr="00C76FA1" w:rsidRDefault="00C76FA1" w:rsidP="00C76FA1">
-[...133 lines deleted...]
-    <w:sectPr w:rsidR="00017C86" w:rsidRPr="00C76FA1">
+    <w:sectPr w:rsidR="00367FBB" w:rsidRPr="009119CC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="12614298"/>
+    <w:nsid w:val="03BD07B1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2AE2A80C"/>
+    <w:tmpl w:val="66F8B990"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3328,53 +1069,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="13FF5133"/>
+    <w:nsid w:val="04402DBD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="ACF24AF6"/>
+    <w:tmpl w:val="D7323B4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -3441,53 +1182,731 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="154A5FE1"/>
+    <w:nsid w:val="0AEB7B9F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1F6279F6"/>
+    <w:tmpl w:val="A684A806"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0E015EC1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C0A0401E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="12C72235"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E9420B8C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="1E6B1985"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="60DAE9A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="22170714"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6EE4C468"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="36D36BB2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8EF4A90E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="3C65283B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="56C2E7F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -3553,316 +1972,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="22222DBE"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="4C7A169E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="31EA43EC"/>
-[...261 lines deleted...]
-    <w:tmpl w:val="D8A27778"/>
+    <w:tmpl w:val="A89AA5C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -3928,700 +2085,96 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-[...599 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="4"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C76FA1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C76FA1"/>
+    <w:rsidRoot w:val="009119CC"/>
+    <w:rsid w:val="00367FBB"/>
+    <w:rsid w:val="009119CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4799,83 +2352,83 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C76FA1"/>
+    <w:rsid w:val="009119CC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00C76FA1"/>
+    <w:rsid w:val="009119CC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C76FA1"/>
+    <w:rsid w:val="009119CC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1107771709">
+    <w:div w:id="638608721">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -5141,54 +2694,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>582</Words>
-  <Characters>3322</Characters>
+  <Words>571</Words>
+  <Characters>3255</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3897</CharactersWithSpaces>
+  <CharactersWithSpaces>3819</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>