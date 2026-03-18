--- v0 (2025-12-06)
+++ v1 (2026-03-18)
@@ -1,911 +1,3329 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
-[...93 lines deleted...]
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="12270" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+          <w:left w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+          <w:bottom w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+          <w:right w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6126"/>
+        <w:gridCol w:w="6144"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidTr="00F33C8B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+              <w:left w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+              <w:bottom w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+              <w:right w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+              <w:left w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+              <w:bottom w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+              <w:right w:val="dotted" w:sz="12" w:space="0" w:color="D3D3D3"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F33C8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F33C8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F33C8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әкімдігі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F33C8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F33C8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F33C8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2015 жылғы «24» мамырдағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F33C8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№ 181/6 қаулысымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F33C8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Регламент государственной услуги</w:t>
+        <w:t>«Аз қамтылған отбасылардағы балалардың қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыртындағы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях»</w:t>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әне мектеп жанындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лагерьлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>демалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін құжаттар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://bilim-pavlodar.gov.kz/admin/content/edit/30988309.0%20" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...7 lines deleted...]
-        <w:t>Общие положения</w:t>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Аз қамтылған отбасылардағы балалардың қала сыртындағы және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жанындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лагерьлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>демалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін құжаттар қабылдау және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметін (бұдан әрі – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызмет) облыстың, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен қалалардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) осы регламенттің 1-қосымшасына сәйкес көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і қабылдау және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...23 lines deleted...]
-        <w:t>).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
-      <w:pPr>
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00FE3B59">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесі – қала сыртындағы және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жанындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лагерьлерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесін беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00FE3B59">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.Описание порядка действий структурных подразделений (работников) </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FE3B59">
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>услугодателя</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FE3B59">
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
-      </w:r>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәртібін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рәсімді (іс-қимылды) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FE3B59">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> с предоставлением необходимых документов, указанных в пункте 9 Стандарта государственной услуги «Прием документов и выдача направлений детям из малообеспеченных семей в загородных и пришкольных лагерях», утвержденного приказом Министра образования и науки Республики Казахстан № 198 от 13 апреля 2015 года (далее - Стандарт).</w:t>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрінің 2015 жылғы 13 сәуірдегі №198 бұйрығымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Аз қамтылған отбасылардағы балалардың қала сыртындағы және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жанындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лагерьлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>демалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін құжаттар қабылдау және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет Стандарттың (бұдан әрі - Стандарт) 9-тармағында көрсетілген қажетті құжаттардың қоса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілуімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының өтініші </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...5 lines deleted...]
-        <w:t>5. Содержание каждой процедуры (действия) и ее результат, входящей в состав процесса оказания государственной услуги:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету процесінің құрамына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрбір </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әсімнің (іс-қимылдың) мазмұны мен оның нәтижесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...96 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FE3B59">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">5) </w:t>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңсесінің қызметкері қажетті құжаттарды қабылдайды және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшысының қарарына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жібереді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аспайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 2) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттарды қарайды және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындаушыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтайды (1 жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00FE3B59">
-[...5 lines deleted...]
-        <w:t>ответственный исполнитель регистрирует направление (в течение 1 рабочего дня).</w:t>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындаушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен құжаттарды қарайды, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дайындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11 жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 4) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарайды және қол қояды (1 жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындаушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1 жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...6 lines deleted...]
-        <w:t>Результат процедуры (действия) по оказанию государственной услуги, который служит основанием для начала выполнения следующей процедуры (действия).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімді (іс-қимылды) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рәсімнің (іс-қимылдың) нәтижесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Описание порядка взаимодействия структурных подразделений (работников) в процессе оказания государственной услуги</w:t>
-      </w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрылымдық бөлімшелердің (қызметкерлердің) өзара і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қимыл тәртібін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...5 lines deleted...]
-        <w:t>Перечень структурных подразделений (работников), которые участвуют в процессе оказания государственной услуги:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысатын құрылымдық бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імшелердің (қызметкерлердің) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...53 lines deleted...]
-      <w:r w:rsidRPr="00FE3B59">
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңсесінің қызметкері; 2) көрсетілетін қызметті берушінің басшылығы; 3) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындаушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> с указанием длительности каждой процедуры (действия) отражается в справочнике бизнес-процессов оказания государственной услуги согласно приложению 2 к настоящему регламенту.</w:t>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әрбір </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімнің (іс-қимылдың) ұзақтығын көрсете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, көрсетілетін қызметті берушінің құрылымдық бөлімшелері (қызметкерлері) арасындағы рәсімдер (іс-қимылдар) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реттілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы регламенттің қосымшасына сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсетудің бизнес-процестерінің анықтамалығында көрсетілген</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Описание порядка взаимодействия с центром обслуживания населения и (или) иными </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FE3B59">
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>услугодателями</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FE3B59">
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
-      </w:r>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> халыққа қызмет көрсету және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) өзге де көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзара і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қимыл тәртібін, сондай-ақ ақпараттық жүйелерді қолдану тәртібін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FE3B59" w:rsidRPr="00FE3B59" w:rsidRDefault="00FE3B59" w:rsidP="00FE3B59">
+    <w:p w:rsidR="00F33C8B" w:rsidRPr="00F33C8B" w:rsidRDefault="00F33C8B" w:rsidP="00F33C8B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3B59">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Согласно Стандарту, государственная услуга </w:t>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандартқа сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FE3B59">
-[...5 lines deleted...]
-        <w:t>не</w:t>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00FE3B59">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> «электронного правительства».</w:t>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет «Халыққа қызмет көрсету орталығы» шаруашылық жүргізу құқығындағы республикалық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіпорнының Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> филиалы және «электрондық үкімет» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-порталы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F33C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы көрсетілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F40275" w:rsidRPr="00FE3B59" w:rsidRDefault="00F40275">
+    <w:p w:rsidR="00D13600" w:rsidRPr="00F33C8B" w:rsidRDefault="00D13600">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F40275" w:rsidRPr="00FE3B59">
+    <w:sectPr w:rsidR="00D13600" w:rsidRPr="00F33C8B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="27C15055"/>
+    <w:nsid w:val="00C41133"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="39E6A50E"/>
+    <w:tmpl w:val="1E48FE22"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1F62255E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5EEA9CF6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="23DB4C79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F1D06E72"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="2BBA4C49"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E54C4F8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="345737BC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D78E1970"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -971,56 +3389,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="29C05B3E"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="463D569E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="586CB35C"/>
+    <w:tmpl w:val="72DE32E4"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="4"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -1084,56 +3502,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3A4C303F"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="520E2259"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="396E8310"/>
+    <w:tmpl w:val="D96A74C6"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -1197,167 +3615,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="3C375CE8"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="55CE0CD4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1884C3D8"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="A5EA74BA"/>
+    <w:tmpl w:val="8FDEB8D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -1423,280 +3728,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="44FE7E55"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="6D523419"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B76EAA46"/>
-[...225 lines deleted...]
-    <w:tmpl w:val="75081A7C"/>
+    <w:tmpl w:val="A00C943E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -1762,167 +3841,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="65140BD7"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="7CD130E7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E5CA17D4"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="12C8DC4A"/>
+    <w:tmpl w:val="A35EE966"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -1989,95 +3955,95 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FE3B59"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE3B59"/>
+    <w:rsidRoot w:val="00F33C8B"/>
+    <w:rsid w:val="00D13600"/>
+    <w:rsid w:val="00F33C8B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2253,85 +4219,84 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE3B59"/>
+    <w:rsid w:val="00F33C8B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE3B59"/>
+    <w:rsid w:val="00F33C8B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00FE3B59"/>
+    <w:rsid w:val="00F33C8B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1048257884">
+    <w:div w:id="313530643">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -2597,54 +4562,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>509</Words>
-  <Characters>2906</Characters>
+  <Words>551</Words>
+  <Characters>3147</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3409</CharactersWithSpaces>
+  <CharactersWithSpaces>3691</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>