--- v0 (2025-12-09)
+++ v1 (2026-03-18)
@@ -1,555 +1,1943 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005B3720" w:rsidRPr="005B3720" w:rsidRDefault="005B3720" w:rsidP="005B3720">
+    <w:p w:rsidR="0011576C" w:rsidRPr="0011576C" w:rsidRDefault="0011576C" w:rsidP="0011576C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="651" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B3720">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметтер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» 2013 жылғы 15 сәуірдегі Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="0011576C">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="3"/>
           </w:rPr>
-          <w:t>статьи 10</w:t>
+          <w:t>10-бабының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3720">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>1) тармақшасына сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="z3"/>
+      <w:bookmarkStart w:id="0" w:name="z2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="005B3720">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Мыналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:bookmarkStart w:id="1" w:name="z3"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="005B3720">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="0011576C">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="3"/>
           </w:rPr>
-          <w:t>стандарт</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3720">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>сәйкес «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбие мен оқыту, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, техникалық және кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру бағдарламаларын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>санаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>растау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>аттестаттаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізуге құжаттарды қабылдау» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="z5"/>
+      <w:bookmarkStart w:id="2" w:name="z4"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="005B3720">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z90" w:history="1">
+        <w:r w:rsidRPr="0011576C">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="3"/>
           </w:rPr>
-          <w:t>стандарт</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3720">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>сәйкес «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбие мен оқыту, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, техникалық және кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру бағдарламаларын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республикалық ведомстволық бағынысты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>санаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>растау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>аттестаттаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізуге құжаттарды қабылдау» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандарты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>бекітілсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z6"/>
+      <w:bookmarkStart w:id="3" w:name="z5"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve">      2. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005B3720">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ақпараттық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>технологиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>департаменті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ж. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t>Жонтаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005B3720">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) заңнамада </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>законодательством порядке обеспечить:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+        <w:t>тәртіппен:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="z7"/>
+      <w:bookmarkStart w:id="4" w:name="z6"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="005B3720">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы бұйрықтың Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әділет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>тіркелуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="z8"/>
+      <w:bookmarkStart w:id="5" w:name="z7"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="005B3720">
-[...5 lines deleted...]
-        <w:t>      2) направление на официальное опубликование копии настоящего приказа в периодических печатных изданиях и информационно-правовой системе «Әділет» в течение десяти календарных дней после его государственной регистрации в Министерстве юстиции Республики Казахстан;</w:t>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) осы бұйрықтың көшірмесін Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әділет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>тіркеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткен соң күнтізбелік он күн </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баспасөз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>басылымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және «Әділет» ақпараттық-құқықтық жүйесінде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жариялауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>жолдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="z9"/>
+      <w:bookmarkStart w:id="6" w:name="z8"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="005B3720">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) осы бұйрықты Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005B3720">
-[...5 lines deleted...]
-        <w:t>официальном</w:t>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрлігінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005B3720">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>орналастыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>етсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="z10"/>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="005B3720">
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Осы бұйрықтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бақылау Қазақстан Республикасыны</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005B3720">
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005B3720">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>вице-министрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.Н.Иманғалиевке жүктелсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:bookmarkStart w:id="8" w:name="z10"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="005B3720">
-[...5 lines deleted...]
-        <w:t>      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Осы бұйрық алғашқы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарияланған күнінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>кейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B3720" w:rsidRPr="005B3720" w:rsidRDefault="005B3720" w:rsidP="005B3720">
+    <w:p w:rsidR="0011576C" w:rsidRPr="0011576C" w:rsidRDefault="0011576C" w:rsidP="0011576C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="651" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B3720">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Министр образования и науки</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+        <w:t xml:space="preserve">      Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Республики Казахстан                          А. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B3720">
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0011576C">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Саринжипов</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>министрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>             А. Сә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011576C">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>інжіпов</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FD537C" w:rsidRPr="005B3720" w:rsidRDefault="00FD537C">
+    <w:p w:rsidR="00FE04A0" w:rsidRPr="0011576C" w:rsidRDefault="00FE04A0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00FD537C" w:rsidRPr="005B3720">
+    <w:sectPr w:rsidR="00FE04A0" w:rsidRPr="0011576C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -558,53 +1946,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005B3720"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FD537C"/>
+    <w:rsidRoot w:val="0011576C"/>
+    <w:rsid w:val="0011576C"/>
+    <w:rsid w:val="00FE04A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -782,103 +2170,103 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005B3720"/>
+    <w:rsid w:val="0011576C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005B3720"/>
+    <w:rsid w:val="0011576C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="005B3720"/>
+    <w:rsid w:val="0011576C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1873640852">
+    <w:div w:id="1080105005">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1125,54 +2513,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>337</Words>
-  <Characters>1926</Characters>
+  <Words>324</Words>
+  <Characters>1848</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2259</CharactersWithSpaces>
+  <CharactersWithSpaces>2168</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>