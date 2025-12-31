--- v0 (2025-12-09)
+++ v1 (2025-12-31)
@@ -1,4219 +1,2077 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> және ғылым министрінің</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к приказу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>2015 жылғы «8» сәуірдегі</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>№174 бұйрығына</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>4 – қосымша</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от «8 » апреля 2015 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 174</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002F5D66">
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Бастауыш</w:t>
-[...252 lines deleted...]
-        <w:t>өрсетілетін қызмет стандарты</w:t>
+        <w:t>«Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Жалпы</w:t>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Общие положения</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...239 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілетін қызмет).</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Государственная услуга «Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования» (далее – государственная услуга).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...123 lines deleted...]
-        <w:t>) әзірледі.</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается организациями начального, основного среднего, общего среднего образования (далее – </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> қызметті </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>бастауыш</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...95 lines deleted...]
-        <w:t>) көрсетеді.</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
-[...71 lines deleted...]
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мемлекеттік</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> қызметті көрсету тәртібі</w:t>
+        <w:t>Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи пакета документов </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> қызметті көрсету </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования в течение учебного года – 3 рабочих дня; 2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>мерзімдері</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – не более 15 минут;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – не более 15 минут.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
-[...449 lines deleted...]
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-        <w:t>інде.</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги: бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги: расписка о приеме документов (в произвольной форме).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-        <w:t>інде.</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма представления результата оказания государственной услуги: бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="002F5D66">
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов. Предварительная запись и ускоренное обслуживание не </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...98 lines deleted...]
-      <w:r w:rsidRPr="002F5D66">
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предусмотрены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
-[...99 lines deleted...]
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Көрсетілетін қызметті </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>алушы</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілетін қызметті </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>берушіге</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">інген </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление (в произвольной форме); 2) справка врачебно-консультационной комиссии с рекомендацией по обучению на дому; 3) заключение </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>кезде</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...41 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации о рекомендуемой образовательной учебной программе для детей-инвалидов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
-[...125 lines deleted...]
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F5D66">
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002F5D66">
+        <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қызмет көрсету мәселелері </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002F5D66">
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>бойынша</w:t>
-[...122 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>в местные исполнительные органы, города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в интернет - ресурсе Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; в разделе «Государственные услуги»; 2) на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В жалобе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указывается фамилия и инициалы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и лица, принявшего жалобу, почтовый адрес и контактный телефон </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги. Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации. Информацию о порядке обжалования можно получить посредством единого </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...735 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...149 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Көрсетілген </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>мемлекеттік</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...77 lines deleted...]
-        <w:t>қа жүгінуге құқылы.</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002F5D66">
+        <w:t>Иные требования с учетом особенностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F47AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қызмет көрсету </w:t>
-[...34 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>оказания государственной услуги</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
-[...43 lines deleted...]
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...6 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>алушы</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>мемлекеттік</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...15 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...113 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5D66" w:rsidRPr="002F5D66" w:rsidRDefault="002F5D66" w:rsidP="002F5D66">
+    <w:p w:rsidR="004F47AF" w:rsidRPr="004F47AF" w:rsidRDefault="004F47AF" w:rsidP="004F47AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Көрсетілетін қызметті берушінің </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>мемлекеттік</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> қызметті көрсетудің мәселелері </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5D66">
-[...5 lines deleted...]
-        <w:t>бойынша</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F5D66">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> Министрліктің </w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="002F5D66">
+        <w:r w:rsidRPr="004F47AF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002F5D66">
-[...105 lines deleted...]
-        <w:t xml:space="preserve"> орталығы: 8-800-080-7777, 1414.</w:t>
+      <w:r w:rsidRPr="004F47AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> в разделе «Государственные услуги». Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00870F24" w:rsidRPr="002F5D66" w:rsidRDefault="00870F24">
+    <w:p w:rsidR="004D3F8A" w:rsidRPr="004F47AF" w:rsidRDefault="004D3F8A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00870F24" w:rsidRPr="002F5D66">
+    <w:sectPr w:rsidR="004D3F8A" w:rsidRPr="004F47AF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="1AA613F5"/>
+    <w:nsid w:val="037A1C65"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9C0E2BCA"/>
+    <w:tmpl w:val="1F545B5E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0AD00AD8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4B2674A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="18E71E53"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="005078DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="2DA30BAE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6AC2F21E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="41B44A49"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4176A6DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="432B7B17"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D43CBB68"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="48C3292E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EA88F412"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -4279,54 +2137,506 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="216838E8"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="56B762D1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C70474F8"/>
+    <w:tmpl w:val="7B4EFE3A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="57727067"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FD64A166"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="57C60C1C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="670EE396"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="654F4F10"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9AC0293E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="7AE16853"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F78A0358"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -4392,1232 +2702,102 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...1128 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
-[...8 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
-[...5 lines deleted...]
-  <w:num w:numId="9">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002F5D66"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00870F24"/>
+    <w:rsidRoot w:val="004F47AF"/>
+    <w:rsid w:val="004D3F8A"/>
+    <w:rsid w:val="004F47AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5795,95 +2975,95 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002F5D66"/>
+    <w:rsid w:val="004F47AF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="002F5D66"/>
+    <w:rsid w:val="004F47AF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="002F5D66"/>
+    <w:rsid w:val="004F47AF"/>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002F5D66"/>
+    <w:rsid w:val="004F47AF"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1769882070">
+    <w:div w:id="1392575973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -6149,54 +3329,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>831</Words>
-  <Characters>4742</Characters>
+  <Words>793</Words>
+  <Characters>4522</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5562</CharactersWithSpaces>
+  <CharactersWithSpaces>5305</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>