--- v0 (2025-12-10)
+++ v1 (2026-02-08)
@@ -1,2438 +1,6198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...24 lines deleted...]
-        <w:t> Министра образования</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрінің</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>и науки Республики Казахстан</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2015 жылғы «8» сәуір</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>от «8» апреля 2015 года</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№179 бұйрығына</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>№179</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
+      <w:r w:rsidRPr="0065118E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="007253DA">
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования»</w:t>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берудің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарламалары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту үшін ведомстволық бағыныстылығына қарамастан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Общие положения</w:t>
-      </w:r>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>Государственная услуга «Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования» (далее – государственная услуга).</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берудің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарламалары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту үшін ведомстволық бағыныстылығына қарамастан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметі (бұдан әрі – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызмет).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стандартын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>министрлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Министрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) әзірлеген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...23 lines deleted...]
-        <w:t>).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдары (бұдан әрі – көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...44 lines deleted...]
-        <w:r w:rsidRPr="007253DA">
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтінішті қабылдау және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесін беру: 1) көрсетілетін қызметті берушінің кеңсесі; 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="0065118E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.egov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t> (далее – портал).</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электрондық үкімет» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-порталы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – портал) арқылы жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Порядок оказания государственной услуги</w:t>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>Сроки оказания государственной услуги:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
-[...35 lines deleted...]
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>Форма оказания государственной услуги: электронная, бумажная.</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>топтамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырған сәттен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сондай-ақ портал арқылы жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - қолхат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін бес жұмыс күні;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
+      <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>Результат оказания государственной услуги: расписка о приеме документов и приказ о зачислении в организацию начального, основного среднего, общего среднего образования на начало учебного года.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымына қабылдау үшін: оқудың күндізгі және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кешкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тамыздан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кешіктірмей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныпқа – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>маусым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тамыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аралығында; 2) құжаттар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>топтамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін күтудің рұқсат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ең ұзақ уақыты – 15 минут; 3) қызмет көрсетудің рұқсат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ең ұзақ уақыты – 15 минут.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
-[...80 lines deleted...]
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...23 lines deleted...]
-        <w:t>).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, қағаз түрінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t>График работы:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесі: құжаттардың қабылданғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолхат және жаңа оқу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымына қабылдау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрық.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> после окончания рабочего времени в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесін ұсыну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қағаз түрінде. Мемлекеттік қызмет көрсету нәтижесін қағаз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеткізгіште</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесі қағаз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеткізгіште</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ресімделеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Портал арқылы жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кабинетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған электрондық құжат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымына қабылданғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (либо его законного представителя):</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаларға (бұдан әрі - көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
-      <w:pPr>
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...131 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Қазақстан Республикасының еңбек заңнамасына сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күндерін қоспағанда, дүйсенбі мен жұманы қоса алғанда, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сағат 13.00-ден 14.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскі үзіліспен сағат 9.00-ден 18.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Өтініштерді қабылдау және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесін беру сағат 13.00-ден 14.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскі үзіліспен сағат 9.00-ден 18.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007253DA">
-[...176 lines deleted...]
-        <w:t xml:space="preserve"> в «личный кабинет» направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жазылусыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеделдетіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетусіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібінде көрсетіледі. 2) портал: жөндеу жұмыстарының жүргізілуіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> техникалық үзілістерді қоспағанда тәулік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерекелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күндері жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетуге өтініштерді қабылдау және нәтижелерді беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс күнімен жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...7 lines deleted...]
-        <w:t>Порядок обжалования решений, действий (бездействий)</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның заңды өкілі) жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету үшін қажетті құжаттардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 1) осы стандартқа 1-қосымшаға сәйкес өтініш; 2) 2008 жылға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туылған жағдайда, көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігінің көшірмесі (көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжат (түпнұсқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкестендіру үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 3) дәрігерлік кәсіби-консультативтік қорытынды, «Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Денсаулық сақтау министрінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 086/е </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 4) 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>данада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3х4 см өлшеміндегі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фотосурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; 5) педагогикалық-медициналық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">психологиялық комиссияның қорытындысы (болған жағдайда). Шетелдік және азаматтығы жоқ көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өздерінің мәртебесін айқындайтын, тұрғылықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелгені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белгісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынады: 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – шетелдіктің Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұруға ықтиярхаты; 2) азаматтығы жоқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – азаматтығы жоқ адамның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігі; 3) босқын – босқын куәлігі; 4) пана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іздеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – пана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іздеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамның куәлігі; 5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігі. Мемлекеттік қызмет көрсетуге құжаттарды тапсырған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушыға осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стандартына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-қосымшаға сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушыдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттардың қабылданғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолхат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Порталға жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 1) көрсетілетін қызметті алушының нақты тұрғылықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген, оның өкілінің ЭЦҚ қойылған көрсетілетін қызметті алушының ата-анасының (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның заңды өкілдерінің) бірінің электрондық құжат нысанындағы өтініші; 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2008 жылға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туылса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігінің электрондық көшірмесі; 3) дәрігерлік кәсіби-консультативтік қорытынды, № 086/е нысанының электрондық көшірмесі; 4) көрсетілетін қызметті алушының 3х4 см өлшеміндегі цифрлық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фотосуреті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 5) педагогикалық-медициналық-психологиялық комиссия (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">қорытындысының электрондық көшірмесі. Көрсетілетін қызметті алуышының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттың, баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігінің (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2008 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туылса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтерді «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үкімет» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шлюзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелерден </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Көрсетілетін қызметті алушының порталы арқылы жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кабинетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ЭЦҚ-мен расталған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету үшін сұратудың қабылданғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлама-есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету мәселелері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы органдарының, көрсетілетін қызметті берушінің және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамдарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
-[...143 lines deleted...]
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету мәселелері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаларының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әрекетіне (әрекетсіздігіне) шағымдану үшін шағым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) 12-тармақта көрсетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы органы басшысының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 2) республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы органдарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурстарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің басшысының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымды қабылдаған адамның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен аты-жөні, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіле </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы органының, көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәселесі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының шағымы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету нәтижелерімен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда, көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау және бақылау жөніндегі уәкілетті органға жүгіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау және бақылау жөніндегі уәкілетті органның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он бес жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Шағымдану тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәселелері жөніндегі бірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы арқылы алуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаның шағымында оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әкесінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), пошталық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...7 lines deleted...]
-        <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет нәтижелерімен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда, көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңнамасында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртіппен сотқа жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...44 lines deleted...]
-        <w:r w:rsidRPr="007253DA">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету, оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электрондық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескеріле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қойылатын өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Министрліктің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="0065118E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.egov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007253DA">
-[...5 lines deleted...]
-        <w:t> в разделе «Государственные услуги»), местных исполнительных органов города республиканского значения и столицы, района (города областного значения).</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сайтының «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет» бөлімінде), республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы органдарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурстарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007253DA">
+      <w:r w:rsidRPr="0065118E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Услугополучатель</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушының ата-анасының (заңды өкілдерінің) ЭЦҚ болған жағдайда, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті портал арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алуға мүмкіндігі бар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету тәртібі мен мәртебесі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты қашықтықтан қол </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>режимінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәселелері жөніндегі бірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндігі бар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
+    <w:p w:rsidR="0065118E" w:rsidRPr="0065118E" w:rsidRDefault="0065118E" w:rsidP="0065118E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007253DA">
-[...44 lines deleted...]
-        <w:r w:rsidRPr="007253DA">
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министрліктің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналастырылған: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="0065118E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>www.gov.kz</w:t>
+          <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007253DA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0065118E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәселелері жөніндегі бірыңғай байланыс-орталығы: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
-[...16 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00E57571" w:rsidRPr="0065118E" w:rsidRDefault="00E57571">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007253DA" w:rsidRPr="007253DA" w:rsidRDefault="007253DA" w:rsidP="007253DA">
-[...772 lines deleted...]
-    <w:sectPr w:rsidR="001F6B94" w:rsidRPr="007253DA">
+    <w:sectPr w:rsidR="00E57571" w:rsidRPr="0065118E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2455,55 +6215,55 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="04E3198B"/>
+    <w:nsid w:val="0574514A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="64CECFA6"/>
+    <w:tmpl w:val="98768558"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2568,55 +6328,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="123244D4"/>
+    <w:nsid w:val="15ED60F4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="916A3CE2"/>
+    <w:tmpl w:val="552E1D7E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="12"/>
+      <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2681,55 +6441,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="20D8479A"/>
+    <w:nsid w:val="168479C6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3C5AB210"/>
+    <w:tmpl w:val="E8FE1738"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2794,55 +6554,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="24341B8A"/>
+    <w:nsid w:val="1F1B0EE7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5B1A469C"/>
+    <w:tmpl w:val="F21CB0B0"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="4"/>
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2907,55 +6667,55 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="2A605BF6"/>
+    <w:nsid w:val="34BC5011"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8890A7DE"/>
+    <w:tmpl w:val="D75A129E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="9"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3020,53 +6780,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="2DA67080"/>
+    <w:nsid w:val="4DB56D8C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="555E8BB0"/>
+    <w:tmpl w:val="B3789A60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -3133,53 +6893,279 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="30794109"/>
+    <w:nsid w:val="4E431C04"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="68E490D6"/>
+    <w:tmpl w:val="0194FC1E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="538A0DEA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1236EFEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="564C7148"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="707A9462"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -3245,393 +7231,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="4BEF5D03"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="62EF2802"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E750A8A0"/>
-[...338 lines deleted...]
-    <w:tmpl w:val="C62C0EDC"/>
+    <w:tmpl w:val="0518D166"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3733,54 +7380,167 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="64363A1C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E60AC748"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="661D37AA"/>
+    <w:nsid w:val="73A96BC2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8D1878A8"/>
+    <w:tmpl w:val="8E643A54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -3847,166 +7607,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="6AA627CB"/>
+    <w:nsid w:val="7D212947"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8856D3AA"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="EAE4C516"/>
+    <w:tmpl w:val="7CFE8E78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -4073,107 +7720,104 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
-[...11 lines deleted...]
-  <w:num w:numId="10">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007253DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007253DA"/>
+    <w:rsidRoot w:val="0065118E"/>
+    <w:rsid w:val="0065118E"/>
+    <w:rsid w:val="00E57571"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4351,125 +7995,125 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007253DA"/>
+    <w:rsid w:val="0065118E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0065118E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="007253DA"/>
+    <w:rsid w:val="0065118E"/>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007253DA"/>
+    <w:rsid w:val="0065118E"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="007253DA"/>
+    <w:rsid w:val="0065118E"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="894586631">
+    <w:div w:id="2017147742">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.kz/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bilim-pavlodar.gov.kz/admin/content/edit/31150053.0%20" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4715,55 +8359,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9517</Characters>
+  <Pages>4</Pages>
+  <Words>1403</Words>
+  <Characters>8003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11164</CharactersWithSpaces>
+  <CharactersWithSpaces>9388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>