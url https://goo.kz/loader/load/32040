--- v0 (2025-12-10)
+++ v1 (2025-12-31)
@@ -1,5638 +1,2947 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 14</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> және ғылым министрінің</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к приказу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...5 lines deleted...]
-        <w:t>2015 жылғы «13» сәуірдегі</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...5 lines deleted...]
-        <w:t>№198 бұйрығына</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...5 lines deleted...]
-        <w:t>14 – қосымша</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от «13» апреля 2015 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 198</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
+      <w:r w:rsidRPr="00F971BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Аз қамтылған отбасылардағы балалардың қала сыртындағы және </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E77B9C">
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>мектеп</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E77B9C">
+        <w:t>«Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жанындағы </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілетін қызмет стандарты</w:t>
+        <w:t>Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Государственная услуга «Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях» (далее – государственная услуга).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается местными исполнительными органами областей, городов Астаны и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, районов и городов организации образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...113 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілетін қызмет).</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
-[...279 lines deleted...]
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қызметті көрсету тәртібі</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – пятнадцать рабочих дней;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
-      <w:pPr>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...167 lines deleted...]
-        <w:t xml:space="preserve"> ең ұзақ уақыты – 30 минут.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">максимально допустимое время ожидания для сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20 минут;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> - қағаз жүзінде.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги – бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги – направление (путевка) в загородные и пришкольные лагеря.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> - қағаз түрінде</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> және ақылы түрде көрсетіледі.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) платно и бесплатно.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E77B9C">
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стоимость государственной услуги в соответствии с Законом Республики Казахстан от 27 июля 2007 года «Об образовании» определяется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Мемлекеттік</w:t>
-[...548 lines deleted...]
-        <w:t xml:space="preserve"> түрде көрсетіледі.</w:t>
+        <w:t>размещаеся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов областей, города республиканского значения, столицы. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается бесплатно: 1) детям из семей, имеющих право на получение государственной адресной социальной помощи; 2) детям из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума; 3) детям – сиротам и детям, оставшимся без попечения родителей, проживающим в семьях; 4) детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> 5) иным категориям обучающихся и воспитанников, определяемые коллегиальным органом управления организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...113 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...149 lines deleted...]
-        <w:t xml:space="preserve"> қызмет көрсету қарастырылмаған.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...53 lines deleted...]
-      <w:r w:rsidRPr="00E77B9C">
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
-[...1476 lines deleted...]
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...91 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заявление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия свидетельства о рождении ребенка в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (требуется для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>индентификации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) справка, подтверждающая принадлежность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами, для категории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из смей, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>имеющих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> право на получение государственной адресной социальной помощи; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) документы о полученных доходах (заработная плата работающих родителей или лиц их заменяющих, доходы от предпринимательской и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, не получающих государственную адресную социальную помощь, в которых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сренедушевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доход ниже величины прожиточного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>миниума</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях; 7) копия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>решения коллегиального органа управления организации образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о выдаче бесплатных направлений на предоставление отдыха загородные и пришкольные лагеря на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи; 9) копия медицинского заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психолого-медиго-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации – для детей с ограниченными возможностями; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) справка о состоянии здоровья (медицинский </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>папорт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) с приложением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>флюроснимка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E77B9C">
-[...18 lines deleted...]
-        <w:t>, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі;</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии) При приеме документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписку о приеме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">соответствующих документов с указанием: номера и даты приема запроса; вида запрашиваемой государственной услуги; количества и названия приложенных документов; даты (времени) и места выдачи документов; фамилии, имени, а также отчества (при наличии) работника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, принявшего заявление;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилии, имени, а также отчества (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его контактных телефонов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...231 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
-[...989 lines deleted...]
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> тәртіппен сотқа жүгінуге құқылы.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) по адресам, указанным в пункте 12 настоящего стандарта государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон. Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг. Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации. Информацию о порядке обжалования действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц можно получить по телефону Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг «1414».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...117 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> орналасқан</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77B9C" w:rsidRPr="00E77B9C" w:rsidRDefault="00E77B9C" w:rsidP="00E77B9C">
-      <w:pPr>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E77B9C">
-[...78 lines deleted...]
-        <w:t xml:space="preserve"> Министрліктің </w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00E77B9C">
+        <w:r w:rsidRPr="00F971BF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E77B9C">
-[...78 lines deleted...]
-        <w:t xml:space="preserve"> орталығының «1414».</w:t>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A56DD" w:rsidRPr="00E77B9C" w:rsidRDefault="007A56DD">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00F971BF" w:rsidRPr="00F971BF" w:rsidRDefault="00F971BF" w:rsidP="00F971BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Министерства </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www.bala-kkk.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F971BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Единый контакт-центр по вопросам оказания государственных услуг «1414».</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007A56DD" w:rsidRPr="00E77B9C">
+    <w:p w:rsidR="00026656" w:rsidRPr="00F971BF" w:rsidRDefault="00026656">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00026656" w:rsidRPr="00F971BF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="022B628F"/>
+    <w:nsid w:val="06E95194"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9A507872"/>
+    <w:tmpl w:val="C41AC344"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1684782D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="504626F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="176B0B38"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1F2AD058"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1B3208E0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="54CC8BAE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="22D5791B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A38E0720"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="281A1978"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6A104392"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="2E635231"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BBBEE714"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="36DC453E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4CCC9F64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="4D167FAE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1DA46668"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -5698,56 +3007,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0DF35D8E"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="4D7432A2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9E8855FA"/>
+    <w:tmpl w:val="7E02A7D0"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5811,56 +3120,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0EA329BD"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="52623488"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DE04BFB2"/>
+    <w:tmpl w:val="1D64F98A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="7"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5924,56 +3233,56 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0F0446A0"/>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="5489609C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="66D69430"/>
+    <w:tmpl w:val="26060718"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="12"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -6037,54 +3346,203 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="13C068DC"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="58690C80"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1E2A7DFE"/>
+    <w:tmpl w:val="8EB63E0E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="73EC7DCE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="392CC752"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -6150,1009 +3608,108 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...902 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...31 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E77B9C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E77B9C"/>
+    <w:rsidRoot w:val="00F971BF"/>
+    <w:rsid w:val="00026656"/>
+    <w:rsid w:val="00F971BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -7330,114 +3887,114 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E77B9C"/>
+    <w:rsid w:val="00F971BF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00E77B9C"/>
+    <w:rsid w:val="00F971BF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00E77B9C"/>
+    <w:rsid w:val="00F971BF"/>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E77B9C"/>
+    <w:rsid w:val="00F971BF"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="795222763">
+    <w:div w:id="848063673">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7684,54 +4241,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1272</Words>
-  <Characters>7256</Characters>
+  <Words>1157</Words>
+  <Characters>6597</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8511</CharactersWithSpaces>
+  <CharactersWithSpaces>7739</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>