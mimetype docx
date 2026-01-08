--- v0 (2025-12-12)
+++ v1 (2026-01-08)
@@ -1,8202 +1,7162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...40 lines deleted...]
-        <w:t>от 9 ноября 2015 года № 632</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2015 жылғы 9 қарашадағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 632 бұйрығына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1-қосымша        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="514" w:after="309" w:line="891" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>«Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>білім беру бағдарламаларын іске асыратын білім беру ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагог қызметкерлері мен оларға теңестірілген тұлғаларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>біліктілік санаттарын беру (растау) үшін аттестаттаудан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>өткізуге құжаттар қабылдау» мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> образования»</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="514" w:after="309" w:line="891" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>1. Общие положения</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...48 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. «Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау» мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="z15"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="005F5F4B">
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="z16"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="005F5F4B">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызметті облыстардың, Астана және Алматы қалаларының, облыстық маңызы бар аудандар мен қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>оказывается</w:t>
+          <w:t>көрсетеді</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...115 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және нәтижеcін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="514" w:after="309" w:line="891" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>2. Порядок оказания государственной услуги </w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...41 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z23"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік қызмет көрсету мерзімі – 20 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z19"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z20"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="005F5F4B">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 20 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z21"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызмет көрсету нысаны: қағаз жүзінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z22"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Мемлекеттік көрсетілетін қызметтің нәтижесі - Мектепке дейінгі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      5. Форма оказания государственной услуги: бумажная.</w:t>
-[...21 lines deleted...]
-        <w:t>      6. Результатом оказываемой государственной услуги является выдача расписки о приеме документов для прохождения </w:t>
+        <w:t>тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін оларды </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="005F5F4B">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>аттестации</w:t>
+          <w:t>аттестаттаудан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өткізуге құжаттарды қабылдау осы Стандартқа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...74 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z27"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес құжаттарды қабылдау туралы қолхат болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік қызмет көрсетудің нәтижесін ұсыну нысаны: қағаз жүзінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z23"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="005F5F4B">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z24"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      8. Көрсетілетін қызметті берушінің жұмыс кестесі Қазақстан Республикасының еңбек заңнамасына сәйкес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>выходных</w:t>
+          <w:t>демалыс</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>праздничных дней</w:t>
+          <w:t>мереке күндерін</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...62 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z30"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қоспағанда, дүйсенбі мен жұма аралығында сағат 13.00-ден 14.00, 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.00, 18.30-ға дейін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Құжаттарды қабылдау және мемлекеттік көрсетілетін қызметтің нәтижелерін беру сағат 13.00-ден 14.00, 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Қабылдау алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z25"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="005F5F4B">
-[...43 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      9. Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар тізбесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z26"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) осы Стандартқа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z49" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>приложению 2</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...18 lines deleted...]
-        <w:t>      2) копия </w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес аттестаттауға өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z27"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) жеке басын куәландыратын </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:anchor="z37" w:history="1">
-        <w:r w:rsidRPr="005F5F4B">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>документа</w:t>
+          <w:t>құжат</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z28"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) білімі туралы диплом көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z29"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) біліктілікті арттыру туралы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>документа</w:t>
+          <w:t>құжат</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...21 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z30"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) қызметкердің еңбек қызметін растайтын </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>документа</w:t>
+          <w:t>құжатының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...21 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z31"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) бұрын берген біліктілік санаты туралы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>удостоверения</w:t>
+          <w:t>куәлік</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көшірмесі (жоғары білім беру ұйымдарынан ауысқан және біліктілік санаттары жоқ педагог қызметкерлерден басқа);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z32"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      7) Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2013 жылғы 7 тамыздағы № 323 бұйрығымен бекітілген Білім және ғылым саласындағы азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шартын, сондай-ақ Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан өткізу қағидалары мен шартына сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2013 жылғы 28 тамызда № 8678 болып тіркелген) кәсіптік жетістіктері туралы мәліметтер (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызмет көрсету мәселелері бойынша республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>маңызы бар қаланың және астананың, ауданның (облыстық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қаланың) жергілікті атқарушы органдарының, мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>көрсетілетін қызметті берушінің және (немесе) оның лауазымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      10. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының әрекетіне (әрекетсіздігіне) шағымдану үшін жазбаша түрде шағым осы мемлекеттік көрсетілетін қызмет стандартының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Правилами</w:t>
+          <w:t>12-тармағында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...238 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілген мекенжайлар бойынша көрсетілетін қызметті беруші басшысының атына немесе көрсетілетін қызметті берушінің кеңсесі арқылы қолма-қол беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Шағымда көрсетілетін қызметті алушының тегі, аты, әкесінің аты (бар болcа), пошталық мекенжайы, байланыс телефоны көрсетіледі. Шағымға көрсетілетін қызметті алушы қол қояды. Шағымды қабылдаған адамның тегі, аты, әкесінің аты (бар болса) берілген шағымға жауап алу мерзімі мен орны көрсетіліп, көрсетілетін қызметті берушінің кеңсесінде тіркелуі (мөртаңба, кіріс нөмірі мен күні) шағымның қабылданғанын растау болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының мемлекеттік қызмет көрсету мәселелері бойынша шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілген мемлекеттік қызметтің нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>пункте 12</w:t>
+          <w:t>уәкілетті органға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...208 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шағыммен жүгіне алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттiк қызмет көрсету сапасын бағалау және бақылау жөнiндегi уәкiлеттi органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z35"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      11. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайларда, көрсетілетін қызметті алушы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z2016" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>уполномоченный орган</w:t>
+          <w:t>заңнамасында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...143 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>4. Мемлекеттік қызмет көрсетудің, оның ішінде электронды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нысанда көрсетілетін қызмет ерекшеліктері ескеріле отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      12. Мемлекеттік қызмет көрсету мекенжайлары мен орындары көрсетілетін қызметті берушінің ресми интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z38"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      13. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету мәселелері жөніндегі </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>законодательством</w:t>
+          <w:t>бірыңғай байланыс орталығы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...7 lines deleted...]
-        <w:t> Республики Казахстан порядке.</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>арқылы алуға мүмкіндігі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z39"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      14. Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефоны: 8-800-080-777, Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="514" w:after="309" w:line="891" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Мектепке дейінгі тәрбие мен оқыту,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бастауыш, негізгі орта,     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жалпы орта, техникалық және кәсіптік,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>орта білімнен кейінгі білім беру  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бағдарламаларын іске асыратын білім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>беру ұйымдарының педагог қызметкерлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мен оларға теңестірілген тұлғалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>біліктілік санаттарын беру (растау)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>үшін аттестаттаудан өткізуге құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қабылдау» мемлекеттік көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызмет стандартына        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1-қосымша             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Тегі, аты, әкесінің аты (болған жағдайда) (бұдан әрі – Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>              ____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>               (көрсетілетін қызметті алушының мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-        <w:t>форме</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қолхат № ____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...120 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қабылдау туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(көрсетілетін қызметті алушының немесе оның заңды өкілінің Т.А.Ә.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>көрсетілетін қызметті беруші мынадай құжаттарды (қажетін белгілеу)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>алды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) осы Стандартқа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z49" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">Единого </w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 1414.</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес аттестаттауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z43"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) жеке басын куәландыратын құжат көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z44"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) білімі туралы диплом көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z45"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) біліктілікті арттыру туралы құжат көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z46"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) қызметкердің еңбек қызметін растайтын құжатының көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z47"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) бұрын берген біліктілік санаты туралы куәлік көшірмесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(жоғары білім беру ұйымдарынан ауысқан және біліктілік санаттары жоқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагог қызметкерлерден басқа);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z48"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      7) Қазақстан Республикасы Білім және ғылым министрінің міндетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>атқарушының 2013 жылғы 7 тамыздағы № 323 бұйрығымен бекітілген Білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>және ғылым саласындағы азаматтық қызметшілерді аттестаттаудан өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қағидалары мен шартын, сондай-ақ Мектепке дейінгі, бастауыш, негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>теңестірілген тұлғаларды аттестаттаудан өткізу қағидалары мен шартына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2013 жылғы 28 тамызда № 8678 болып тіркелген) кәсіптік жетістіктері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>туралы мәліметтер (болған жағдайда).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      7) тармақшаға ескерту: кәсіптік жетістіктері туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      мемлекеттік қызметті алушы сараптамалық топқа жыл сайын 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>желтоқсанға дейін қосымша ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Өтініштің қабылданған күні 20___ жылғы «____» _________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Т.А.Ә._______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            (құжатты қабылдаған жауапты адам)           қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Телефон ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қабылдадым: Т.А.Ә./ көрсетілетін қызметті алушының қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>20___ жылғы «___» __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...138 lines deleted...]
-        <w:t xml:space="preserve"> образования»</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Мектепке дейінгі тәрбие мен оқыту,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бастауыш, негізгі орта,     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жалпы орта, техникалық және кәсіптік,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>орта білімнен кейінгі білім беру  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бағдарламаларын іске асыратын білім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>беру ұйымдарының педагог қызметкерлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мен оларға теңестірілген тұлғалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>біліктілік санаттарын беру (растау)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>үшін аттестаттаудан өткізуге құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қабылдау» мемлекеттік көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызмет стандартына        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2-қосымша             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...7 lines deleted...]
-        <w:t>Форма     </w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
-        <w:jc w:val="right"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...55 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(санаттарды растау/беру жөніндегі аттестаттау комиссиясының атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (педагогтың тегі, аты және әкесінің аты (болған жағдайда))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                       (лауазымы, жұмыс орны)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ӨТІНІШ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мені 20____ жылы ________________________ лауазымы бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>біліктілік санатына _________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аттестаттауды сұраймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Қазіргі уақытта _____ санаттамын, ол ____ жылға дейін жарамды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Келесі жұмыс нәтижелерін негізге аламын _______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Расписка №________</w:t>
-[...1017 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>ЗАЯВЛЕНИЕ</w:t>
-[...102 lines deleted...]
-        </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F5F4B">
-[...53 lines deleted...]
-        <w:t>                           Образование:</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>               Өзім туралы келесі мәліметті хабарлаймын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                               Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3500"/>
         <w:gridCol w:w="3500"/>
         <w:gridCol w:w="3500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidTr="005F5F4B">
+      <w:tr w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidTr="00C06A52">
         <w:trPr>
           <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Наименование учебного заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Специальность по диплому</w:t>
+              <w:t>Диплом бойынша мамандық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidTr="005F5F4B">
+      <w:tr w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidTr="00C06A52">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...7 lines deleted...]
-        <w:t>                               Стаж работы:</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                            Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2613"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2612"/>
+        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="2625"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidTr="005F5F4B">
+      <w:tr w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidTr="00C06A52">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Общий</w:t>
+              <w:t>Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>По специальности</w:t>
+              <w:t>Мамандық бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагогический</w:t>
+              <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>В данной организации образования</w:t>
+              <w:t>Осы білім беру ұйымында</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidTr="005F5F4B">
+      <w:tr w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidTr="00C06A52">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...18 lines deleted...]
-        <w:t>получения (присвоения) _____________________________________________</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Наградалар, атағы, ғылыми дәрежесі, ғылыми атағы алынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(берілген) жылын көрсете отырып _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...41 lines deleted...]
-        <w:t>                                                 (Подпись)</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттаудан өткізу қағидаларымен таныстым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>20____ жылғы «____» _________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>         (Қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...40 lines deleted...]
-        <w:t>от 9 ноября 2015 года № 632</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2015 жылғы 9 қарашадағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 632 бұйрығына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2-қосымша        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="514" w:after="309" w:line="891" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>«Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>білім беру бағдарламаларын іске асыратын республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ведомстволық бағынысты білім беру ұйымдарының педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> образования»</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қабылдау» мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="514" w:after="309" w:line="891" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>1. Общие положения</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...49 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
-[...24 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+        <w:t>      1. «Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау» мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z54"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z55"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызметті Министрлік және республикалық ведомстволық бағынысты білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>оказывается</w:t>
+          <w:t>көрсетеді</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...71 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="514" w:after="309" w:line="891" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>2. Порядок оказания государственной услуги</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...120 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік қызмет көрсету мерзімі – 20 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z58"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z59"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 20 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z60"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызмет көрсету нысаны: қағаз жүзінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z61"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6. Мемлекеттік көрсетілетін қызметтің нәтижесі - Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін оларды аттестаттаудан өткізуге құжаттарды қабылдау осы Стандартқа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z79" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...192 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес құжаттарды қабылдау туралы қолхат болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік қызмет көрсетудің нәтижесін ұсыну нысаны: қағаз жүзінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z62"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z63"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      8. Көрсетілетін қызметті берушінің жұмыс кестесі Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында сағат 13.00-ден 14.00, 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.00, 18.30-ға дейін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Құжаттарды қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру сағат 13.00-ден 14.00, 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Қабылдау алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z64"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      9. Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар тізбесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z65"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) осы Стандартқа қосымшаға сәйкес аттестаттауға өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z66"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) жеке басын куаландыратын құжат көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z67"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) білімі туралы диплом көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z68"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
-[...35 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+        <w:t>      4) біліктілікті арттыру туралы құжат көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z69"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) қызметкердің еңбек қызметін растайтын құжатының көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z70"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) бұрын берген біліктілік санаты туралы куәлік көшірмесі (жоғары білім беру ұйымдарынан ауысқан және біліктілік санаттары жоқ педагог қызметкерлерден басқа);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z71"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      7) Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2013 жылғы 7 тамыздағы № 323 бұйрығымен бекітілген Білім және ғылым саласындағы азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шартын, сондай-ақ Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан өткізу қағидалары мен шартына сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2013 жылғы 28 тамызда № 8678 болып тіркелген) кәсіптік жетістіктері туралы мәліметтер (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызмет көрсету мәселелері бойынша республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>маңызы бар қаланың және астананың, ауданның (облыстық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қаланың) жергілікті атқарушы органдарының, мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>көрсетілетін қызметті берушінің және (немесе) оның лауазымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      10. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының әрекетіне (әрекетсіздігіне) шағымдану үшін жазбаша түрде шағым осы мемлекеттік көрсетілетін қызмет стандартының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z76" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>приложению</w:t>
+          <w:t>12-тармағында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...93 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілген мекенжайлар бойынша көрсетілетін қызметті беруші басшысының атына немесе көрсетілетін қызметті берушінің кеңсесі арқылы қолма-қол беріледі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Шағымда көрсетілетін қызметті алушының тегі, аты, әкесінің аты (бар болcа), пошталық мекенжайы, байланыс телефоны көрсетіледі. Шағымға көрсетілетін қызметті алушы қол қояды. Шағымды қабылдаған адамның тегі, аты, әкесінің аты (бар болса) берілген шағымға жауап алу мерзімі мен орны көрсетіліп, көрсетілетін қызметті берушінің кеңсесінде тіркелуі (мөртаңба, кіріс нөмірі мен күні) шағымның қабылданғанын растау болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының мемлекеттік қызмет көрсету мәселелері бойынша шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілген мемлекеттік қызметтің нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға шағыммен жүгіне алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Мемлекеттiк қызмет көрсету сапасын бағалау және бақылау жөнiндегi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">профессионального, </w:t>
-[...24 lines deleted...]
-        <w:r w:rsidRPr="005F5F4B">
+        <w:t>уәкiлеттi органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z74"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      11. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайларда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>4. Мемлекеттік қызмет көрсетудің, оның ішінде электронды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нысанда көрсетілетін қызмет ерекшеліктері ескеріле отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      12. Мемлекеттік қызмет көрсету мекенжайлары мен орындары көрсетілетін қызметті берушінің www.edu.gov.kz ресми интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z77"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      13. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z78"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      14. Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефоны: 8-800-080-777, Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбие мен оқыту,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бастауыш, негізгі орта, жалпы орта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>техникалық және кәсіптік, орта   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>білімнен кейінгі білім беру    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бағдарламаларын іске асыратын   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республикалық ведомстволық    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бағынысты білім беру ұйымдарының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагог қызметкерлері мен оларға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>теңестірілген тұлғалардың біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>санаттарын беру (растау) үшін   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аттестаттаудан өткізуге құжаттар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қабылдау» мемлекеттік көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызмет стандартына      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1-қосымша           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Тегі, аты, әкесінін аты (болған жағдайда) (бұдан әрі – Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>          __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>             (көрсетілетін қызметті алушының мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қолхат № ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>беру бағдарламаларын іске асыратын республикалық ведомстволық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аттестаттаудан өткізуге құжаттар қабылдау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  (көрсетілетін қызметті алушының немесе оның заңды өкілінің Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті беруші мынадай құжаттарды (қажетін белгілеу)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>алды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) осы Стандартқа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z88" w:history="1">
+        <w:r w:rsidRPr="00C06A52">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
-            <w:spacing w:val="3"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>приказом</w:t>
+          <w:t>2- қосымшаға</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F5F4B">
-[...7 lines deleted...]
-        <w:t> и.о. Министра образования и науки Республики Казахстан от 7 августа 2013 года № 323 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 8678).</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес аттестаттауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z82"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) жеке басын куәландыратын құжат көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z83"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) білімі туралы диплом көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z84"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) біліктілікті арттыру туралы құжат көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z85"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) қызметкердің еңбек қызметін растайтын құжатының көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z86"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) бұрын берген біліктілік санаты туралы куәлік көшірмесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(жоғары білім беру ұйымдарынан ауысқан және біліктілік санаттары жоқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагог қызметкерлерден басқа);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z87"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      7) Қазақстан Республикасы Білім және ғылым министрінің міндетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>атқарушының 2013 жылғы 7 тамыздағы № 323 бұйрығымен бекітілген Білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>және ғылым саласындағы азаматтық қызметшілерді аттестаттаудан өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қағидалары мен шартын, сондай-ақ Мектепке дейінгі, бастауыш, негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>теңестірілген тұлғаларды аттестаттаудан өткізу қағидалары мен шартына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2013 жылғы 28 тамызда № 8678 болып тіркелген) кәсіптік жетістіктері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>туралы мәліметтер (болған жағдайда).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) тармақшаға ескерту: кәсіптік жетістіктері туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мәліметтерді мемлекеттік қызметті алушы сараптамалық топқа жыл сайын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>30 желтоқсанға дейін қосымша ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="514" w:after="309" w:line="891" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Өтініштің қабылданған күні 20___ жылғы «____» _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Т.А.Ә._______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>           (құжатты қабылдаған жауапты адам)           қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Телефон ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қабылдадым: Т.А.Ә./ көрсетілетін қызметті алушының қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>20___ жылғы «___» __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Мектепке дейінгі тәрбие мен оқыту,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бастауыш, негізгі орта, жалпы орта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>техникалық және кәсіптік, орта  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>білімнен кейінгі білімнің білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бағдарламаларын іске асыратын  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республикалық ведомстволық   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бағынысты білім беру ұйымдарының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>педагог қызметкерлері мен оларға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>теңестірілген тұлғалардың біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>санаттарын беру (растау) үшін  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аттестаттаудан өткізуге құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қабылдау» мемлекеттік көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызмет стандартына      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  (санаттарды растау/беру жөніндегі аттестаттау комиссиясының атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (педагогтың тегі, аты және әкесінің аты (болған жағдайда))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                        (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...62 lines deleted...]
-        <w:t>услуг</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ӨТІНІШ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...1026 lines deleted...]
-      <w:r w:rsidRPr="005F5F4B">
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мені 20____ жылы ________________________ лауазымы бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>біліктілік санатына _________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аттестаттауды сұраймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Қазіргі уақытта _____ санаттамын, ол ____ жылға дейін жарамды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Келесі жұмыс нәтижелерін негізге аламын _______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Расписка №________</w:t>
-[...944 lines deleted...]
-        </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F5F4B">
-[...29 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F5F4B">
-[...211 lines deleted...]
-        <w:t>                                 Образование:</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>               Өзім туралы келесі мәліметті хабарлаймын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                              Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3500"/>
         <w:gridCol w:w="3500"/>
         <w:gridCol w:w="3500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidTr="005F5F4B">
+      <w:tr w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidTr="00C06A52">
         <w:trPr>
-          <w:trHeight w:val="495"/>
+          <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Наименование учебного заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Специальность по диплому</w:t>
+              <w:t>Диплом бойынша мамандық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidTr="005F5F4B">
+      <w:tr w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidTr="00C06A52">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...7 lines deleted...]
-        <w:t>                                   Стаж работы:</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                            Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2678"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2833"/>
+        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="2625"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidTr="005F5F4B">
+      <w:tr w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidTr="00C06A52">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Общий</w:t>
+              <w:t>Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>По специальности</w:t>
+              <w:t>Мамандық бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагогический</w:t>
+              <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2760" w:type="dxa"/>
+            <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
-              <w:spacing w:after="360" w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F5F4B">
+            <w:r w:rsidRPr="00C06A52">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>В данной организации образования</w:t>
+              <w:t>Осы білім беру ұйымында</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidTr="005F5F4B">
+      <w:tr w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidTr="00C06A52">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2010" w:type="dxa"/>
+            <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2760" w:type="dxa"/>
+            <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="103" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="171" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+          <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...18 lines deleted...]
-        <w:t>получения (присвоения) ______________________________________________</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Наградалар, атағы, ғылыми дәрежесі, ғылыми атағы алынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(берілген) жылын көрсете отырып _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F5F4B" w:rsidRPr="005F5F4B" w:rsidRDefault="005F5F4B" w:rsidP="005F5F4B">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="651" w:lineRule="atLeast"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="3"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F5F4B">
-[...41 lines deleted...]
-        <w:t>                                         (Подпись)</w:t>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттаудан өткізу қағидаларымен таныстым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>20____ жылғы «____» _________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00596934" w:rsidRPr="005F5F4B" w:rsidRDefault="00596934">
+    <w:p w:rsidR="00C06A52" w:rsidRPr="00C06A52" w:rsidRDefault="00C06A52" w:rsidP="00C06A52">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       (Қолы)</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00596934" w:rsidRPr="005F5F4B">
+    <w:p w:rsidR="00CB4BA4" w:rsidRDefault="00CB4BA4"/>
+    <w:sectPr w:rsidR="00CB4BA4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005F5F4B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005F5F4B"/>
+    <w:rsidRoot w:val="00C06A52"/>
+    <w:rsid w:val="00C06A52"/>
+    <w:rsid w:val="00CB4BA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8346,163 +7306,163 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="005F5F4B"/>
+    <w:rsid w:val="00C06A52"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="005F5F4B"/>
+    <w:rsid w:val="00C06A52"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F5F4B"/>
+    <w:rsid w:val="00C06A52"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="005F5F4B"/>
+    <w:rsid w:val="00C06A52"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F5F4B"/>
+    <w:rsid w:val="00C06A52"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="212236098">
+    <w:div w:id="436289409">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008678" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013324" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013075" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U1600000349" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008678" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013420" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008678" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013075" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008678" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012449" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008678" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013317" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000377" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011861" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013317" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1600000349" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013075" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013075" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500012449" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8748,55 +7708,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
-[...1 lines deleted...]
-  <Characters>21399</Characters>
+  <Pages>11</Pages>
+  <Words>3748</Words>
+  <Characters>21367</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>178</Lines>
   <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25103</CharactersWithSpaces>
+  <CharactersWithSpaces>25065</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>21</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>