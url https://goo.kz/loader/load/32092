--- v0 (2025-12-09)
+++ v1 (2025-12-19)
@@ -2,3375 +2,4507 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F81762" w:rsidRDefault="002A6707" w:rsidP="001D061F">
-      <w:pPr>
+    <w:p w:rsidR="00B86049" w:rsidRDefault="00F82050" w:rsidP="00F82050">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6075523" cy="8591550"/>
-[...1 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\1\Downloads\Scan_20170225_173224.jpg"/>
+            <wp:extent cx="5934075" cy="8391525"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\1\Downloads\Scan_20170225_173059.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Downloads\Scan_20170225_173224.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\1\Downloads\Scan_20170225_173059.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6075523" cy="8591550"/>
+                      <a:ext cx="5934075" cy="8391525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE785B" w:rsidRPr="0075462B" w:rsidRDefault="00CE785B" w:rsidP="001D061F">
-      <w:pPr>
+    <w:p w:rsidR="00F82050" w:rsidRPr="00D70564" w:rsidRDefault="00F82050" w:rsidP="00F82050">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D061F" w:rsidRPr="00F82050" w:rsidRDefault="001D061F" w:rsidP="00F82050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4FF7" w:rsidRDefault="003F4FF7" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002566A7" w:rsidRDefault="00CE4766" w:rsidP="001D061F">
+    <w:p w:rsidR="00F82050" w:rsidRDefault="00F82050" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A41C2" w:rsidRDefault="00937179" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4939" w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidR="00270CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4939" w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D061F" w:rsidRPr="008B7B01" w:rsidRDefault="001D061F" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00575586" w:rsidRPr="00575586" w:rsidRDefault="00575586" w:rsidP="00575586">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...74 lines deleted...]
-        <w:t>казахском языке.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «А», 5 «Б», 5 «В» сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00651F8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00651F8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың коммуникативтік құзіретілігін дамыту</w:t>
+      </w:r>
+      <w:r w:rsidR="00651F8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D061F" w:rsidRPr="008B7B01" w:rsidRDefault="001D061F" w:rsidP="001D061F">
-[...85 lines deleted...]
-    <w:p w:rsidR="001D061F" w:rsidRDefault="001D061F" w:rsidP="001D061F">
+    <w:p w:rsidR="00E5320F" w:rsidRDefault="00E5320F" w:rsidP="00E5320F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «Д»</w:t>
+      </w:r>
+      <w:r w:rsidR="00356434">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныбын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813356" w:rsidRPr="00813356" w:rsidRDefault="00813356" w:rsidP="00813356">
-[...41 lines deleted...]
-    <w:p w:rsidR="001D061F" w:rsidRDefault="001D061F" w:rsidP="001D061F">
+    <w:p w:rsidR="00356434" w:rsidRDefault="00356434" w:rsidP="00356434">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 «Д» сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813356" w:rsidRPr="003D7488" w:rsidRDefault="003D7488" w:rsidP="003D7488">
-[...41 lines deleted...]
-    <w:p w:rsidR="00435D13" w:rsidRDefault="008A41C2" w:rsidP="001D061F">
+    <w:p w:rsidR="00356434" w:rsidRDefault="00356434" w:rsidP="00356434">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 «Б» сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A41C2" w:rsidRPr="008B7B01" w:rsidRDefault="00435D13" w:rsidP="00435D13">
-[...75 lines deleted...]
-    <w:p w:rsidR="00435D13" w:rsidRPr="00435D13" w:rsidRDefault="008A41C2" w:rsidP="00435D13">
+    <w:p w:rsidR="005C0560" w:rsidRDefault="005C0560" w:rsidP="005C0560">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 5-А, 5-Б, 5-В, 6-Д, </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 «Б» сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A41C2" w:rsidRDefault="00435D13" w:rsidP="00EC1308">
-[...283 lines deleted...]
-    <w:p w:rsidR="00EC1308" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
+    <w:p w:rsidR="009F6DCA" w:rsidRPr="009F6DCA" w:rsidRDefault="009F6DCA" w:rsidP="009F6DCA">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 «А», 5 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 «В», 6 «Д», 7 «Б»  сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00193416">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және сыныптан тыс шараларды өткізу </w:t>
+      </w:r>
+      <w:r w:rsidR="00193416" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ тіліндегі тілдік (лексикалық) құрылымдарды енгізу арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың лингвистикалық құзіретілігін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="00813356" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
-[...50 lines deleted...]
-    <w:p w:rsidR="00EC1308" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
+    <w:p w:rsidR="00041C07" w:rsidRPr="00041C07" w:rsidRDefault="00041C07" w:rsidP="00041C07">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 «А», 5 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 «В», 6 «Д», 7 «Б» сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуникативтік-қызметтік операцияларды жүзеге асыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың коммуникативтік құзіретілігін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1308" w:rsidRPr="00EF077D" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4939" w:rsidRPr="008B7B01" w:rsidRDefault="008A41C2" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-        <w:t>-Б</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2017-2018 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71322">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
       </w:r>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-        <w:t>;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="003D7488" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
-[...57 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="008A41C2" w:rsidRPr="008B7B01" w:rsidRDefault="008A41C2" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
+    <w:p w:rsidR="0005035F" w:rsidRDefault="0005035F" w:rsidP="0005035F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...72 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 «А», 5 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 «В», 5 «Г», 5 «Д», 5 «Е» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="008B7B01" w:rsidRDefault="0037545A" w:rsidP="00EC1308">
-[...57 lines deleted...]
-    <w:p w:rsidR="0037545A" w:rsidRPr="0037545A" w:rsidRDefault="00EC1308" w:rsidP="0037545A">
+    <w:p w:rsidR="00332B1C" w:rsidRDefault="00332B1C" w:rsidP="00332B1C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «А», 6 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0037545A" w:rsidRPr="0037545A">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">6-А, 6-Б, 6-В, 7-Д, </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «В» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="0037545A" w:rsidRDefault="0037545A" w:rsidP="0037545A">
-[...295 lines deleted...]
-    <w:p w:rsidR="00060183" w:rsidRDefault="00060183" w:rsidP="00060183">
+    <w:p w:rsidR="005D6EBE" w:rsidRDefault="005D6EBE" w:rsidP="005D6EBE">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «А», 6 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «В» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00060183" w:rsidRPr="00813356" w:rsidRDefault="00060183" w:rsidP="00060183">
-[...41 lines deleted...]
-    <w:p w:rsidR="00060183" w:rsidRDefault="00060183" w:rsidP="00060183">
+    <w:p w:rsidR="005D6EBE" w:rsidRDefault="00784747" w:rsidP="005D6EBE">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «Д</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныб</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ында</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6EBE" w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6EBE" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6EBE" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00060183" w:rsidRPr="003D7488" w:rsidRDefault="00060183" w:rsidP="00060183">
-[...41 lines deleted...]
-    <w:p w:rsidR="00060183" w:rsidRDefault="00060183" w:rsidP="00060183">
+    <w:p w:rsidR="00AD642E" w:rsidRDefault="00AD642E" w:rsidP="00AD642E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...80 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «Д» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00060183" w:rsidRPr="008B7B01" w:rsidRDefault="00C04091" w:rsidP="00060183">
-[...57 lines deleted...]
-    <w:p w:rsidR="00C04091" w:rsidRDefault="00060183" w:rsidP="00C04091">
+    <w:p w:rsidR="00AD642E" w:rsidRDefault="00AD642E" w:rsidP="00AD642E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 «Б» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C04091">
-[...42 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00060183" w:rsidRPr="00C04091" w:rsidRDefault="00C04091" w:rsidP="00C04091">
-[...446 lines deleted...]
-    <w:p w:rsidR="00BC1643" w:rsidRDefault="00BC1643" w:rsidP="00BC1643">
+    <w:p w:rsidR="002D3280" w:rsidRDefault="002D3280" w:rsidP="002D3280">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 «Б» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27C51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC1643" w:rsidRPr="00813356" w:rsidRDefault="00BC1643" w:rsidP="00BC1643">
-[...50 lines deleted...]
-    <w:p w:rsidR="00BC1643" w:rsidRDefault="00BC1643" w:rsidP="00BC1643">
+    <w:p w:rsidR="00E27C51" w:rsidRPr="009F6DCA" w:rsidRDefault="00E27C51" w:rsidP="00E27C51">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...62 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «А», 6 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 «В», 7 «Д», 8 «Б»  сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00193416">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және сыныптан тыс шараларды</w:t>
+      </w:r>
+      <w:r w:rsidR="00193416" w:rsidRPr="00193416">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00193416">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізу </w:t>
+      </w:r>
+      <w:r w:rsidR="00193416" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ тіліндегі тілдік (лексикалық) құрылымдарды енгізу арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың лингвистикалық құзіретілігін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC1643" w:rsidRPr="003D7488" w:rsidRDefault="00BC1643" w:rsidP="00BC1643">
-[...59 lines deleted...]
-    <w:p w:rsidR="00BC1643" w:rsidRPr="00034922" w:rsidRDefault="00BC1643" w:rsidP="00034922">
+    <w:p w:rsidR="00581C29" w:rsidRPr="00041C07" w:rsidRDefault="005B7CC3" w:rsidP="00581C29">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «А»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29" w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «В»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Д»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Б» сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуникативтік-қызметтік операцияларды жүзеге асыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r w:rsidR="00581C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың коммуникативтік құзіретілігін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060183" w:rsidRPr="00EF077D" w:rsidRDefault="00060183" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A141D5" w:rsidRPr="008B7B01" w:rsidRDefault="004209D6" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...93 lines deleted...]
-        <w:t xml:space="preserve"> классов через введение на уроках и на внеклассных мероприятиях определенных языковых (лексических) конструкций на казахском языке;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018-2019 </w:t>
+      </w:r>
+      <w:r w:rsidR="0071073B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC1643" w:rsidRPr="00675FDC" w:rsidRDefault="00BC1643" w:rsidP="00B75016">
+    <w:p w:rsidR="004209D6" w:rsidRPr="008B7B01" w:rsidRDefault="004209D6" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0071073B" w:rsidRDefault="0071073B" w:rsidP="0071073B">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 сыныптарда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B75016" w:rsidRPr="00B75016">
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> операций на казахском языке.</w:t>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008F1332">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC1643" w:rsidRPr="008B7B01" w:rsidRDefault="00BC1643" w:rsidP="00BC1643">
-[...25 lines deleted...]
-    <w:p w:rsidR="007A2F24" w:rsidRPr="008B7B01" w:rsidRDefault="007A2F24" w:rsidP="00B75016">
+    <w:p w:rsidR="008F1332" w:rsidRDefault="008F1332" w:rsidP="008F1332">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...107 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «А», 6 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «В», 6 «Г», 6 «Д», 6 «Е» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00F614B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F075F1" w:rsidRPr="008B7B01" w:rsidRDefault="0035693D" w:rsidP="001D061F">
+    <w:p w:rsidR="000C01E5" w:rsidRDefault="000C01E5" w:rsidP="000C01E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «А», 6 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 «В», 6 «Г», 6 «Д», 6 «Е» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0012169E" w:rsidRPr="008B7B01" w:rsidRDefault="0012169E" w:rsidP="001D061F">
-      <w:pPr>
+    <w:p w:rsidR="000C01E5" w:rsidRDefault="000C01E5" w:rsidP="000C01E5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «А», 7 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «В» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F73685" w:rsidRPr="008B7B01" w:rsidRDefault="00F73685" w:rsidP="001D061F">
-      <w:pPr>
+    <w:p w:rsidR="00097E17" w:rsidRDefault="00097E17" w:rsidP="00097E17">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «А», 7 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «В» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F81762" w:rsidRDefault="002830AE" w:rsidP="001D061F">
-      <w:pPr>
+    <w:p w:rsidR="00097E17" w:rsidRDefault="00097E17" w:rsidP="00097E17">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 «Д» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F81762" w:rsidRDefault="00F81762" w:rsidP="001D061F">
-      <w:pPr>
+    <w:p w:rsidR="00536523" w:rsidRDefault="00536523" w:rsidP="00536523">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 «Д» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F81762" w:rsidRDefault="00F81762" w:rsidP="001D061F">
-      <w:pPr>
+    <w:p w:rsidR="0005620D" w:rsidRDefault="0005620D" w:rsidP="0005620D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidR="0000327B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» сыныбын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00784765" w:rsidRPr="008B7B01" w:rsidRDefault="00784765" w:rsidP="001D061F">
-      <w:pPr>
+    <w:p w:rsidR="0000327B" w:rsidRDefault="0000327B" w:rsidP="0000327B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 «Б» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00784765" w:rsidRPr="008B7B01" w:rsidSect="00F81762">
+    <w:p w:rsidR="009E530F" w:rsidRPr="009F6DCA" w:rsidRDefault="009E530F" w:rsidP="009E530F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «А», 7 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 «В», 8 «Д», 9 «Б»  сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және сыныптан тыс шараларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барысында қазақ тіліндегі тілдік (лексикалық) құрылымдарды енгізу арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың лингвистикалық құзіретілігін дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00323F0D" w:rsidRPr="00041C07" w:rsidRDefault="00323F0D" w:rsidP="00323F0D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «А», 7 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «В», 8 «Д»</w:t>
+      </w:r>
+      <w:r w:rsidR="007F1397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Б» сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуникативтік-қызметтік операцияларды жүзеге асыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың коммуникативтік құзіретілігін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097E17" w:rsidRPr="008F1332" w:rsidRDefault="00022305" w:rsidP="00024E98">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пән мазмұнына негізделе құрылған </w:t>
+      </w:r>
+      <w:r w:rsidR="007949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәті</w:t>
+      </w:r>
+      <w:r w:rsidR="00850404">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нге</w:t>
+      </w:r>
+      <w:r w:rsidR="00024E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талдау тапсырмаларын енгізу, оқушыларды </w:t>
+      </w:r>
+      <w:r w:rsidR="00850404">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәтін мазмұнын</w:t>
+      </w:r>
+      <w:r w:rsidR="00541DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсінуге, негізгі ойды талқылауға және тексеруге тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE785B" w:rsidRPr="00850404" w:rsidRDefault="00CE785B" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004209D6" w:rsidRPr="008B7B01" w:rsidRDefault="007A2F24" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019-2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="00377934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2F24" w:rsidRPr="008B7B01" w:rsidRDefault="007A2F24" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00377934" w:rsidRDefault="00377934" w:rsidP="00377934">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 сыныптарда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» пәнін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3CD2" w:rsidRDefault="009E3CD2" w:rsidP="009E3CD2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 сыныптарда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC0141" w:rsidRDefault="009E3CD2" w:rsidP="00AC0141">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «А», 7 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 «В»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 «Г», 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Д»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 «Е» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0141" w:rsidRPr="00AC0141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0141" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0141" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E219FE" w:rsidRDefault="00E219FE" w:rsidP="00E219FE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 «А», 8 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 «В» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E219FE" w:rsidRDefault="00E219FE" w:rsidP="00E219FE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 «А», 8 «Б»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 «В» сыныптарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="006947DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» пәнін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006947DB" w:rsidRDefault="006947DB" w:rsidP="006947DB">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 «Д» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC5CB3" w:rsidRDefault="00BC5CB3" w:rsidP="00BC5CB3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>9 «Д» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«География» пәнін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC5CB3" w:rsidRDefault="00BC5CB3" w:rsidP="00BC5CB3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10 «Б» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақстан тарихы» пәнін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D2053" w:rsidRDefault="002D2053" w:rsidP="002D2053">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10 «Б» сыныбында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005035F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминдерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«География» пәнін оқыту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D2053" w:rsidRPr="009F6DCA" w:rsidRDefault="00981F5B" w:rsidP="002D2053">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5, 6, 7, 8</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2053">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Д», 10 «Б» </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2053">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2053" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақ </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2053">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және сыныптан тыс шараларды</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2053" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2053">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізу </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2053" w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барысында қазақ тіліндегі тілдік (лексикалық) құрылымдарды енгізу арқылы </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2053">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың лингвистикалық құзіретілігін дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE450E" w:rsidRPr="00041C07" w:rsidRDefault="00CE450E" w:rsidP="00CE450E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5, 6, 7, 8, 9 «Д», 10 «Б» сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тіліндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуникативтік-қызметтік операцияларды жүзеге асыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың коммуникативтік құзіретілігін дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32384" w:rsidRPr="008F1332" w:rsidRDefault="00A32384" w:rsidP="00A32384">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пән мазмұнына негізделе құрылған мәтінді талдау тапсырмаларын енгізу, оқушыларды </w:t>
+      </w:r>
+      <w:r w:rsidR="003904A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәтін мазмұнын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсінуге, негізгі ойды талқылауға және оны </w:t>
+      </w:r>
+      <w:r w:rsidR="003904A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тексеруге тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32384" w:rsidRPr="009F6DCA" w:rsidRDefault="00A32384" w:rsidP="00A32384">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5, 6, 7, 8, 9 «Д»</w:t>
+      </w:r>
+      <w:r w:rsidR="0004616A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Б» сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және сыныптан тыс шараларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барысында қазақ тіліндегі тілдік (лексикалық) құрылымдарды енгізу арқылы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың лингвистикалық құзіретілігін дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00377934" w:rsidRPr="009E3CD2" w:rsidRDefault="00A13C13" w:rsidP="00CD58BA">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық тілдік қызметтерді</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD58BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дамыту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD58BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сондай-ақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD58BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тапсырмаларға оқылым және айтылымды енгізу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012169E" w:rsidRPr="00EF077D" w:rsidRDefault="0012169E" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F73685" w:rsidRPr="00EF077D" w:rsidRDefault="00F73685" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81762" w:rsidRPr="00EF077D" w:rsidRDefault="002830AE" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF077D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7B01" w:rsidRPr="00EF077D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF077D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81762" w:rsidRPr="00EF077D" w:rsidRDefault="00F81762" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81762" w:rsidRPr="00EF077D" w:rsidRDefault="00F81762" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00784765" w:rsidRPr="00EF077D" w:rsidRDefault="00784765" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00784765" w:rsidRPr="00EF077D" w:rsidSect="00937179">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -4398,206 +5530,288 @@
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00FA2D17"/>
+    <w:rsid w:val="0000327B"/>
     <w:rsid w:val="00011A7D"/>
+    <w:rsid w:val="00022305"/>
     <w:rsid w:val="00023A9F"/>
+    <w:rsid w:val="00024E98"/>
+    <w:rsid w:val="00025FDD"/>
     <w:rsid w:val="00034922"/>
+    <w:rsid w:val="00041C07"/>
+    <w:rsid w:val="0004616A"/>
+    <w:rsid w:val="0005035F"/>
     <w:rsid w:val="00050CA0"/>
+    <w:rsid w:val="0005620D"/>
     <w:rsid w:val="00060183"/>
     <w:rsid w:val="000741EF"/>
     <w:rsid w:val="00077833"/>
     <w:rsid w:val="00093699"/>
+    <w:rsid w:val="00097E17"/>
+    <w:rsid w:val="000C01E5"/>
     <w:rsid w:val="000E0E2D"/>
     <w:rsid w:val="001015B7"/>
-    <w:rsid w:val="0011020C"/>
     <w:rsid w:val="0012169E"/>
     <w:rsid w:val="001308C7"/>
     <w:rsid w:val="00184A51"/>
     <w:rsid w:val="00185C97"/>
+    <w:rsid w:val="00190F57"/>
+    <w:rsid w:val="00193416"/>
     <w:rsid w:val="001A0453"/>
+    <w:rsid w:val="001B085E"/>
     <w:rsid w:val="001C4939"/>
     <w:rsid w:val="001D061F"/>
     <w:rsid w:val="001D1AA2"/>
     <w:rsid w:val="0021308B"/>
     <w:rsid w:val="00223363"/>
     <w:rsid w:val="00247554"/>
     <w:rsid w:val="002566A7"/>
+    <w:rsid w:val="00270CF9"/>
     <w:rsid w:val="002830AE"/>
-    <w:rsid w:val="002A6707"/>
+    <w:rsid w:val="0028733E"/>
+    <w:rsid w:val="002D2053"/>
+    <w:rsid w:val="002D3280"/>
+    <w:rsid w:val="002D6DEE"/>
+    <w:rsid w:val="002F24F0"/>
+    <w:rsid w:val="00323F0D"/>
+    <w:rsid w:val="00332B1C"/>
+    <w:rsid w:val="00356434"/>
     <w:rsid w:val="0035660D"/>
     <w:rsid w:val="0035693D"/>
     <w:rsid w:val="0037545A"/>
+    <w:rsid w:val="00377934"/>
     <w:rsid w:val="00382CD4"/>
+    <w:rsid w:val="003904A9"/>
     <w:rsid w:val="003C3AEE"/>
     <w:rsid w:val="003D0431"/>
+    <w:rsid w:val="003D731E"/>
     <w:rsid w:val="003D7488"/>
     <w:rsid w:val="003F4FF7"/>
+    <w:rsid w:val="004059F2"/>
+    <w:rsid w:val="00414E28"/>
     <w:rsid w:val="004209D6"/>
     <w:rsid w:val="00422810"/>
     <w:rsid w:val="00435D13"/>
+    <w:rsid w:val="00452774"/>
+    <w:rsid w:val="00470079"/>
     <w:rsid w:val="0047447C"/>
     <w:rsid w:val="00484FD0"/>
     <w:rsid w:val="004915C6"/>
     <w:rsid w:val="004A50EF"/>
+    <w:rsid w:val="004A540D"/>
     <w:rsid w:val="004B02BE"/>
+    <w:rsid w:val="004C05D4"/>
     <w:rsid w:val="004C245E"/>
     <w:rsid w:val="004C51A2"/>
     <w:rsid w:val="004E3399"/>
     <w:rsid w:val="00517A8A"/>
+    <w:rsid w:val="00521214"/>
     <w:rsid w:val="00530135"/>
+    <w:rsid w:val="00536523"/>
+    <w:rsid w:val="00541DCE"/>
     <w:rsid w:val="00572B83"/>
+    <w:rsid w:val="00575586"/>
+    <w:rsid w:val="0057621B"/>
+    <w:rsid w:val="00581C29"/>
     <w:rsid w:val="005968B5"/>
     <w:rsid w:val="005A20F2"/>
     <w:rsid w:val="005B7A2F"/>
+    <w:rsid w:val="005B7CC3"/>
+    <w:rsid w:val="005C0560"/>
+    <w:rsid w:val="005D6EBE"/>
     <w:rsid w:val="005E6442"/>
-    <w:rsid w:val="005F778C"/>
     <w:rsid w:val="0061682D"/>
-    <w:rsid w:val="0064760B"/>
+    <w:rsid w:val="00651F8F"/>
     <w:rsid w:val="00656DFC"/>
     <w:rsid w:val="00675FDC"/>
+    <w:rsid w:val="00687510"/>
     <w:rsid w:val="006944F4"/>
+    <w:rsid w:val="006947DB"/>
+    <w:rsid w:val="006959DC"/>
     <w:rsid w:val="006A52E0"/>
     <w:rsid w:val="006A78CC"/>
     <w:rsid w:val="006F04F1"/>
     <w:rsid w:val="006F281E"/>
     <w:rsid w:val="00700081"/>
+    <w:rsid w:val="0071073B"/>
     <w:rsid w:val="00717A4E"/>
     <w:rsid w:val="00735961"/>
+    <w:rsid w:val="0074385C"/>
     <w:rsid w:val="00747D00"/>
     <w:rsid w:val="0075462B"/>
     <w:rsid w:val="00754C3D"/>
+    <w:rsid w:val="00784747"/>
     <w:rsid w:val="00784765"/>
     <w:rsid w:val="00790746"/>
+    <w:rsid w:val="007949E9"/>
     <w:rsid w:val="007A2F24"/>
+    <w:rsid w:val="007D0D84"/>
+    <w:rsid w:val="007F1397"/>
     <w:rsid w:val="007F1A40"/>
+    <w:rsid w:val="007F6C09"/>
+    <w:rsid w:val="00810F41"/>
+    <w:rsid w:val="008126D2"/>
     <w:rsid w:val="00813356"/>
     <w:rsid w:val="00844B29"/>
     <w:rsid w:val="00845001"/>
     <w:rsid w:val="00845345"/>
+    <w:rsid w:val="00850404"/>
     <w:rsid w:val="0086307E"/>
     <w:rsid w:val="00863DC7"/>
     <w:rsid w:val="008A09FA"/>
     <w:rsid w:val="008A2271"/>
     <w:rsid w:val="008A41C2"/>
     <w:rsid w:val="008A6A73"/>
     <w:rsid w:val="008B7B01"/>
     <w:rsid w:val="008D3791"/>
+    <w:rsid w:val="008F1332"/>
     <w:rsid w:val="009243DF"/>
     <w:rsid w:val="00931422"/>
+    <w:rsid w:val="00937179"/>
+    <w:rsid w:val="0094325F"/>
+    <w:rsid w:val="0095375B"/>
     <w:rsid w:val="00962710"/>
+    <w:rsid w:val="00981F5B"/>
     <w:rsid w:val="009D252E"/>
+    <w:rsid w:val="009E3CD2"/>
+    <w:rsid w:val="009E530F"/>
+    <w:rsid w:val="009F6DCA"/>
+    <w:rsid w:val="00A13C13"/>
     <w:rsid w:val="00A141D5"/>
+    <w:rsid w:val="00A32384"/>
+    <w:rsid w:val="00A521A2"/>
     <w:rsid w:val="00A543A8"/>
     <w:rsid w:val="00A605F5"/>
     <w:rsid w:val="00A71551"/>
     <w:rsid w:val="00A820B0"/>
     <w:rsid w:val="00AA294A"/>
+    <w:rsid w:val="00AC0141"/>
+    <w:rsid w:val="00AD642E"/>
     <w:rsid w:val="00B138A2"/>
+    <w:rsid w:val="00B71322"/>
     <w:rsid w:val="00B75016"/>
     <w:rsid w:val="00B847BD"/>
+    <w:rsid w:val="00B86049"/>
     <w:rsid w:val="00BB4A8D"/>
     <w:rsid w:val="00BC1643"/>
+    <w:rsid w:val="00BC5CB3"/>
+    <w:rsid w:val="00BE096C"/>
     <w:rsid w:val="00BE30E6"/>
     <w:rsid w:val="00BF00DC"/>
     <w:rsid w:val="00C04091"/>
     <w:rsid w:val="00C360F2"/>
     <w:rsid w:val="00C47C2B"/>
     <w:rsid w:val="00C50F7A"/>
     <w:rsid w:val="00C639EA"/>
     <w:rsid w:val="00C67B42"/>
     <w:rsid w:val="00C80D09"/>
+    <w:rsid w:val="00C87DA4"/>
     <w:rsid w:val="00C90660"/>
     <w:rsid w:val="00CA493E"/>
     <w:rsid w:val="00CA5203"/>
     <w:rsid w:val="00CB5C6F"/>
     <w:rsid w:val="00CC16BF"/>
     <w:rsid w:val="00CC31C4"/>
+    <w:rsid w:val="00CD0C78"/>
+    <w:rsid w:val="00CD58BA"/>
     <w:rsid w:val="00CE22A6"/>
+    <w:rsid w:val="00CE450E"/>
     <w:rsid w:val="00CE4766"/>
     <w:rsid w:val="00CE785B"/>
     <w:rsid w:val="00D00245"/>
     <w:rsid w:val="00D17694"/>
     <w:rsid w:val="00D2113B"/>
     <w:rsid w:val="00D445B3"/>
     <w:rsid w:val="00D6565D"/>
+    <w:rsid w:val="00D70564"/>
     <w:rsid w:val="00D91CE6"/>
     <w:rsid w:val="00DC5DE0"/>
     <w:rsid w:val="00DC6412"/>
     <w:rsid w:val="00DD47BD"/>
     <w:rsid w:val="00DE6F59"/>
     <w:rsid w:val="00DF69C8"/>
     <w:rsid w:val="00E01EBB"/>
+    <w:rsid w:val="00E0750B"/>
+    <w:rsid w:val="00E12C18"/>
+    <w:rsid w:val="00E219FE"/>
+    <w:rsid w:val="00E27554"/>
+    <w:rsid w:val="00E27C51"/>
+    <w:rsid w:val="00E5320F"/>
     <w:rsid w:val="00E70286"/>
     <w:rsid w:val="00EC1308"/>
     <w:rsid w:val="00EE1A8D"/>
     <w:rsid w:val="00EE5AEA"/>
+    <w:rsid w:val="00EF077D"/>
     <w:rsid w:val="00F075F1"/>
     <w:rsid w:val="00F56014"/>
+    <w:rsid w:val="00F614B1"/>
+    <w:rsid w:val="00F660DE"/>
     <w:rsid w:val="00F73685"/>
     <w:rsid w:val="00F81762"/>
+    <w:rsid w:val="00F82050"/>
     <w:rsid w:val="00FA2D17"/>
     <w:rsid w:val="00FD3746"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4722,51 +5936,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005F778C"/>
+    <w:rsid w:val="00810F41"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -4814,67 +6028,67 @@
     <w:qFormat/>
     <w:rsid w:val="00EE5AEA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D00245"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A6707"/>
+    <w:rsid w:val="00F82050"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002A6707"/>
+    <w:rsid w:val="00F82050"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5428,66 +6642,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>866</Words>
-  <Characters>4942</Characters>
+  <Words>804</Words>
+  <Characters>4588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5797</CharactersWithSpaces>
+  <CharactersWithSpaces>5382</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>