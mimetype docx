--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,8200 +1,848 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006600F8" w:rsidRPr="00DD5800" w:rsidRDefault="00A409FF" w:rsidP="006600F8">
-[...2 lines deleted...]
-        <w:spacing w:before="270" w:after="135" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пожелания ребенка родителям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не балуйте меня, вы меня этим портите. Я очень хорошо знаю, что не обязательно предоставлять мне  все, что я запрашиваю. Я просто испытываю вас.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не бойтесь быть твердыми со мной. Я предпочитаю именно такой подход. Это позволяет мне определить свое место.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не полагайтесь на силу в отношениях со мной. Это приучит меня к тому, что считаться нужно только с силой. Я откликнусь с большей готовностью на ваши инициативы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не будьте непоследовательны. Это сбивает меня с толку и заставляет упорнее пытаться во всех случаях оставить последнее слово за собой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не давайте обещаний, которых вы не можете выполнить. Это поколеблет мою веру в вас.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не поддавайтесь на мои провокации, когда я говорю или делаю что-то только за тем, чтобы просто расстроить вас. А то затем я попытаюсь достичь еще больших « побед».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не расстраивайтесь слишком сильно, когда я говорю « Я вас ненавижу». Я не имею это в виду. Я просто хочу, чтобы вы пожалели о том, что сделали мне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не заставляйте меня чувствовать младше, чем я есть на самом деле. Я отрываюсь на вас за это, стать « плаксой» и « нытиком».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не делайте для меня и за меня того, что я в состоянии сделать для себя сам. Я могу продолжать использовать вас в качестве прислуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>* Не позволяйте моим « дурным привычкам» привлекать ко мне чрезмерную долю вашего внимания. Это только вдохновляет меня на продолжение их.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не поправляйте меня в присутствии посторонних людей. Я обращу гораздо больше внимания на ваше замечание, если вы скажите мне все спокойно с глазу на глаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не пытайтесь осуждать мое поведение в самый разгар конфликта, по некоторым объективным причинам мой слух притупляется в это время, а мое желание сотрудничать с вами становится немного хуже. Будет нормально, если вы предпримите определенные шаги, но давайте поговорим об этом несколько позднее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не пытайтесь читать мне наставления и нотации. Вы будете удивлены, узнав, как великолепно я знаю, что такое хорошо и что такое плохо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не заставляйте меня чувствовать, что мои проступки – смертный грех. Я должен научиться делать ошибки, не ощущая, что я ни на что не годен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не придирайтесь ко мне и не ворчите на меня. Если вы будете это делать,  я буду вынужден защищаться, притворяясь глухим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не требуйте от меня объяснений, зачем я это сделал. Я иногда и сам не знаю, почему поступаю так, а не иначе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не подвергайте  слишком большому испытанию  мою честность. Будучи запуган, я легко превращаюсь в лжеца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не забывайте, что я люблю экспериментировать, таким образом, я познаю мир, поэтому, пожалуйста, смиритесь с этим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не защищайте меня от последствий собственных ошибок. Я учусь на собственном опыте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">* Не обращайте слишком много внимания на мои маленькие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хвори</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Я могу научиться получать удовольствие от плохого самочувствия, если это привлекает ко мне столько много внимания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не пытайтесь от меня отделаться, когда я задаю откровенные вопросы. Если вы не будете на них отвечать, вы увидите, что я перестану задавать вам вопросы вообще и буду искать информацию где-то на стороне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не отвечайте на глупые и бессмысленные вопросы. Если вы будете это делать, то вы вскоре  обнаружите, что я просто хочу, чтобы вы постоянно мной занимались.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Никогда даже не намекайте, что вы совершенны и непогрешимы. Это дает  мне ощущение тщетности попыток сравняться с вами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Не беспокойтесь, что мы проводим вместе слишком мало времени. Значение имеет то, как мы его проводим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Пусть мои страхи и опасения не выз</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1661">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ывают у вас беспокойства. Иначе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1661">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...125 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...7917 lines deleted...]
-        <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я  буду бояться еще больше. Покажите мне, что такое мужество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*Не забывайте то, что я не могу успешно развиваться без понимания и одобрения, но похвала, когда она честно заслужена, иногда все же забывается. А нагоняй, кажется, никогда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Относитесь ко мне так</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>же,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>как вы относитесь к своим друзьям. Тогда я тоже стану вашим другом. Запомните, что я учусь больше подражая примерам,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не подвергаясь критике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A409FF" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A409FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И, кроме того, я вас так сильно люблю, пожалуйста,  ответьте мне любовью же…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B57254" w:rsidRPr="00A409FF" w:rsidRDefault="00A409FF" w:rsidP="00A409FF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="127E0C09" wp14:editId="08A063F4">
+            <wp:extent cx="2524125" cy="1028700"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Пользователь\Documents\трафарет-шаблон-два-сердца-скачать-распечатать-картинки-фото-рисунок.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Пользователь\Documents\трафарет-шаблон-два-сердца-скачать-распечатать-картинки-фото-рисунок.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2524125" cy="1028700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B57254" w:rsidRPr="00A409FF" w:rsidSect="00A409FF">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="wave" w:sz="6" w:space="24" w:color="auto"/>
         <w:left w:val="wave" w:sz="6" w:space="24" w:color="auto"/>
         <w:bottom w:val="wave" w:sz="6" w:space="24" w:color="auto"/>
         <w:right w:val="wave" w:sz="6" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A409FF"/>
     <w:rsid w:val="001957B2"/>
+    <w:rsid w:val="002F76AB"/>
     <w:rsid w:val="00314CF2"/>
-    <w:rsid w:val="006600F8"/>
-    <w:rsid w:val="009A243C"/>
     <w:rsid w:val="00A409FF"/>
     <w:rsid w:val="00B57254"/>
-    <w:rsid w:val="00DD5800"/>
+    <w:rsid w:val="00DA1661"/>
     <w:rsid w:val="00FA4633"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -8338,51 +986,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006600F8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -8559,51 +1206,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006600F8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -8629,51 +1275,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A409FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8917,87 +1563,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3136</Characters>
+  <Pages>3</Pages>
+  <Words>605</Words>
+  <Characters>3450</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3679</CharactersWithSpaces>
+  <CharactersWithSpaces>4047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>