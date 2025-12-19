--- v0 (2025-12-15)
+++ v1 (2025-12-19)
@@ -22,82 +22,80 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="000824AE" w:rsidRPr="000824AE" w:rsidRDefault="00333E31" w:rsidP="000824AE">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:ind w:left="0" w:firstLine="294"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000824AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Программа </w:t>
       </w:r>
-      <w:r w:rsidR="00F85C4A">
+      <w:r w:rsidR="00325C0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="000824AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ГУ «Школа-лицей № 20 города Павлодара»</w:t>
       </w:r>
       <w:r w:rsidR="000824AE" w:rsidRPr="000824AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> на 20</w:t>
       </w:r>
-      <w:r w:rsidR="00F85C4A">
+      <w:r w:rsidR="00325C0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>21-2022</w:t>
       </w:r>
       <w:r w:rsidR="000824AE" w:rsidRPr="000824AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF3AC5" w:rsidRDefault="00333E31" w:rsidP="00333E31">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -245,51 +243,62 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>С 2015-2016</w:t>
             </w:r>
             <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учебного года ГУ «Школа-лицей № 20 города Павлодара» вошло в областной эксперимент по трехъязычному </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>образованию</w:t>
+              <w:t>образо</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ванию</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> и создал проект «Развитие </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>трехъязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00333E31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2052,64 +2061,64 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A7682C"/>
     <w:rsid w:val="000824AE"/>
     <w:rsid w:val="000A6002"/>
     <w:rsid w:val="000F02F3"/>
     <w:rsid w:val="00131AAE"/>
     <w:rsid w:val="002C5067"/>
+    <w:rsid w:val="00325C0C"/>
     <w:rsid w:val="00333E31"/>
     <w:rsid w:val="00385A30"/>
     <w:rsid w:val="006B42A8"/>
     <w:rsid w:val="006E56F8"/>
     <w:rsid w:val="0070261C"/>
     <w:rsid w:val="00A7682C"/>
     <w:rsid w:val="00B47012"/>
     <w:rsid w:val="00C0241A"/>
     <w:rsid w:val="00CB2973"/>
     <w:rsid w:val="00DF5027"/>
     <w:rsid w:val="00E865D1"/>
     <w:rsid w:val="00ED39D9"/>
     <w:rsid w:val="00EF3AC5"/>
-    <w:rsid w:val="00F85C4A"/>
     <w:rsid w:val="00F9222B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>