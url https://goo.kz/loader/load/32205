--- v0 (2025-12-12)
+++ v1 (2025-12-19)
@@ -1,5952 +1,3076 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="00867FE0" w:rsidP="008B5E88">
+    <w:p w:rsidR="00814D14" w:rsidRPr="009621D5" w:rsidRDefault="006E6C3B" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Ата-аналар   арналған </w:t>
+        </w:rPr>
+        <w:t>Памятка для родителей «Безопасный Интернет»</w:t>
       </w:r>
-      <w:r w:rsidR="008B5E88">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-        <w:t>жадынамасы</w:t>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="009621D5" w:rsidRDefault="009621D5" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="006E6C3B" w:rsidRPr="009621D5" w:rsidRDefault="006E6C3B" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">  бөлген жөн</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Уважаемые родители!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="006E6C3B" w:rsidRPr="009621D5" w:rsidRDefault="009621D5" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">1. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Жасөспірімнің ерте  жатса  да ұйқысы қанбайды. Балаңыздың  таңғы  уақыттағы ұйқысын  қадағалаңыз..</w:t>
+      <w:r w:rsidR="006E6C3B" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во исполнение письма Министерства образования и науки Республики Казахстан от 6 февраля 2017 года 3-18-6/390-И, Положения о внутреннем распорядке СОПШДО №17, а также с целью безопасности учащихся запретить ношение смартфонов и других гаджетов в школу, использовать для связи только кнопочные телефоны. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="00B33789" w:rsidRPr="009621D5" w:rsidRDefault="006E6C3B" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>2. Киттердің, көбелектердің, жалғызмүйізділердің  суретін  салады..</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Если ваши дети пользуются Интернетом, вы, без сомнения, беспокоитесь о том, как уберечь их от неприятностей. Значительное распространение материалов, предназначенных только для взрослых или неприемл</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33789" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мых </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33789" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для детей по какой - либо другой причине, может легко привести к неприятным  последствиям. Кроме того, в Сети нередко встречаются люди, которые пытаются с помощью Интернета вступать в контакт с детьми, преследуя опасные для ребенка или противоправные цели.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="00B33789" w:rsidRPr="009621D5" w:rsidRDefault="00B33789" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> 3.  « Киттер жоғарыға  қарай  жүзеді», « Мені 4.20 –да  оят» f57, f58, «Тынық  үй» «Рина» , « Мен  әзірше Н», « Киттер теңізі», « Менің......   50  күн»", хэш теги: киттер үйі,  құс  жолы, 150жұлдыз, ff33, d28, Ойнағым келеді.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0F41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Правило 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Внимательно относитесь к действиям ваших детей в «мировой паутине»: не отправляйте детей в «свободное плавание» по Интернету. Старайтесь активно участвовать в общении ребенка с Интернетом. Беседуйте с ребенком о том, что нового для себя он узнает с помощью Интернета, чтобы вовремя предупредить угрозу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="00B33789" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Нақты    ақпаратқа жол  жабық. Достарымен  хат  жазысқанда ( жеке қабырғасында)  мені 4.20-да  оят, мен  ойындамын. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0F41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Правило 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информируйте ребенка о возможности и опасностях, которые несет в себе сеть: объясните ребенку, что в Интернете как в жизни встречаются и «хорошие», и «плохие» люди. Объясните, что если ребенок столкнулся с негативом или насилием</w:t>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от другого пользователя Интернет, ему нужно сообщить об этом близким людям. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Егер қабырғада 50-ден  төмен  сандар пайда  болса өте  ҚАУІПТІ.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Научите ребенка искать нужную информацию и проверять ее, в том числе с вашей помощью. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>5.  Мессенджерде, бұйрық беретін   таныс  емес  адамдармен хат жазысады. (Viber, WhatsApp) .</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Научите ребенка внимательно относиться к скачиванию платной информации и получению платных услуг из Интернета, особенно путем отправки </w:t>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>SMS</w:t>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Күдікті хештеги:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сформируйте список полезных, интересных, безопасных ресурсов, которыми может пользоваться ваш ребенок, и посоветуйте их использовать. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="0008480F" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>#f53 #f57 #f58 #d28 #киттер  теңізі #тынық үй # ойынға  кіргім  келеді # құс  жолы</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0F41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Правило 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Выберите удобную форму контроля пребывания вашего ребенка в Сети:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>Негізгі ұсыныстар</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Установите на ваш компьютер необходимое программное обеспечение – решение родительского контроля и антивирус. Если ваш ребенок остается часто дома один, ограничьте время пребывания вашего ребенка в Интернете.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> - ғаламторды мөлшерлеу;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Если компьютер используется всеми членами семьи, установите его в месте, доступном для всех членов семьи, а не в комнате ребенка.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> - Баланың  қандай сайтта  болатынын ,нені  лайкалайтынын   қадағалаңыз;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Создавайте разные учетные записи на вашем компьютере для взрослых и детей. Это поможет не только обезопасить ребенка, но и сохранить ваши личные данные.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> -  Баланың  мінез-құлқын  бақылап,  әрбір өзгерістерді  белгілеңіз.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0008480F" w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Регулярно отслеживайте ресурсы, которые посещает ваш ребенок. Простые настройки компьютера позволят вам быть в курсе того, какую информацию просматривал Ваш ребенок.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="0008480F" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">- Баланың  денесінде  киттердің, көбелектердің,  жалғыз мүйізділердің  суреттері.кесілген  жерлері, жаралары  барма  екенін  көіл  бөлу. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009621D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Просим Вас ознакомиться и расписаться:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...553 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
-        <w:tblOverlap w:val="never"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
-        <w:gridCol w:w="4677"/>
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="1327"/>
+        <w:gridCol w:w="516"/>
+        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="1247"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009621D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009621D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009621D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Роспись</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009621D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009621D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009621D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Роспись</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...64 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5E88" w:rsidTr="008B5E88">
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4677" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD0F41" w:rsidRPr="009621D5" w:rsidTr="00D74E77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD0F41" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD0F41" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD0F41" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="516" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD0F41" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD0F41" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD0F41" w:rsidRPr="009621D5" w:rsidRDefault="00FD0F41" w:rsidP="009621D5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="0008480F" w:rsidRPr="009621D5" w:rsidRDefault="0008480F" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
+    <w:p w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidRDefault="00D74E77" w:rsidP="009621D5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B5E88" w:rsidRDefault="008B5E88" w:rsidP="008B5E88">
-[...3499 lines deleted...]
-    <w:sectPr w:rsidR="00563309" w:rsidRPr="008B5E88">
+    <w:sectPr w:rsidR="00D74E77" w:rsidRPr="009621D5" w:rsidSect="009621D5">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="19295CF1"/>
+    <w:nsid w:val="0717239E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C526D844"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="4A9CB662"/>
+    <w:lvl w:ilvl="0" w:tplc="A980FE78">
+      <w:start w:val="16"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="77844B64"/>
+    <w:nsid w:val="0E5E547C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6DF019F4"/>
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="A350C422"/>
+    <w:lvl w:ilvl="0" w:tplc="B9DEFF5C">
+      <w:start w:val="16"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Calibri" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="78C60722"/>
+    <w:nsid w:val="28F73C78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CE784A0E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="3B86E1CC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...7 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="42F1553A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D84A15E8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="5B9D5A12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3B86E1CC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
-[...24 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
-[...24 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="0"/>
-[...27 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008B5E88"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BB20E3"/>
+    <w:rsidRoot w:val="006E6C3B"/>
+    <w:rsid w:val="00041396"/>
+    <w:rsid w:val="00042BB1"/>
+    <w:rsid w:val="000525B1"/>
+    <w:rsid w:val="000838DA"/>
+    <w:rsid w:val="0008480F"/>
+    <w:rsid w:val="00096373"/>
+    <w:rsid w:val="000B2979"/>
+    <w:rsid w:val="000E1A04"/>
+    <w:rsid w:val="000F6CF8"/>
+    <w:rsid w:val="00124D13"/>
+    <w:rsid w:val="0014622E"/>
+    <w:rsid w:val="00155702"/>
+    <w:rsid w:val="00155A57"/>
+    <w:rsid w:val="00163B14"/>
+    <w:rsid w:val="001D30E4"/>
+    <w:rsid w:val="001D3D42"/>
+    <w:rsid w:val="001E6947"/>
+    <w:rsid w:val="00222B3C"/>
+    <w:rsid w:val="0023083D"/>
+    <w:rsid w:val="00237908"/>
+    <w:rsid w:val="0027033C"/>
+    <w:rsid w:val="002742E9"/>
+    <w:rsid w:val="00275896"/>
+    <w:rsid w:val="00286739"/>
+    <w:rsid w:val="002B12A2"/>
+    <w:rsid w:val="002B7F98"/>
+    <w:rsid w:val="002D2B80"/>
+    <w:rsid w:val="002E6876"/>
+    <w:rsid w:val="003051D7"/>
+    <w:rsid w:val="003100B4"/>
+    <w:rsid w:val="00325E02"/>
+    <w:rsid w:val="00346EA0"/>
+    <w:rsid w:val="0035735A"/>
+    <w:rsid w:val="00371E05"/>
+    <w:rsid w:val="00382EEE"/>
+    <w:rsid w:val="00382FCE"/>
+    <w:rsid w:val="003917DD"/>
+    <w:rsid w:val="003A24FB"/>
+    <w:rsid w:val="003B36E3"/>
+    <w:rsid w:val="003D0401"/>
+    <w:rsid w:val="003E5246"/>
+    <w:rsid w:val="003F4F4F"/>
+    <w:rsid w:val="0040324B"/>
+    <w:rsid w:val="00405C78"/>
+    <w:rsid w:val="00442F36"/>
+    <w:rsid w:val="00456EA7"/>
+    <w:rsid w:val="00462AE3"/>
+    <w:rsid w:val="00483F94"/>
+    <w:rsid w:val="004B439E"/>
+    <w:rsid w:val="004B567B"/>
+    <w:rsid w:val="004B700A"/>
+    <w:rsid w:val="004C531C"/>
+    <w:rsid w:val="004C537F"/>
+    <w:rsid w:val="004D37C1"/>
+    <w:rsid w:val="004E7940"/>
+    <w:rsid w:val="00506AE7"/>
+    <w:rsid w:val="00522985"/>
+    <w:rsid w:val="00535ACE"/>
+    <w:rsid w:val="005473FD"/>
+    <w:rsid w:val="00553962"/>
+    <w:rsid w:val="005549D4"/>
+    <w:rsid w:val="00596420"/>
+    <w:rsid w:val="005B29B2"/>
+    <w:rsid w:val="005B5D48"/>
+    <w:rsid w:val="005B63B1"/>
+    <w:rsid w:val="005D2E9F"/>
+    <w:rsid w:val="0060706B"/>
+    <w:rsid w:val="006312CC"/>
+    <w:rsid w:val="00634A64"/>
+    <w:rsid w:val="00643B56"/>
+    <w:rsid w:val="00652D4A"/>
+    <w:rsid w:val="00656414"/>
+    <w:rsid w:val="00671570"/>
+    <w:rsid w:val="00672F7C"/>
+    <w:rsid w:val="00695784"/>
+    <w:rsid w:val="006A5A11"/>
+    <w:rsid w:val="006B79BD"/>
+    <w:rsid w:val="006C06EB"/>
+    <w:rsid w:val="006E1054"/>
+    <w:rsid w:val="006E6C3B"/>
+    <w:rsid w:val="006F552F"/>
+    <w:rsid w:val="00723D23"/>
+    <w:rsid w:val="00750D38"/>
+    <w:rsid w:val="00750D9C"/>
+    <w:rsid w:val="007B4051"/>
+    <w:rsid w:val="007D7433"/>
+    <w:rsid w:val="007F741D"/>
+    <w:rsid w:val="00811079"/>
+    <w:rsid w:val="00814D14"/>
+    <w:rsid w:val="00830015"/>
+    <w:rsid w:val="008A0DE5"/>
+    <w:rsid w:val="008A7501"/>
+    <w:rsid w:val="008B3689"/>
+    <w:rsid w:val="008E5F5A"/>
+    <w:rsid w:val="008F4B61"/>
+    <w:rsid w:val="00913A47"/>
+    <w:rsid w:val="0092114C"/>
+    <w:rsid w:val="0092637B"/>
+    <w:rsid w:val="00934DBF"/>
+    <w:rsid w:val="00954EA4"/>
+    <w:rsid w:val="009621D5"/>
+    <w:rsid w:val="00987695"/>
+    <w:rsid w:val="00987841"/>
+    <w:rsid w:val="00997C5E"/>
+    <w:rsid w:val="009A1CC3"/>
+    <w:rsid w:val="009B06D9"/>
+    <w:rsid w:val="009B178B"/>
+    <w:rsid w:val="009D53E9"/>
+    <w:rsid w:val="009E09A2"/>
+    <w:rsid w:val="009E75A8"/>
+    <w:rsid w:val="00A17880"/>
+    <w:rsid w:val="00A242CB"/>
+    <w:rsid w:val="00A2629E"/>
+    <w:rsid w:val="00A31EA5"/>
+    <w:rsid w:val="00A460C6"/>
+    <w:rsid w:val="00A47D2D"/>
+    <w:rsid w:val="00A5423C"/>
+    <w:rsid w:val="00A65619"/>
+    <w:rsid w:val="00A70384"/>
+    <w:rsid w:val="00A7499F"/>
+    <w:rsid w:val="00A96296"/>
+    <w:rsid w:val="00AC0113"/>
+    <w:rsid w:val="00AD21D3"/>
+    <w:rsid w:val="00AD4661"/>
+    <w:rsid w:val="00AF4590"/>
+    <w:rsid w:val="00AF461E"/>
+    <w:rsid w:val="00B33789"/>
+    <w:rsid w:val="00B444CA"/>
+    <w:rsid w:val="00B64161"/>
+    <w:rsid w:val="00B73D24"/>
+    <w:rsid w:val="00B81F75"/>
+    <w:rsid w:val="00BB457E"/>
+    <w:rsid w:val="00BB7C0A"/>
+    <w:rsid w:val="00BD7566"/>
+    <w:rsid w:val="00BE5011"/>
+    <w:rsid w:val="00BF59DC"/>
+    <w:rsid w:val="00C161BF"/>
+    <w:rsid w:val="00C340DA"/>
+    <w:rsid w:val="00C40307"/>
+    <w:rsid w:val="00C44A88"/>
+    <w:rsid w:val="00C56130"/>
+    <w:rsid w:val="00C57BC1"/>
+    <w:rsid w:val="00C87904"/>
+    <w:rsid w:val="00CA262D"/>
+    <w:rsid w:val="00CA6953"/>
+    <w:rsid w:val="00CE7D4E"/>
+    <w:rsid w:val="00D02236"/>
+    <w:rsid w:val="00D15AE8"/>
+    <w:rsid w:val="00D51620"/>
+    <w:rsid w:val="00D529A9"/>
+    <w:rsid w:val="00D74E77"/>
+    <w:rsid w:val="00D836B5"/>
+    <w:rsid w:val="00D851C4"/>
+    <w:rsid w:val="00D95867"/>
+    <w:rsid w:val="00D969CF"/>
+    <w:rsid w:val="00DA62E0"/>
+    <w:rsid w:val="00DC3007"/>
+    <w:rsid w:val="00DC560C"/>
+    <w:rsid w:val="00E01903"/>
+    <w:rsid w:val="00E22110"/>
+    <w:rsid w:val="00E3002D"/>
+    <w:rsid w:val="00E70F54"/>
+    <w:rsid w:val="00E82A08"/>
+    <w:rsid w:val="00E9152E"/>
+    <w:rsid w:val="00E958E5"/>
+    <w:rsid w:val="00EA07D1"/>
+    <w:rsid w:val="00EA2166"/>
+    <w:rsid w:val="00EE1504"/>
+    <w:rsid w:val="00EE62F8"/>
+    <w:rsid w:val="00EF3B36"/>
+    <w:rsid w:val="00EF72C2"/>
+    <w:rsid w:val="00F041EC"/>
+    <w:rsid w:val="00F12679"/>
+    <w:rsid w:val="00F958DF"/>
+    <w:rsid w:val="00F95D8D"/>
+    <w:rsid w:val="00F95F4D"/>
+    <w:rsid w:val="00FC0DE0"/>
+    <w:rsid w:val="00FD0F41"/>
+    <w:rsid w:val="00FD619E"/>
+    <w:rsid w:val="00FE472E"/>
+    <w:rsid w:val="00FF14EB"/>
+    <w:rsid w:val="00FF3ECF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6089,116 +3213,123 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008B5E88"/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00D74E77"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D74E77"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008B5E88"/>
+    <w:rsid w:val="009621D5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -6318,144 +3449,137 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008B5E88"/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00D74E77"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D74E77"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008B5E88"/>
+    <w:rsid w:val="009621D5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://zanoza.kg/351806" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6703,66 +3827,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11286</Characters>
+  <Pages>1</Pages>
+  <Words>417</Words>
+  <Characters>2383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13239</CharactersWithSpaces>
+  <CharactersWithSpaces>2795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>1</dc:creator>
+  <dc:creator>RRR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>