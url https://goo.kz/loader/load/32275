--- v0 (2025-12-14)
+++ v1 (2026-02-28)
@@ -1,2962 +1,1516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00827522" w:rsidRDefault="00C3648E" w:rsidP="00A5364F">
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00A5364F" w:rsidRDefault="00C3648E" w:rsidP="00A5364F">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="300" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="343434"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5364F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="343434"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ИНТЕРНЕТ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00827522">
+        <w:t>ПРАВИЛА БЕЗОПАСНОГО ПОЛЬЗОВАНИЯ ИНТЕРНЕТОМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00A5364F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:caps/>
-[...8 lines deleted...]
-      <w:r w:rsidR="00827522">
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Ребенок дома, за компьютером — значит, все в порядке, он в безопасности».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Так считают многие родители. И ошибаются. Детей эры поисковых систем и социальных сетей опасности подстерегают не только на улице. Через мониторы компьютеров угроз на них обрушивается отнюдь не меньше. Одна из опасностей — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кибербулинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: запугивание, психологический и физический террор — до чувства страха и подчинения. В Интернете насилие такого рода не редкость, как и различный агрессивный и нежелательный контент, мошенничество, сексуальное домогательство. Конечно, Интернет не только источник угроз, он открывает большие возможности для общения и саморазвития. Чтобы Интернет приносил пользу, а не вред, родителям необходимо научить детей правилам безопасного пользования Сетью так же, как они учат их не переходить дорогу на красный свет светофора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:caps/>
-[...963 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Четыре правила для взрослых</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правило 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00332141">
-[...340 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внимательно относитесь к действиям ваших детей во Всемирной паутине:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">і бақылаңыз. </w:t>
+        <w:t>- н</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е отправляйте детей в «свободное плавание» по Интернету. Старайтесь активно участвовать в общении ребенка с Интерне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
+        <w:t>том, особенно на этапе освоения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- б</w:t>
       </w:r>
       <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">егулярно отслеживайте ресурсы, которые посещает ваш ребенок. </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:t>еседуйте с ребенком о том, что нового для себя он узнает с помощью Интернета и как вовремя предупредить угрозы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006D20C1">
+        <w:t>Правило 2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Информируйте ребенка о возможностях и опасностях, которые несет в себе Сеть:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- о</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бъясните ребенку, что в Интернете, как и в жизни, встречаются и «хорошие» и «плохие» люди.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Объясните, что, если ребенок столкнулся с негативом или насилием от другого пользователя Интернета, ему нужно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сообщить об этом близким людям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- н</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аучите ребенка искать нужную ему информацию и проверять ее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в том числе с вашей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>помощью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- н</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аучите ребенка внимательно относиться к скачиванию платной информации и получению платных услуг из Интернета, особенно путем отправки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>sms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, во избежание потери денег;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- с</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оставьте список полезных, интересных, безопасных ресурсов, которыми может пользоваться ваш ребенок, и посоветуйте их использовать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006D20C1">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правило 3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выберите удобную форму контроля пребывания ребенка в Сети:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- у</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">становите на ваш компьютер необходимое программное обеспечение — решение родительского контроля, антивирус Касперского или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Doctor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Web</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- е</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сли ваш ребенок — учащийся младших классов и остается часто дома один, ограничьте время его пребывания в Интернете.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- е</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сли компьютер используется всеми членами семьи, установите его в месте, доступном для всех членов семьи, а не в комнате ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- с</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оздавайте разные учетные записи на вашем компьютере для взрослых и детей. Это поможет не только обезопасить ребенка, но</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сохранить ваши личные данные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- р</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егулярно отслеживайте ресурсы, которые посещает ваш ребенок. Простые настройки компьютера позволят вам быть в курсе того, какую информацию просматривали ваш сын или дочь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...160 lines deleted...]
-      <w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правило 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регулярно повышайте уровень компьютерной грамотности, чтобы знать, как обеспечить безопасность детей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- и</w:t>
+      </w:r>
       <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спользуйте удобные возможности повышения уровня компьютерной и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-грамотности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, например, посещение курсов, чтение специальной литера</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туры, консультации с экспертами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- з</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>накомьте всех членов вашей семьи с базовыми принципами безопасной работы на компьютере и в Интернете.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>татистика</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>О чем говорит статистика?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приводим основные выводы исследования, проведенного компанией «Билайн» среди </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-пользователей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Интернет в жизни людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Абсолютное большинство респондентов (96%) выходят в Интернет каждый день и пользуются им в среднем около 5 часов. Интернет для активного пользователя — это в большей степени информационная база и электронная библиотека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>?</w:t>
-[...61 lines deleted...]
-      <w:r>
+        <w:t>Угрозы в Интернете</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Большинство (84%) респондентов сталкивались в Интернете с нежелательной информацией (например, экстремистского, порнографического, рекламного содержания) и с заражением компьютера вирусами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AE713B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что такое безопасный Интернет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Большинство респондентов (88%) вкладывают в понятие «безопасный Интернет» защиту от вирусов, вредоносных программ, 70% — защиту от взлома личной информации, 54% — защиту от спама, и практически половина (45%) опрошенных понимает «безопасный Интернет» как защиту детей от нежелательной информации. Средства самостоятельной защиты пользователей в Интернете 50% опрошенных предпочитают использовать базовые средства безопасности, и более половины (55%) опрошенных считают, что обеспечивать безопасность в Интернете самостоятельно довольно сложно. Лишь 4% респондентов решают проблемы по мере поступления. В качестве основного средства обеспечения своей безопасности большинство </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>опрошенных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (93%) отмечают антивирусные программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:u w:val="single"/>
-[...93 lines deleted...]
-        <w:t>белсенді пайдаланушының – көбі</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что такое Интернет-грамотность, кому и как надо ее повышать?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="375"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наряду с тем, что большинство (89%) опрошенных понимают интернет-грамотность как умение осуществить поиск информации и пользоваться важнейшими </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">сетевыми ресурсами, 70% считают </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>несе</w:t>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-грамотностью</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...459 lines deleted...]
-        <w:t xml:space="preserve">бұл әрекетті өте қиын </w:t>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также осведомленность об угрозах безопасности в Интернете. 75% опрошенных считают, что интернет-грамотность важная для любого современного человека и в особенности для детей. Интересно, что в среднем респонденты с детьми 8-16 лет оценивают уровень своей </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00D61E56">
-[...7 lines deleted...]
-        <w:t>деп</w:t>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-грамотности</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00D61E56">
-[...272 lines deleted...]
-    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00FF5124" w:rsidP="00C3648E">
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выше, чем уровень грамотности своего ребенка. 60% опрошенных родителей с детьми 8-16 лет заинтересованы в повышении уровня интернет-грамотности собственных детей. Около половины считают, что это в первую очередь задача школы или родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00C3648E" w:rsidRPr="008E1BA7">
-[...44 lines deleted...]
-        </w:r>
         <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve"> «Безопасный Интернет»</w:t>
+          <w:t>Памятка «Безопасный Интернет»</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00FF5124" w:rsidP="00C3648E">
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00C3648E" w:rsidRPr="00873016">
+        <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Памятка</w:t>
-[...56 lines deleted...]
-          <w:t>»</w:t>
+          <w:t>Памятка «Включение родительского контроля»</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Настройки конфиденциальности в социальных сетях</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00FF5124" w:rsidP="00C3648E">
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.safekaznet.kz/biblioteka/poleznaya-informatsiya/sotsialnyie-seti/nastroyki-konfidentsialnosti</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00FF5124" w:rsidP="00C3648E">
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.safekaznet.kz/biblioteka/poleznaya-informatsiya/sotsialnyie-seti/nastroyki-konfidentsialnosti-vkontakte</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00FF5124" w:rsidP="00C3648E">
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.safekaznet.kz/biblioteka/poleznaya-informatsiya/sotsialnyie-seti/nastroyki-konfidentsialnosti-na-sayte-moymir</w:t>
         </w:r>
@@ -2965,51 +1519,51 @@
     <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Безопасность мобильных устройств</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00FF5124" w:rsidP="00C3648E">
+    <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00A5364F" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00C3648E" w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.safekaznet.kz/biblioteka/poleznaya-informatsiya/mobilnyie-ustroystva</w:t>
@@ -3333,149 +1887,103 @@
         <w:r w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.zerde.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00C3648E" w:rsidRPr="00C3648E" w:rsidRDefault="00C3648E" w:rsidP="00C3648E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873016">
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> педагогическое издание </w:t>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C3648E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Независимое педагогическое издание </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>«Учительская газета»</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00B57254" w:rsidRDefault="00C3648E" w:rsidP="00A5364F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="135" w:line="315" w:lineRule="atLeast"/>
         <w:ind w:firstLine="375"/>
       </w:pPr>
       <w:r w:rsidRPr="00C3648E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Основы безопасности в интернете — </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00C3648E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="46A5E5"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.slideshare.net</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00B57254">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3491,84 +1999,55 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C3648E"/>
     <w:rsid w:val="001A3016"/>
-    <w:rsid w:val="00243BEA"/>
     <w:rsid w:val="00314CF2"/>
-    <w:rsid w:val="00332141"/>
-[...16 lines deleted...]
-    <w:rsid w:val="009A2937"/>
     <w:rsid w:val="00A5364F"/>
-    <w:rsid w:val="00AE713B"/>
-    <w:rsid w:val="00AF3E8C"/>
     <w:rsid w:val="00B57254"/>
     <w:rsid w:val="00C3648E"/>
-    <w:rsid w:val="00C6375C"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F870AF"/>
     <w:rsid w:val="00FA4633"/>
-    <w:rsid w:val="00FF5124"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4316,65 +2795,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1121</Words>
-  <Characters>6394</Characters>
+  <Words>1256</Words>
+  <Characters>7161</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7501</CharactersWithSpaces>
+  <CharactersWithSpaces>8401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>