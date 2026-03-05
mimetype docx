--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,46205 +1,48202 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidRDefault="007216CF" w:rsidP="007216CF">
-[...22663 lines deleted...]
-    <w:p w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidRDefault="007216CF" w:rsidP="007216CF">
+    <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="005A0A35">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="005A0A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Перечень специальностей с указанием дисциплин для групп специальностей и профилирующих дисциплин комплексного тестирования ПРОЕКТ</w:t>
+        <w:t>Перечень специальностей высшего образования с указанием профильных предметов ЕНТ и комплексного тестирования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="007216CF" w:rsidRPr="00A44776" w:rsidRDefault="007216CF" w:rsidP="007216CF">
+    <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="005A0A35">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A44776">
+      <w:r w:rsidRPr="005A0A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>31 января 2017</w:t>
+        <w:t>16 января 2017</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007216CF" w:rsidRPr="00A44776" w:rsidRDefault="007216CF" w:rsidP="007216CF">
+    <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="005A0A35">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E2091B">
+      <w:r w:rsidRPr="005A0A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ПРОЕКТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidRDefault="007216CF" w:rsidP="007216CF">
+    <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="005A0A35">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A0A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Перечень специальностей с указанием дисциплин для групп специальностей и профилирующих дисциплин комплексного тестирования</w:t>
+        <w:t>Перечень специальностей высшего образования с указанием профильных предметов ЕНТ и комплексного тестирования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidRDefault="007216CF" w:rsidP="007216CF">
+    <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="005A0A35">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A0A35">
+      <w:r w:rsidRPr="00AE0943">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9450" w:type="dxa"/>
+        <w:tblW w:w="9660" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="405"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2685"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1144"/>
+        <w:gridCol w:w="3216"/>
+        <w:gridCol w:w="2034"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шифр </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование специальностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5250" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Комбинации профильных предметов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 профильный предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 профильный предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1. Образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дошкольное обучение и воспитание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогика и методика начального обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика и психология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Начальная военная подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дефектология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыкальное образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Изобразительное искусство и черчение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физическая культура и спорт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В010900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>История</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Основы права и экономики </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Казахский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язык обучение и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Русский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язык обучение и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В011900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иностранный язык: два иностранных языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Профессиональное обучение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахский язык и литература в школах с неказахским языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язык обучение и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="1110"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Русский язык и литература в школах с нерусским языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язык обучение и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Социальная педагогика и самопознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия-Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика-Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика-Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика-Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В012900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География-История</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В013000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>История-Религиоведение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Человек. Общество. Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2. Гуманитарные науки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Философия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международные отношения </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>История</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Культурология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Филология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язык обучение и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Религиоведение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Переводческое дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Археология и этнология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В020900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Востоковедение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В021000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Иностранная филология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В021100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В021200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тюркология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В021500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исламоведение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3. Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В030100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Юриспруденция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Человек.Общество.Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В030200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международное право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Человек.Общество.Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В030300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Правоохранительная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Человек.Общество.Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В030400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Таможенное дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Человек.Общество.Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыковедение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инструментальное исполнительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вокальное искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Традиционное музыкальное искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дирижирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Режиссура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Актерское искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Искусство эстрады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хореография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сценография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Композиция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Операторское искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Живопись</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Графика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Скульптура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Искусствоведение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Декоративное искусство </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Музейное дело и охрана памятников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В042000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В042100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дизайн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В042200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Издательское дело  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В042300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Арт - менеджмент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5. Социальные науки, экономика и бизнес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Социология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Политология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Журналистика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Регионоведение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Менеджмент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учет и аудит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Финансы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Государственное и местное управление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркетинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Статистика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мировая экономика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Связь с общественностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Архивоведение, документоведение и документационное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язык обучение и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация и нормирование труда  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В052100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Государственный аудит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В052300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Менеджмент спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6. Естественные науки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Механика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ядерная физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экология  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В061000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гидрология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В061100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика и астрономия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В061200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Метеорология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7. Технические науки и технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биотехнология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Автоматизация и управление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Информационные системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Вычислительная техника и программное обеспечение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математическое и компьютерное моделирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Геология и разведка месторождений полезных ископаемых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Горное дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нефтегазовое дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В070900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Металлургия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Материаловедение и технология новых материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Геодезия и картография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Машиностроение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Транспорт, транспортная техника и технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Авиационная техника и технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Морская техника и технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приборостроение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теплоэнергетика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электроэнергетика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В071900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Радиотехника, электроника и телекоммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химическая технология  неорганических веществ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химическая технология органических веществ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Полиграфия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническая физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Технологические машины и оборудование (по отраслям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Технология деревообработки и изделий из дерева (по областям применения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Технология и конструирование изделий легкой промышленности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Технология продовольственных продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Технология перерабатывающих производств (по отраслям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В072900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В073000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Производство строительных материалов, изделий и конструкций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В073100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Безопасность жизнедеятельности и защита окружающей среды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В073200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Стандартизация и сертификация (по отраслям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В073300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Технология</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проектирование текстильных материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В073700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обогащение полезных ископаемых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В073800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Технология обработки материалов давлением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B074300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Летная эксплуатация летательных аппаратов и двигателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В074500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Транспортное строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В074600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Космическая техника и технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В074800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Технология фармацевтического производства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В075000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Метрология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>139</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В075200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инженерные системы и сети</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В075300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Химическая технология тугоплавких неметаллических и силикатных материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. Сельскохозяйственные науки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Агрономия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="735"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Технология  производства продуктов животноводства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Охотоведение и звероводство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рыбное хозяйство и промышленное рыболовство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Водные ресурсы и водопользование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>146</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аграрная техника и технология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лесные ресурсы и лесоводство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Почвоведение и агрохимия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>149</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В080900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Плодоовощеводство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В081000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Мелиорация, рекультивация и охрана земель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В081100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Защита и карантин растений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В081200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Энергообеспечение сельского хозяйства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9. Услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация перевозок, движения и эксплуатация транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Туризм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Землеустройство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Социальная работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Культурно-досуговая работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кадастр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>159</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Логистика (по отраслям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В091000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Библиотечное дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язык обучение и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В091200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ресторанное дело</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и гостиничный бизнес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">10. Военное дело и безопасность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В100100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пожарная безопасность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В100200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Системы информационной безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>11. Здравоохранение и социальное обеспечение (медицина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В110100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сестринское дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В110200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественное здравоохранение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>167</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В110300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Фармация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В110400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Медико-профилактическое дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12. Ветеринария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>169</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ветеринарная медицина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B120200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ветеринарная санитария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>13. Здравоохранение и социальное обеспечение (медицина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общая медицина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>172</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B130200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стоматология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9660" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14. Искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B140100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исполнительское искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B140200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Народные инструменты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidTr="009A4845">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B140300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Искусство пения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="009A4845">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE0943">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>творческий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005A0A35" w:rsidRPr="00AE0943" w:rsidRDefault="005A0A35" w:rsidP="005A0A35">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0943">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="005A0A35"/>
+    <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="005A0A35">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A0A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кешенді тестілеудің мамандықтар тобы үшін пәндер және бейіндік пән көрсетілген мамандықтар тізбесі ЖОБА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="005A0A35">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A0A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>31 қаңтар 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2091B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЖОБА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2091B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2091B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кешенді тестілеудің мамандықтар тобы үшін пәндер және бейіндік пән көрсетілген мамандықтар тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2091B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9390" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="585"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="2655"/>
+        <w:gridCol w:w="2505"/>
+        <w:gridCol w:w="2430"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мамандық атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы кәсіптік пәндер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейіндік пәндер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 Білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі оқыту және тәрбиелеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тәрбие жұмысының теориясы мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>практикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бастауышта оқыту педагогикасы мен әдістемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәрбие жұмысының теориясы мен практикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика және психология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәрбие жұмысының теориясы мен практикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бастапқы әскери дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дефектология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыкалық білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейнелеу өнері және сызу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру және спорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B010900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тарих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құқық және экономика негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құқық және экономика негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілі мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шетел тілі: екі шетел тілі (ағылшын)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011923</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шетел тілі: екі шетел тілі (неміс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Неміс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B011924</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...22 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Шетел ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...22 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лі: ек</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...20 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>і шетел тілі (француз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Француз тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіптік оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақ тілінде оқытпайтын мектептердегі қазақ тілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақ тілінде оқытпайтын мектептердегі қазақ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілінде оқытпайтын мектептердегі қазақ тілі мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілінде оқытпайтын мектептердегі орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтік педагогика және өзін-өзі тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...31 lines deleted...]
-              <w:t>Профилирующие дисциплины</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәрбие жұмысының теориясы мен практикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия-Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика-Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика-Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика-Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B012900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География-Тарих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B013000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тарих- Дінтану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогика  және психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9450" w:type="dxa"/>
+            <w:tcW w:w="9390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidRDefault="007216CF" w:rsidP="009A4845">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005A0A35">
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>1 Образование</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 Гуманитарлық ғылымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="1290"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Философия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтік-гуманитарлық ғылымдар негіздері (Философия, мәдениеттану, әлеуметтану және саясаттану негіздері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық қатынастар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тарих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="1290"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мәдениеттану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтік-гуманитарлық ғылымдар негіздері (Философия, мәдениеттану, әлеуметтану және саясаттану негіздері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Филология: Қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Филология: Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дінтану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аударма ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі/Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...21 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Шетел тілі (ағылшын, немі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...43 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Теория и практика воспитательной деятельности</w:t>
+              <w:t>, француз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Археология және этнология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B020900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі/Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t>Теория и практика воспитательной деятельности</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B021000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шетел филологиясы (ағылшын тілі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі/Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...120 lines deleted...]
-              <w:t>Теория и практика воспитательной деятельности</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B021012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шетел филологиясы (неміс тілі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі/Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Неміс тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Творческий экзамен</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B021022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шетел филологиясы (француз тілі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі/Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Француз тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B021200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Түркітану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі/Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B021500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исламтану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 Құқық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Биология</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В030100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құқықтану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекет және құқық теориясы негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР азаматтық құқығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Творческий экзамен</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В030200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық құқық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекет және құқық теориясы негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР азаматтық құқығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Творческий экзамен</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В030300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құқық қорғау қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекет және құқық теориясы негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР қылмыстық құқығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Творческий экзамен</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В030400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кеден ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекет және құқық теориясы негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР азаматтық құқығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4 Өнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыкатану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыка әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аспаптық орындаушылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> Гармония</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вокалдық өнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыка теориясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дәстүрлі музыка өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыка теориясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дирижерлау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гармония</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Математика</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Режиссура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстанның бейнелеу өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Актерлік өнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Театр тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эстрада өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыка теориясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В040900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хореография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хореография тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сценография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан көркем мәдениеті және дүниежүзілік өнер тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Композиция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыка әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Физика</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Операторлық өнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстанның бейнелеу өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Информатика</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кескіндеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстанның бейнелеу өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Химия</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Графика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстанның бейнелеу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Шығармашылық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Биология</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мүсін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстанның бейнелеу өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>История Казахстана</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өнертану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстанның бейнелеу өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Основы права и экономики</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сән өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстанның бейнелеу өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В041900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұражай ісі және ескерткіштерді қорғау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В042000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сызу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В042100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дизайн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сызу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В042200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Баспа ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі/Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В042300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Арт - менеджмент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркетинг негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...102 lines deleted...]
-              <w:t>География</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 Әлеуметтік ғылымдар, экономика және бизнес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="1290"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B050100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтік-гуманитарлық ғылымдар негіздері (Философия, мәдениеттану, әлеуметтану және саясаттану негіздері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="1290"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Саясаттану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтік-гуманитарлық ғылымдар негіздері (Философия, мәдениеттану, әлеуметтану және саясаттану негіздері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психология  негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Журналистика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі/Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аймақтану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаржы және несие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұйым экономикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Менеджмент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономика негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Менеджмент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Есеп және аудит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаржы және несие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұйым экономикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В050900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаржы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаржы және несие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұйым қаржысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Казахский язык</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік жəне жергілікті басқару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономикалық теория негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркетинг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркетинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономика негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркетинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Статистика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаржы және несие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұйымдар статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Русский язык</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлемдік экономика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономикалық теория негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұйым қаржысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық байланыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономикалық теория негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="765"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...121 lines deleted...]
-              <w:t>Английский язык</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұрағаттану, құжаттар жүргізу және құжаттамалық қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі / Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Іс қағаздарын жүргізуді ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В051900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбекті ұйымдастыру және нормалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономикалық теория негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...57 lines deleted...]
-              <w:t>Немецкий язык</w:t>
+              <w:t>Қаржылық және экономикалық есепті талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В052100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік аудит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаржы және несие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұйым экономикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В052300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Спорт менеджменті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономика негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Менеджмент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6 Жаратылыстану ғылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B060100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алгоритмдеу негіздері және бағдарламалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Механика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ядролық физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B060600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В060800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B060900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B061000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гидрология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общая геология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B061100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика және астрономия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B061200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Метеорология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7 Техникалық ғылымдар және технологиялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биотехнология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Автоматтандыру және басқару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Саланың технологиялық процестерін автоматтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ақпараттық жүйелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алгоритмдеу негіздері және бағдарламалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="765"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">Есептеу техникасы және </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Иностранный язык: два иностранных языка (французский)</w:t>
-[...17 lines deleted...]
-            </w:pPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...27 lines deleted...]
-              <w:t>Французский язык</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ғдарламалық қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алгоритмдеу негіздері және бағдарламалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математикалық және компьютерлік модельдеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алгоритмдеу негіздері және бағдарламалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Геология және пайдалы қазбалар кен орнын барлау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы геология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тау-кен ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электротехника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы геология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұнай-газ ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B070900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Металлургия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Материалтану негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Материал тану жә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>не жа</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ңа материалдар </w:t>
+            </w:r>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Материалтану негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Геодезия және картография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Геодезия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Машина жасау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Машина жасау технологиясы негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>История Казахстана</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Көлік, көлікті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A0A35">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> техника және технологиялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбекті қорғау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Авиациялық техника және технологиялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Авиациялық қауіпсіздік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="765"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теңіз техникасы және технологиялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кемелердің құрылысы және кеменің өміршеңдігі үшін күрес теориясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кеменің энергетикалық қондырғылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аспап жасау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электроника және схемотехника негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жылу энергетикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Жылутехника және жылумен қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электр энергетикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...59 lines deleted...]
-              <w:t>Казахский язык в русских классах</w:t>
+              <w:t>Электротехника және электрмен қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B071900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Радиотехника, электроника және телекоммуникациялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электроника және схемотехника негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейорганикалық заттардың химиялық технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы химиялық технология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Органикалық заттардың химиялық технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы химиялық технология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Полиграфия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Баспа өндірісінің технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="765"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Технологиялық машиналар мен жабдықтар (сала бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...59 lines deleted...]
-              <w:t>Русский язык в казахских классах</w:t>
+              <w:t>Конструкциялық материалдар және машина бөлшектері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="1020"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ағаш өңдеу және ағаштан бұйымдар жасау технологиясы (қолданылу саласы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Органикалық химия және полимерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жеңiл өнеркәсiп бұйымдарының технологиясы және құрастырылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тігін өндірісінің материалдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...120 lines deleted...]
-              <w:t>Теория и практика воспитательной деятельности</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Азық-түлік өнімдерінің технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Микробиология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>24</w:t>
-[...99 lines deleted...]
-              <w:t>Биология</w:t>
+              <w:t>125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қайта өңдеу өндірістерінің технологиясы (сала бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Микробиология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="930"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B072900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құрылыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғимараттар мен үймереттердің құрастырылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құрылыс материалдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B073000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құрылыс материалдарын, бұйымдарын және құрастырылымдарын өндіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құрылыс бұйымдары және құрастырылымдарын өндіру технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құрылыс материалдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B073100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоршаған ортаны қорғау және өмір тіршілігінің қауіпсіздігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электротехника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Материалтану негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B073200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стандарттау және сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стандартизация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B073300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...102 lines deleted...]
-              <w:t>Физика</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тоқыма материалдарының технологиясы және жобалануы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тігін өндірісінің материалдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В073700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пайдалы қазбаларды байыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электротехника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы геология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Математика</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В073800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Материалдарды қысыммен өңдеу технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Материалтану негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В074300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұшатын аппараттар мен қозғалтқыштарды ұшуда пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұшатын аппараттар мен қозғалтқыштарды ұшуда пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В074500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Көлік құрылысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбекті қорғау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В074600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғарыш техникасы және технологиялары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...102 lines deleted...]
-              <w:t>Физика</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Конструкциялық материалдар және машина бөлшектері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В074800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Фармацевтикалық өндіріс технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы химиялық технология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В075000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Метрология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стандартизация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В075200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инженерлік жүйелер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>және желілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбекті қорғау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>139</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В075300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...102 lines deleted...]
-              <w:t>География</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Балқуы қиын бейметалл және силикатты материалдардың химиялық технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы химиялық технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8 Ауылшаруашылық ғылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Агрономия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Агрономия негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мал шаруашылығы өнімдерін өндіру технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мал шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аңшылықтану және аң шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аңшылықтану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балық шаруашылығы және өнеркәсіптік балық аулау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Табиғатты қолданудың экологиялық негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Су ресурстары және суды пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аграрлық техника және технология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ауылшаруашылық машиналары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>146</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="005A0A35" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A0A35">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...77 lines deleted...]
-              <w:t>Всемирная история</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Орман ресурстары және орман шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дендрология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9450" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:t>2 Гуманитарные науки</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Топырақтану және агрохимия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Агрономия негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
-[...132 lines deleted...]
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...91 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B080900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жеміс-көкөніс шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Агрономия негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>149</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B081000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жерді мелиорациялау,  баптау және қорғау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:t>Всемирная история</w:t>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Всемирная история</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В081100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өсімдік қорғау және карантин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Агрономия негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
-          <w:trHeight w:val="1020"/>
+          <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...120 lines deleted...]
-              <w:t>Основы социально-гуманитарных наук (Основы философии, культурологии, социологии и политологии)</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В081200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығын энергиямен қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ауылшаруашылық машиналары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...119 lines deleted...]
-              <w:t>Казахская литература</w:t>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9 Қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kөлікті пайдалану және жүк қозғалысы мен тасымалдауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбекті қорғау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Туризм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Туристтік қызметті ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...111 lines deleted...]
-              <w:t>Русская литература</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жерге орналастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Геодезия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтік жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтік мекемелердің жұмысын ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Творческий экзамен</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мәдени-тынығу жұмысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кадастр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Геодезия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экономикалық теория негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Менеджмент негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>159</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В090900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Логистика (сала бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбекті қорғау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В091000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кітапхана ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кітапханалық қорларды және каталогтарды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="765"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...120 lines deleted...]
-              <w:t>Иностранный язык (английский, немецкий, французский)</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В091200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мейрамхана ісі және мейманхана бизнесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мейрамхана мен қонақ үй </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>шаруашылығындағы қызмет көрсетуді ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Всемирная история</w:t>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10 Әскери іс және қауіпсіздік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В100100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өрт қауіпсіздігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Всемирная история</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В100200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ақпараттық қауіпсіздік жүйелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12 Ветеринария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...119 lines deleted...]
-              <w:t>Английский язык</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ветеринарлық медицина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жануарлар анатомиясы және физиологиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...111 lines deleted...]
-              <w:t>Немецкий язык</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5B120200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ветеринарлық санитария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жануарлар анатомиясы және физиологиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
-[...254 lines deleted...]
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t>Творческий экзамен</w:t>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14 Өнер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9450" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:t>3 Право</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В140100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орындаушылық өнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыка теориясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
-[...531 lines deleted...]
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9450" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:t>4 Искусство</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>167</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5В140200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халық аспаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыка теориясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007216CF" w:rsidRPr="005A0A35" w:rsidTr="009A4845">
+      <w:tr w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidTr="00E2091B">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="405" w:type="dxa"/>
-[...16349 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="945" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5В140300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2865" w:type="dxa"/>
-[...68 lines deleted...]
-              <w:t>Творческий экзамен</w:t>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ән өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Музыка теориясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шығармашылық емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001D4ED1" w:rsidRDefault="001D4ED1"/>
-[...1 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838"/>
+    <w:p w:rsidR="00E2091B" w:rsidRPr="00E2091B" w:rsidRDefault="00E2091B" w:rsidP="00E2091B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2091B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="00AE0943">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="00AE0943">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A0A35" w:rsidRDefault="005A0A35" w:rsidP="00AE0943">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005A0A35">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="5AB77073"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8CC4A9B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -46319,136 +48316,141 @@
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
   <w:proofState w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00626729"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007216CF"/>
+    <w:rsidRoot w:val="000B6813"/>
+    <w:rsid w:val="00015D4B"/>
+    <w:rsid w:val="000B6813"/>
+    <w:rsid w:val="005A0A35"/>
+    <w:rsid w:val="00A13F0A"/>
+    <w:rsid w:val="00A44776"/>
+    <w:rsid w:val="00AE0943"/>
+    <w:rsid w:val="00E2091B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -46520,242 +48522,234 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007216CF"/>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text-gray">
     <w:name w:val="text-gray"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00AE0943"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00AE0943"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ya-share2badge">
     <w:name w:val="ya-share2__badge"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00AE0943"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ya-share2icon">
     <w:name w:val="ya-share2__icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00AE0943"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -46827,253 +48821,463 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007216CF"/>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text-gray">
     <w:name w:val="text-gray"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00A44776"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00AE0943"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00AE0943"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ya-share2badge">
     <w:name w:val="ya-share2__badge"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00AE0943"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ya-share2icon">
     <w:name w:val="ya-share2__icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="007216CF"/>
+    <w:rsid w:val="00AE0943"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="618681629">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="775054434">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="646977900">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1399667758">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1503087385">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1647321379">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1993560749">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="240608366">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="790320349">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1432162526">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1811939490">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="632054213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1836262922">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="331220842">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1854145901">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1176766317">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -47108,222 +49312,198 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>21714</Characters>
+  <Pages>16</Pages>
+  <Words>3768</Words>
+  <Characters>21482</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>180</Lines>
+  <Lines>179</Lines>
   <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Отдел образования</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25473</CharactersWithSpaces>
+  <CharactersWithSpaces>25200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>ds54</dc:creator>
+  <dc:creator>ГУЛЬСИНА</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>