--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,3894 +1,5553 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00022736" w:rsidRPr="00022736" w:rsidRDefault="00022736" w:rsidP="00022736">
-[...1 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+    <w:p w:rsidR="00567DB2" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ О ДЕЯТЕЛЬНОСТИ РЕСПУБЛИКАНСКОЙ ЕДИНО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Й ДЕТСКО-ЮНОШЕСКОЙ ОРГАНИЗАЦИИ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«ЖАС </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰЛАН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республиканское общественное объединение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Единая детско-юношеская организация «Жас Ұлан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (именуемое дальше по тексту – «Жас Ұлан») - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">массовая общественная организация школьников Республики Казахстан, созданная  по инициативе Главы государства </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н.А.Назарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Жас Ұлан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет свою деятельность на базе общеобразовательных школ страны, тесно сотрудничает  с творческими, спортивными, общественными, неправительственными организациями и государственными учреждениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Ұлан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — организация, формирующая подрастающее поколение в духе казахстанского патриотизма на основе высоких нравственно-духовных ценностей, принципов толерантности, демократизма и культуры взаимопонимания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:before="30"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В своей деятельности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Ұлан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководствуется Конституцией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">законодательством </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и иными нормативными правовыми актами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РК. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІ. ЦЕЛЬ, ЗАДАЧ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>И И ПРИНЦИПЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.1. Ц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ель  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Жас Ұлан»: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - воспитание подрастающего поколения патриотами Родины на основе  любви и преданности к казахстанскому народу, культуре, традициям толерантности и миротворчества, неустанного стремления к знаниям, самосовершенствованию, гармонии жизни с высоким чувством ответственности и сопричастности к истории Отечества, настоящему и будущему Независимого Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.Задачи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Ұлан»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- формирование духовного потенциала подрастающего поколения на основе знания истории, культуры, языка народа Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повышение общественной активности учащихся, стимулирование  познавательной деятельности, развитие  разностороннего детского творчества и социальных инициатив;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- усиление воспитательного потенциала педагогического процесса школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитие взаимодействия и укрепление социального партнерства с различными  государственными  и общественными формированиями, с неправительственными организациями в интересах воспитания и гражданского становления членов организации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- повышение статуса и престижа детской общественной организации, детских социальных инициатив в жизни школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содействие реализации прав детей в соответствии с Конвенцией ООН о правах ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  создание необходимых условий и возможностей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для успешной социализации и творческой самореализации каждого члена организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2.3 «Жас Ұлан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполняет  следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- содействие развитию творческого потенциала личности, формирование активной гражданской позиций школьников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  поддержка и развитие социально-значимых инициатив школьников; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- обогащение и развитие социального опыта учащихся школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>защита прав и законных интересов детей в соответствии с Конвенцией ООН о правах ребёнка и действующим законодательством РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- гармонизация взаимоотношений взрослых и детей в жизни школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принципы деятельности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Ұлан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- приоритетность общечеловеческих ценностей и национального самосознания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- личностная ориентация (учитывать индивидуальность ребенка в реализации всех видов деятельности) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- добровольность членства и право участия в жизни школы и организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- доступность членства в организации для каждого школьника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- преемственность и единство младшей и старшей структур организации  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қыран</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Ұлан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- единство педагогов и воспитанников в реализации основных целей и задач организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- инициативность, самодеятельность, самоуправление, правовая и ответственность организаций и её членов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-самореализация в творческой обстановке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- содружество  организации, школы, семьи и общественности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- патриотичность, демократия, толерантность и нравственно-духовная направленность деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-  системность деятельности организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. АТРИБУТИКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Атрибутика </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жас Ұлан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  создана на основе государственных символов страны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2. Значок «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» с изображением парящего орла.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Орел символизирует молодое поколение как сильное, целеустремленное, всегда стремящееся  к совершенству.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Солнце</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>освещает будущее молодежи и является символом жизни и благосостояния).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Значок «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»  круглой формы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В середине шара золотой человек -  символ независимости нашей страны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Шар - символ жизни и бесконечности.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В верхней части шара – национальный орнамент, символизирующий  солнце - символ мира и постоянства.).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На торжественных мероприятиях </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улановцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будут носить галстук цвета неба с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>символо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Улан».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00022736">
+        <w:t>Членство, условия и порядок приобретения и утраты членства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>действует двухуровневая система членства. Ч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ленами старшего звена - «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» являются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьники в возрасте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 11 по 16 лет, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>членами младшего звена -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қыран</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">являются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьники в возрасте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с 6 по 10 лет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изъявившие добровольное желание стать ее членами, признающие Устав «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» и неукоснительно его исполняющие, готовые внести свой вклад в развитие «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», дисциплинированные и успевающие в учебе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.2. Члены «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», достигшие 17 - летнего возраста и  не избранные в органы управления организации выбывают из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>него</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.3 Стать членом организации может каждый школьник, достигший 6 -летнего возраста и на добровольной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4. Комитет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает членов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При добровольном выходе из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» школьник </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подает писменное заявление на имя атқарушы хатшы Комитета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">права и обязанности членов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00022736">
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - принимать активное  участие в деятельности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- избирать и быть избранным на своем уровне в состав  органов управления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- получать поощрения, награды за успехи и достижения в реализации программы деятельности Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и за особые  личные достижения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обращаться в органы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с заявлениями, просьбами, вопросами, предложениями, инициативами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- добровольно выйти из состава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыход</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» может иметь место в следующих случаях: по возрасту, по собственному желанию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обязанности членов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- исполнять Устав и решения органов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- содействовать реализации целей и задач </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содействовать развитию «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», повышению качества и эффективности ее работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- уважать государственную символику Республики Казахстан (флаг, герб, гимн), осознавать свой долг защиты Родины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- признавать права и уважать интересы других членов «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- участвовать в реализации целей и задач «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», выполнять индивидуальные (персональные) и коллективные (общественные) задания и поручения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- показывать пример в учёбе, общественных делах, в труде, беречь общественную собственность, быть образцом культуры поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- вести здоровый образ жизни, пропагандировать его среди своих сверстников, избегать грубых выходок, курения, употребления наркотиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- уважать родителей, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> друзей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, учителей и всех взрослых, вносить свой вклад в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гуманизацию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1224 lines deleted...]
-      <w:r w:rsidRPr="00022736">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...770 lines deleted...]
-      <w:r w:rsidRPr="00022736">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...46 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Поощрения и взыскания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Лучшие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00022736">
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улановцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы получают возможность стать членами  общешкольного, регионального  и Республиканского </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00022736">
-[...523 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t>8.1.2. Төтенше және кезектен тыс Құрылтай Кеңес төрағасы немесе Кеңес мүшелерінің 1/3-інің бастамасымен Кеңес шешімі негізінде шақырылады.</w:t>
-[...37 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>7.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. По итогам учебного года лучшему объединению  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» и «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» присуждается звание и диплом «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үзді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», а также поездка по историческим местам Казахстана или путевка в летний оздоровительный лагерь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены организации, достигшие особых успехов в учёбе и общественных делах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>будут</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесены в «Золотую книгу «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лан»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">7.1.4. Лучшие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улановцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы на выездных встречах получат огромный опыт от общения со сверстниками и воспитают в себе командных дух.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">7.1.5. Лучшие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улановцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получат возможность встретится с выдающимися общественными и политическими </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятелями</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и получат мастер-класс от них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7.1.6. Лучшие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улановцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получат возможность принять участия в тренингах, семинарах и уроках лидерства в лучших лагерях страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.2.1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> членам организации, нарушившим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Устав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», совершившим серьёзные правонарушения, применяются следующие меры наказания: обсуждение на общем собрании топ и комитета, вынесение замечания, порицания выговор, отстранение от выполнения поручений, предупреждение об исключении. Крайняя мера наказания - исключение из организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Вопрос об исключении из организации решается на общем собрании комитета или организации. Решение об исключении считается принятым, если за него проголосовало не менее двух третей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улановцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, присутствующих на с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обрании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, и приобретает силу после утверждения на собрании комитета «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VIII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Структура </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основой «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>школьный комитет «Жас Ұлан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">8.2. Первичные объединения создаются по принципу добровольности в структуре </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00022736" w:rsidRPr="00022736" w:rsidRDefault="00022736" w:rsidP="00022736">
-[...600 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Деятельностью школьного объединения «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»  руководит Комитет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.  Школьные организации  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  создаются и действуют по решению районного (городского) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.5. К</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>омитет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьной организации состоит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четырех направлении, объединяющих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">членов организации по интеллектуальным, спортивным, творческим развитиям и общественной деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лидер общественного объединения школьников в структуре «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  избирается из состава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> членов организации открытым голосованием того </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сроком на один учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лидер общешкольной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлан басшысы, избирается из числа школьников 8-9 классов на общем собрании путем открытого голосования сроком на один учебный год. Заместитель Ұлан басшысы избирается из числа школьников 5-7 классов сроком на один учебный год </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>8.4. Атқарушы орган – Атқарушы директорат. Оны Атқарушы директор басқарады.</w:t>
-[...269 lines deleted...]
-      <w:r w:rsidRPr="00022736">
+        <w:t>Соответственно 4 заместителя по каждому направлению и 5 заместитель, который координирует работу «Жас Қыран» и шеф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- Кеңестің және Құрылтайдың құзіретіне кірмейтін басқа да өкілеттікті жүргізеді.</w:t>
-[...89 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.8. Исполнительный орган </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комитета </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возглавляет исполнительный директор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комитета, которого утверждает по представлению школьной организации  районный/городской </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>На должность исполнительного директора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  может быть  рекомендован педагог, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вожатый школы, методист-организатор детского досуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.Комитеты школ объединяются в региональный (районный/городской, областной)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Лидером региональной организации  является Улан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которого избирает  региональный (районный/городской) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сроком на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>один учебный год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кандидатура </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководителя регионального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:ind w:firstLine="567"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исполнительный секретарь </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(председатель региональной организации) утверждается на областном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совете</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по представлению регионального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Лидером областного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является Улан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которого избирает областной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сроком  на один учебный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Руководителя областного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>исполнительный секретарь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, назначает Республиканский</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по представлению областного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">8.14. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В состав областного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> входят</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководители и лидеры региональных (районного/городского) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Советов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00022736">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. РУКОВОДЯЩИЕ ОРГАНЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.1.Руководящими органами являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>9.1. «Жас Ұлан»  қызметі Бала құқықтары туралы Конвенция және Қазақстан Республикасының Заңнамасына қайшы келмейтін халықаралық үкіметтік емес ұйымдармен жас ұрпақты тәрбиелеу саласында өзара әрекеттеседі.</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00022736">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Высшим совещательным органом является Республиканский курултай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», который проводится не реже одного раза в два года. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>9.2. «Жас Ұлан» жасөспірімдер мен балалардың зияткерлік, шығармашылық және әлеуметтік дамуына қолайлы жағдайлар жасауға, азаматтық белсенділігін арттыруға бағытталған халықаралық үкіметтік емес ұйымдардың жобаларына қатысады.</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>2. Руководящий орган – Республиканский Совет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. Исполнительный орган – Председатель Объединения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. Контрольный орган – Ревизионная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2.1.Состав  Руководящего органа Совет  определяется и избирается из числа делегатов (по 2 с каждой области, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стана и Алматы, включая Ұлан басшысы). Срок полномочий Совета – два года, которым руководит Председатель Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2.2. Решения принимаются большинством голосов членов Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2.3. К компетенции Совета относится:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- разработка программ деятельности Объединения, их исполнение, и другие виды работ организационно-производственного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- разработка бюджета Объединения, планов работы, контроль их исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- подготовка и проведение общего собрания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- утверждение направлений деятельности, организация благотворительных программ, проектов, акций и других мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- избрание Председателя Совета сроком на 2 года и досрочное прекрашение его полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.3.1. Председатель Совета избирается членами Кенеса сроком на два года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.3.2. Председатель Совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- без доверенности действует от имени Объединения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- выдает доверенность на право представлять Объединение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- в отношении работников Объединения издает приказы о назначении их на должность, об их переводе и увольнении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- определяет систему оплаты труда, решает вопросы премирования, принимает меры поощрения и налагает дисциплинарные взыскания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.4.1. Для осуществления контроля за финансово-хозяйственной деятельностью Объединения избирается Ревизионная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.4.2. Ревизионная комиссия избирается сроком на два года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.4.3. Проверки осуществляются Ревизионной комиссией по мере необходимости, но не реже одного раза в год. Член исполнительного органа не может быть членом Ревизионной комиссии. Члены ревизионной комиссии могут участвовать на заседаниях Совета с правом совещательного голоса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00BE435E" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE435E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.4.4. Для проведения проверки могут привлекаться соответствующие лица и организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567DB2" w:rsidRPr="00022736" w:rsidRDefault="00567DB2" w:rsidP="00567DB2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00814D14" w:rsidRPr="00567DB2" w:rsidRDefault="00814D14">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00022736" w:rsidRPr="00022736">
+    <w:sectPr w:rsidR="00814D14" w:rsidRPr="00567DB2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="22A41E09"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E28360C"/>
     <w:lvl w:ilvl="0">
@@ -3978,188 +5637,71 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6403" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00022736"/>
+    <w:rsidRoot w:val="00567DB2"/>
     <w:rsid w:val="00004E59"/>
-    <w:rsid w:val="00022736"/>
     <w:rsid w:val="00041396"/>
     <w:rsid w:val="00042BB1"/>
     <w:rsid w:val="000525B1"/>
     <w:rsid w:val="000710F3"/>
     <w:rsid w:val="000838DA"/>
     <w:rsid w:val="00096373"/>
     <w:rsid w:val="000A5277"/>
     <w:rsid w:val="000B2979"/>
     <w:rsid w:val="000E1A04"/>
     <w:rsid w:val="000F6CF8"/>
     <w:rsid w:val="0011586E"/>
     <w:rsid w:val="00124D13"/>
     <w:rsid w:val="0014622E"/>
     <w:rsid w:val="00155702"/>
     <w:rsid w:val="00155A57"/>
     <w:rsid w:val="00163B14"/>
     <w:rsid w:val="00194E47"/>
     <w:rsid w:val="001C6946"/>
     <w:rsid w:val="001D30E4"/>
     <w:rsid w:val="001D3D42"/>
     <w:rsid w:val="001E6947"/>
     <w:rsid w:val="00222B3C"/>
     <w:rsid w:val="0023083D"/>
     <w:rsid w:val="00237908"/>
     <w:rsid w:val="0027033C"/>
@@ -4168,109 +5710,111 @@
     <w:rsid w:val="00286739"/>
     <w:rsid w:val="002B12A2"/>
     <w:rsid w:val="002B7F98"/>
     <w:rsid w:val="002D2B80"/>
     <w:rsid w:val="002E6876"/>
     <w:rsid w:val="003003FA"/>
     <w:rsid w:val="003051D7"/>
     <w:rsid w:val="003100B4"/>
     <w:rsid w:val="00325E02"/>
     <w:rsid w:val="00335CA2"/>
     <w:rsid w:val="00346EA0"/>
     <w:rsid w:val="0035735A"/>
     <w:rsid w:val="00371E05"/>
     <w:rsid w:val="00382EEE"/>
     <w:rsid w:val="00382FCE"/>
     <w:rsid w:val="003917DD"/>
     <w:rsid w:val="003A24FB"/>
     <w:rsid w:val="003B36E3"/>
     <w:rsid w:val="003C5272"/>
     <w:rsid w:val="003D0401"/>
     <w:rsid w:val="003E5246"/>
     <w:rsid w:val="003F4F4F"/>
     <w:rsid w:val="0040259B"/>
     <w:rsid w:val="0040324B"/>
     <w:rsid w:val="00405C78"/>
+    <w:rsid w:val="00442C5E"/>
     <w:rsid w:val="00442F36"/>
     <w:rsid w:val="00456EA7"/>
     <w:rsid w:val="00462AE3"/>
     <w:rsid w:val="00474546"/>
     <w:rsid w:val="00483F94"/>
     <w:rsid w:val="004B439E"/>
     <w:rsid w:val="004B567B"/>
     <w:rsid w:val="004B700A"/>
     <w:rsid w:val="004C531C"/>
     <w:rsid w:val="004C537F"/>
     <w:rsid w:val="004D37C1"/>
     <w:rsid w:val="004D6523"/>
     <w:rsid w:val="004E7940"/>
     <w:rsid w:val="004F1776"/>
     <w:rsid w:val="00506AE7"/>
     <w:rsid w:val="00522985"/>
     <w:rsid w:val="00535ACE"/>
     <w:rsid w:val="005473FD"/>
     <w:rsid w:val="00553962"/>
     <w:rsid w:val="005549D4"/>
+    <w:rsid w:val="00567DB2"/>
     <w:rsid w:val="0058559B"/>
     <w:rsid w:val="00596420"/>
     <w:rsid w:val="005B29B2"/>
     <w:rsid w:val="005B5D48"/>
     <w:rsid w:val="005B63B1"/>
     <w:rsid w:val="005B744A"/>
     <w:rsid w:val="005D2E9F"/>
     <w:rsid w:val="0060706B"/>
     <w:rsid w:val="006312CC"/>
     <w:rsid w:val="00634A64"/>
     <w:rsid w:val="00643B56"/>
     <w:rsid w:val="00652D4A"/>
     <w:rsid w:val="00656414"/>
     <w:rsid w:val="00671570"/>
     <w:rsid w:val="00672F7C"/>
     <w:rsid w:val="00685165"/>
     <w:rsid w:val="00695784"/>
     <w:rsid w:val="006A5A11"/>
     <w:rsid w:val="006B79BD"/>
     <w:rsid w:val="006C06EB"/>
     <w:rsid w:val="006C69C4"/>
     <w:rsid w:val="006E1054"/>
-    <w:rsid w:val="006F1E2D"/>
     <w:rsid w:val="006F552F"/>
     <w:rsid w:val="00723D23"/>
     <w:rsid w:val="00750D38"/>
     <w:rsid w:val="00750D9C"/>
     <w:rsid w:val="007633FA"/>
     <w:rsid w:val="0079098A"/>
     <w:rsid w:val="007B4051"/>
     <w:rsid w:val="007B6946"/>
     <w:rsid w:val="007D7433"/>
     <w:rsid w:val="007F741D"/>
     <w:rsid w:val="00811079"/>
     <w:rsid w:val="00814D14"/>
     <w:rsid w:val="00830015"/>
     <w:rsid w:val="008303F9"/>
     <w:rsid w:val="00830D6A"/>
     <w:rsid w:val="00833CE9"/>
+    <w:rsid w:val="00833E0E"/>
     <w:rsid w:val="008625B1"/>
     <w:rsid w:val="00873738"/>
     <w:rsid w:val="008A0DE5"/>
     <w:rsid w:val="008A7501"/>
     <w:rsid w:val="008B3689"/>
     <w:rsid w:val="008D7433"/>
     <w:rsid w:val="008E5F5A"/>
     <w:rsid w:val="008F4B61"/>
     <w:rsid w:val="00910B3B"/>
     <w:rsid w:val="00913A47"/>
     <w:rsid w:val="0092114C"/>
     <w:rsid w:val="0092637B"/>
     <w:rsid w:val="00932090"/>
     <w:rsid w:val="00934DBF"/>
     <w:rsid w:val="0094609E"/>
     <w:rsid w:val="00954EA4"/>
     <w:rsid w:val="00987695"/>
     <w:rsid w:val="00987841"/>
     <w:rsid w:val="00997C5E"/>
     <w:rsid w:val="009A1CC3"/>
     <w:rsid w:val="009B06D9"/>
     <w:rsid w:val="009B178B"/>
     <w:rsid w:val="009D53E9"/>
     <w:rsid w:val="009E09A2"/>
     <w:rsid w:val="009E75A8"/>
@@ -4302,50 +5846,51 @@
     <w:rsid w:val="00B444CA"/>
     <w:rsid w:val="00B64161"/>
     <w:rsid w:val="00B70226"/>
     <w:rsid w:val="00B73D24"/>
     <w:rsid w:val="00B81F75"/>
     <w:rsid w:val="00BB457E"/>
     <w:rsid w:val="00BB7C0A"/>
     <w:rsid w:val="00BD7566"/>
     <w:rsid w:val="00BE5011"/>
     <w:rsid w:val="00BE58E5"/>
     <w:rsid w:val="00BF59DC"/>
     <w:rsid w:val="00C016C9"/>
     <w:rsid w:val="00C07C4D"/>
     <w:rsid w:val="00C14227"/>
     <w:rsid w:val="00C161BF"/>
     <w:rsid w:val="00C340DA"/>
     <w:rsid w:val="00C40307"/>
     <w:rsid w:val="00C56130"/>
     <w:rsid w:val="00C57BC1"/>
     <w:rsid w:val="00C87904"/>
     <w:rsid w:val="00CA262D"/>
     <w:rsid w:val="00CA4461"/>
     <w:rsid w:val="00CA5CBF"/>
     <w:rsid w:val="00CA6953"/>
     <w:rsid w:val="00CC014E"/>
+    <w:rsid w:val="00CE204B"/>
     <w:rsid w:val="00CE7D4E"/>
     <w:rsid w:val="00D02236"/>
     <w:rsid w:val="00D15AE8"/>
     <w:rsid w:val="00D51620"/>
     <w:rsid w:val="00D529A9"/>
     <w:rsid w:val="00D752B7"/>
     <w:rsid w:val="00D836B5"/>
     <w:rsid w:val="00D851C4"/>
     <w:rsid w:val="00D95867"/>
     <w:rsid w:val="00D969CF"/>
     <w:rsid w:val="00DA62E0"/>
     <w:rsid w:val="00DA6856"/>
     <w:rsid w:val="00DC3007"/>
     <w:rsid w:val="00DC560C"/>
     <w:rsid w:val="00DC680C"/>
     <w:rsid w:val="00DE29F7"/>
     <w:rsid w:val="00E01903"/>
     <w:rsid w:val="00E16AEB"/>
     <w:rsid w:val="00E22110"/>
     <w:rsid w:val="00E3002D"/>
     <w:rsid w:val="00E35305"/>
     <w:rsid w:val="00E55195"/>
     <w:rsid w:val="00E70F54"/>
     <w:rsid w:val="00E82A08"/>
     <w:rsid w:val="00E9152E"/>
@@ -4532,104 +6077,87 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00022736"/>
+    <w:rsid w:val="00567DB2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...15 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -4749,104 +6277,87 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00022736"/>
+    <w:rsid w:val="00567DB2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...15 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -5108,65 +6619,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1896</Words>
-  <Characters>10812</Characters>
+  <Words>1874</Words>
+  <Characters>10682</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
+  <Lines>89</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12683</CharactersWithSpaces>
+  <CharactersWithSpaces>12531</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RRR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>