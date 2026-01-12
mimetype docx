--- v0 (2025-12-11)
+++ v1 (2026-01-12)
@@ -1,796 +1,1085 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B110B1" w:rsidRPr="001244C3" w:rsidRDefault="00B110B1" w:rsidP="00B110B1">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001244C3">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Значки </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>"Жас Ұлан" және "Жас Қыран" ұйымдарының ресми нышандары</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B110B1" w:rsidRDefault="00B110B1" w:rsidP="00B110B1">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5181600" cy="2066925"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5181600" cy="2066925"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C23C2D" w:rsidRPr="00BE435E" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Техническое описание нагрудных значков «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» и  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...646 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D"/>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Значок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнен в виде овала размером 30х15 мм, с изображением парящего орла</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> солнца и надписью </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  золотистого цвета, на бирюзовом фоне. Крепление – гвоздик с цангой.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00814D14" w:rsidRPr="00B110B1">
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Значок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнен в виде круга диаметром 25 мм, с изображением символа независимост</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> золотой человек) на бирюзовом фоне, золотистого цвета, на внешнем круге в верхней части, изображение национального орнамента, в нижней части надпись </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на белом фоне. Крепление – гвоздик с цангой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Значки изготовлены из сплава ЦАМ методом литья. Затем заготовка покрывается гальванической медью, никелем и золотом. Цветная часть (бирюза и белая) покрывается итальянской холодной эмалью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C23C2D" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D"/>
+    <w:p w:rsidR="00814D14" w:rsidRDefault="00C23C2D" w:rsidP="00C23C2D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49129BCF" wp14:editId="69F03E85">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-289560</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>190353</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="6118839" cy="2838450"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 2" descr="галстук"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="галстук"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                          <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a14:imgLayer r:embed="rId8">
+                              <a14:imgEffect>
+                                <a14:sharpenSoften amount="48000"/>
+                              </a14:imgEffect>
+                            </a14:imgLayer>
+                          </a14:imgProps>
+                        </a:ext>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="64101"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6118839" cy="2838450"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00814D14">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="2C5E5B5F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB9A4700"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="7EF72CA6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42AE8C38"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A23441"/>
+    <w:rsidRoot w:val="00C23C2D"/>
     <w:rsid w:val="00004E59"/>
     <w:rsid w:val="00041396"/>
     <w:rsid w:val="00042BB1"/>
     <w:rsid w:val="000525B1"/>
     <w:rsid w:val="000710F3"/>
     <w:rsid w:val="000838DA"/>
     <w:rsid w:val="00096373"/>
     <w:rsid w:val="000A5277"/>
     <w:rsid w:val="000B2979"/>
     <w:rsid w:val="000E1A04"/>
     <w:rsid w:val="000F6CF8"/>
     <w:rsid w:val="0011586E"/>
     <w:rsid w:val="00124D13"/>
     <w:rsid w:val="0014622E"/>
     <w:rsid w:val="00155702"/>
     <w:rsid w:val="00155A57"/>
     <w:rsid w:val="00163B14"/>
     <w:rsid w:val="00194E47"/>
     <w:rsid w:val="001C6946"/>
     <w:rsid w:val="001D30E4"/>
     <w:rsid w:val="001D3D42"/>
     <w:rsid w:val="001E6947"/>
     <w:rsid w:val="00222B3C"/>
     <w:rsid w:val="0023083D"/>
     <w:rsid w:val="00237908"/>
@@ -800,176 +1089,176 @@
     <w:rsid w:val="00286739"/>
     <w:rsid w:val="002B12A2"/>
     <w:rsid w:val="002B7F98"/>
     <w:rsid w:val="002D2B80"/>
     <w:rsid w:val="002E6876"/>
     <w:rsid w:val="003003FA"/>
     <w:rsid w:val="003051D7"/>
     <w:rsid w:val="003100B4"/>
     <w:rsid w:val="00325E02"/>
     <w:rsid w:val="00335CA2"/>
     <w:rsid w:val="00346EA0"/>
     <w:rsid w:val="0035735A"/>
     <w:rsid w:val="00371E05"/>
     <w:rsid w:val="00382EEE"/>
     <w:rsid w:val="00382FCE"/>
     <w:rsid w:val="003917DD"/>
     <w:rsid w:val="003A24FB"/>
     <w:rsid w:val="003B36E3"/>
     <w:rsid w:val="003C5272"/>
     <w:rsid w:val="003D0401"/>
     <w:rsid w:val="003E5246"/>
     <w:rsid w:val="003F4F4F"/>
     <w:rsid w:val="0040259B"/>
     <w:rsid w:val="0040324B"/>
     <w:rsid w:val="00405C78"/>
-    <w:rsid w:val="00442C5E"/>
     <w:rsid w:val="00442F36"/>
     <w:rsid w:val="00456EA7"/>
     <w:rsid w:val="00462AE3"/>
     <w:rsid w:val="00474546"/>
     <w:rsid w:val="00483F94"/>
     <w:rsid w:val="004B439E"/>
     <w:rsid w:val="004B567B"/>
     <w:rsid w:val="004B700A"/>
     <w:rsid w:val="004C531C"/>
     <w:rsid w:val="004C537F"/>
     <w:rsid w:val="004D37C1"/>
     <w:rsid w:val="004D6523"/>
     <w:rsid w:val="004E7940"/>
     <w:rsid w:val="004F1776"/>
     <w:rsid w:val="00506AE7"/>
     <w:rsid w:val="00522985"/>
     <w:rsid w:val="00535ACE"/>
     <w:rsid w:val="005473FD"/>
     <w:rsid w:val="00553962"/>
     <w:rsid w:val="005549D4"/>
     <w:rsid w:val="0058559B"/>
     <w:rsid w:val="00596420"/>
     <w:rsid w:val="005B29B2"/>
     <w:rsid w:val="005B5D48"/>
     <w:rsid w:val="005B63B1"/>
     <w:rsid w:val="005B744A"/>
     <w:rsid w:val="005D2E9F"/>
     <w:rsid w:val="0060706B"/>
     <w:rsid w:val="006312CC"/>
     <w:rsid w:val="00634A64"/>
     <w:rsid w:val="00643B56"/>
     <w:rsid w:val="00652D4A"/>
     <w:rsid w:val="00656414"/>
     <w:rsid w:val="00671570"/>
     <w:rsid w:val="00672F7C"/>
     <w:rsid w:val="00685165"/>
     <w:rsid w:val="00695784"/>
     <w:rsid w:val="006A5A11"/>
     <w:rsid w:val="006B79BD"/>
     <w:rsid w:val="006C06EB"/>
     <w:rsid w:val="006C69C4"/>
     <w:rsid w:val="006E1054"/>
     <w:rsid w:val="006F552F"/>
     <w:rsid w:val="00723D23"/>
     <w:rsid w:val="00750D38"/>
     <w:rsid w:val="00750D9C"/>
     <w:rsid w:val="007633FA"/>
     <w:rsid w:val="0079098A"/>
     <w:rsid w:val="007B4051"/>
     <w:rsid w:val="007B6946"/>
+    <w:rsid w:val="007D3381"/>
     <w:rsid w:val="007D7433"/>
     <w:rsid w:val="007F741D"/>
     <w:rsid w:val="00811079"/>
     <w:rsid w:val="00814D14"/>
     <w:rsid w:val="00830015"/>
     <w:rsid w:val="008303F9"/>
     <w:rsid w:val="00830D6A"/>
     <w:rsid w:val="00833CE9"/>
     <w:rsid w:val="008625B1"/>
     <w:rsid w:val="00873738"/>
     <w:rsid w:val="008A0DE5"/>
     <w:rsid w:val="008A7501"/>
     <w:rsid w:val="008B3689"/>
     <w:rsid w:val="008D7433"/>
     <w:rsid w:val="008E5F5A"/>
     <w:rsid w:val="008F4B61"/>
     <w:rsid w:val="00910B3B"/>
     <w:rsid w:val="00913A47"/>
     <w:rsid w:val="0092114C"/>
     <w:rsid w:val="0092637B"/>
     <w:rsid w:val="00932090"/>
     <w:rsid w:val="00934DBF"/>
     <w:rsid w:val="0094609E"/>
     <w:rsid w:val="00954EA4"/>
     <w:rsid w:val="00987695"/>
     <w:rsid w:val="00987841"/>
     <w:rsid w:val="00997C5E"/>
     <w:rsid w:val="009A1CC3"/>
     <w:rsid w:val="009B06D9"/>
     <w:rsid w:val="009B178B"/>
     <w:rsid w:val="009D53E9"/>
     <w:rsid w:val="009E09A2"/>
     <w:rsid w:val="009E75A8"/>
     <w:rsid w:val="009F4D82"/>
     <w:rsid w:val="00A15A55"/>
     <w:rsid w:val="00A17880"/>
-    <w:rsid w:val="00A23441"/>
     <w:rsid w:val="00A242CB"/>
     <w:rsid w:val="00A2629E"/>
     <w:rsid w:val="00A31EA5"/>
     <w:rsid w:val="00A33EF1"/>
     <w:rsid w:val="00A460C6"/>
     <w:rsid w:val="00A47D2D"/>
     <w:rsid w:val="00A5423C"/>
     <w:rsid w:val="00A65619"/>
     <w:rsid w:val="00A67079"/>
     <w:rsid w:val="00A70384"/>
     <w:rsid w:val="00A7499F"/>
     <w:rsid w:val="00A85A25"/>
     <w:rsid w:val="00A96296"/>
     <w:rsid w:val="00AA0D2E"/>
     <w:rsid w:val="00AB2F92"/>
     <w:rsid w:val="00AC0113"/>
     <w:rsid w:val="00AD21D3"/>
     <w:rsid w:val="00AD4661"/>
     <w:rsid w:val="00AE321A"/>
     <w:rsid w:val="00AE5FA3"/>
     <w:rsid w:val="00AF4590"/>
     <w:rsid w:val="00AF461E"/>
-    <w:rsid w:val="00B110B1"/>
+    <w:rsid w:val="00B2490E"/>
     <w:rsid w:val="00B444CA"/>
     <w:rsid w:val="00B64161"/>
     <w:rsid w:val="00B70226"/>
     <w:rsid w:val="00B73D24"/>
     <w:rsid w:val="00B81F75"/>
     <w:rsid w:val="00BB457E"/>
     <w:rsid w:val="00BB7C0A"/>
     <w:rsid w:val="00BD7566"/>
     <w:rsid w:val="00BE5011"/>
     <w:rsid w:val="00BE58E5"/>
     <w:rsid w:val="00BF59DC"/>
     <w:rsid w:val="00C016C9"/>
     <w:rsid w:val="00C07C4D"/>
     <w:rsid w:val="00C14227"/>
     <w:rsid w:val="00C161BF"/>
+    <w:rsid w:val="00C23C2D"/>
     <w:rsid w:val="00C340DA"/>
     <w:rsid w:val="00C40307"/>
     <w:rsid w:val="00C56130"/>
     <w:rsid w:val="00C57BC1"/>
     <w:rsid w:val="00C87904"/>
     <w:rsid w:val="00CA262D"/>
     <w:rsid w:val="00CA4461"/>
     <w:rsid w:val="00CA5CBF"/>
     <w:rsid w:val="00CA6953"/>
     <w:rsid w:val="00CC014E"/>
     <w:rsid w:val="00CE7D4E"/>
     <w:rsid w:val="00D02236"/>
     <w:rsid w:val="00D15AE8"/>
     <w:rsid w:val="00D51620"/>
     <w:rsid w:val="00D529A9"/>
     <w:rsid w:val="00D752B7"/>
     <w:rsid w:val="00D836B5"/>
     <w:rsid w:val="00D851C4"/>
     <w:rsid w:val="00D95867"/>
     <w:rsid w:val="00D969CF"/>
     <w:rsid w:val="00DA62E0"/>
     <w:rsid w:val="00DA6856"/>
     <w:rsid w:val="00DC3007"/>
     <w:rsid w:val="00DC560C"/>
     <w:rsid w:val="00DC680C"/>
@@ -1166,168 +1455,113 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A23441"/>
+    <w:rsid w:val="00C23C2D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A23441"/>
+    <w:rsid w:val="00C23C2D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A23441"/>
+    <w:rsid w:val="00C23C2D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...53 lines deleted...]
-      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1449,183 +1683,128 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A23441"/>
+    <w:rsid w:val="00C23C2D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A23441"/>
+    <w:rsid w:val="00C23C2D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A23441"/>
+    <w:rsid w:val="00C23C2D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...53 lines deleted...]
-      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1874,50 +2053,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>151</Words>
-  <Characters>866</Characters>
+  <Words>115</Words>
+  <Characters>657</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1015</CharactersWithSpaces>
+  <CharactersWithSpaces>771</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RRR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>