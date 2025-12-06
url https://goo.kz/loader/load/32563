--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,780 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="003C29E4" w:rsidRPr="004D4F3E" w:rsidRDefault="003C29E4" w:rsidP="004D4F3E">
+    <w:p w:rsidR="006D26EA" w:rsidRPr="006D26EA" w:rsidRDefault="006D26EA" w:rsidP="006D26EA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D4F3E">
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>Внимание!</w:t>
       </w:r>
-      <w:r w:rsidR="004D4F3E" w:rsidRPr="004D4F3E">
+    </w:p>
+    <w:p w:rsidR="006D26EA" w:rsidRPr="006D26EA" w:rsidRDefault="006D26EA" w:rsidP="006D26EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Облыстық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D4F3E">
+      </w:pPr>
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> радио </w:t>
+        <w:t>Вы можете об отмене урока на 1 смену узнать в областном радио эфире в 7.10. утра, об отмене уроков 2 смены в 12. 10;</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004D4F3E">
+    </w:p>
+    <w:p w:rsidR="006D26EA" w:rsidRPr="006D26EA" w:rsidRDefault="006D26EA" w:rsidP="006D26EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>эфирінен</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D4F3E">
+      </w:pPr>
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-</w:t>
+        <w:t xml:space="preserve">На областном эфире телеканала «Ирбис» </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004D4F3E">
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ауысымға  7.10</w:t>
+        <w:t>с  7.00</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004D4F3E">
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  2 </w:t>
+        <w:t>.  до 7.30; днем об отмене уроков 2 смены можете увидеть в 12. 10;</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004D4F3E">
+    </w:p>
+    <w:p w:rsidR="006D26EA" w:rsidRPr="006D26EA" w:rsidRDefault="006D26EA" w:rsidP="006D26EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ауысымға</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D4F3E">
+      </w:pPr>
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">-  12. 10 </w:t>
+        <w:t xml:space="preserve">На сайтах городского отдела образования </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...126 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...251 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">bilim-pavlodar.gov.kz </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004D4F3E">
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-ауысым: 6.45.  2-ауысым:1 2.10. bilim-pavlodar.gov.kz </w:t>
+        <w:t>или СОШ37 по 1 смене в 6.45 и по 2 смене 12.10;</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004D4F3E">
+    </w:p>
+    <w:p w:rsidR="006D26EA" w:rsidRPr="006D26EA" w:rsidRDefault="006D26EA" w:rsidP="006D26EA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>сайтынан</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D4F3E">
+      </w:pPr>
+      <w:r w:rsidRPr="006D26EA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Телефон платной справочной: 169</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004D4F3E">
+    </w:p>
+    <w:p w:rsidR="006D26EA" w:rsidRPr="006D26EA" w:rsidRDefault="006D26EA" w:rsidP="006D26EA">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>біле</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D4F3E">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008912DE" w:rsidRPr="006D26EA" w:rsidRDefault="008912DE">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...74 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00816932" w:rsidRPr="004D4F3E">
+    <w:sectPr w:rsidR="008912DE" w:rsidRPr="006D26EA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F082A95"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C096E0E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
@@ -1216,82 +712,79 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00654F35"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D134A7"/>
+    <w:rsidRoot w:val="006D26EA"/>
+    <w:rsid w:val="006D26EA"/>
+    <w:rsid w:val="008912DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{508B9A32-74A8-4569-B2FE-090AAEA4387F}"/>
+  <w15:docId w15:val="{DBEAC898-8289-4633-BC9E-93D0F171EEA2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1644,181 +1137,85 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="006D26EA"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:divs>
-[...94 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -2049,69 +1446,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>60</Words>
-  <Characters>344</Characters>
+  <Words>57</Words>
+  <Characters>326</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>403</CharactersWithSpaces>
+  <CharactersWithSpaces>382</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>