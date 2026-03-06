--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -2,6385 +2,6946 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
-[...1 lines deleted...]
-        <w:spacing w:line="230" w:lineRule="auto"/>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="001D12EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...14 lines deleted...]
-      <w:pPr>
+        <w:t>Внимание!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00090ABD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Для про</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20528">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>хождения тестирования Вы должны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> явиться в ППЕНТ в день, указанный в пропуске, имея при себе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00DE3843" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00467687" w:rsidRPr="00467687">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00CB4CC3" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пропуск</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на ЕНТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00DE3843" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документ, удостоверяющий личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00A20528" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ручку с</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> черной</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или синей пастой</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00BE2729" w:rsidRDefault="00E175D9" w:rsidP="00090ABD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Во в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ремя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕНТ </w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>запрещается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2729">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00DE3843" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>выходить из аудитории без разрешения и сопровождения уполномоченного лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00DE3843" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пересаживаться с места на место, переговариваться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00DE3843" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до окончания тестирования выносить экзаменационные материалы из аудитории, обмениваться экзаменационными материалами, списывать;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00DE3843" w:rsidRDefault="00A20528" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заносить в аудиторию и использовать шпаргалки, учебники и другую методическую литературу, а также сведения, раскрывающие содержание тестов и кодов правильных ответов к ним, калькулятор, фотоаппарат, мобильные средства связи (пейджер, сотовые телефоны, планшеты, iPad, iPod, iPhone, SmartPhone), ноутбуки, плейеры, модемы (в т.ч. мобильные роутеры);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00DE3843" w:rsidRDefault="00A20528" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>использовать любые виды радио-электронной связи (Wi-Fi, Bluetooth, Dect, 3G, 4G, наушники проводные и беспроводные и прочее);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00BE2729" w:rsidRDefault="00A20528" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осуществлять</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00BE2729">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порчу экзаменационных материалов (листов ответов и книжек) путем их смятия, использования корректирующей жидкости, отрыва страниц, закрашивания секторов, не предусмотренных для этого (номер листа ответов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRDefault="0089191A" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:firstLine="538"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Использование указанных материалов и средств</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрещено как в аудитории, так и во всем ППЕНТ на протяжении периода тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Предупреждение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00BE2729" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE2729">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обнаружения </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0EFF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у тестируемого запрещенных предметов </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5355D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и при не соблюдении правил поведения в аудитории </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA14D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>тестируемый удаляется из аудитории</w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD" w:rsidRPr="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>составлением</w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD" w:rsidRPr="00BE2729">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>акт</w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0EFF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2729">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">езультаты тестирования аннулируются. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00BA7F36" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE2729">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае отказа поступающим сдать экзаменационные материалы по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истечении времени тестирования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7F36">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>результаты тестирования не обрабатываются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>В случае выявления в ходе запуска на тестирование подставного лица, данное лицо и выпускник, вместо которого была попытка незаконного входа, на тестирование не допуска</w:t>
+      </w:r>
+      <w:r w:rsidR="0089191A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>тся</w:t>
+      </w:r>
+      <w:r w:rsidR="0089191A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. В</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA14D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае </w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обнаружения подставного во время </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA14D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>тестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="0089191A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, подставное лицо</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA14D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удаляется и резул</w:t>
+      </w:r>
+      <w:r w:rsidR="00090ABD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ьтаты тестирования аннулируются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00B243F0" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA14D2" w:rsidRDefault="00AA14D2" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA14D2" w:rsidRDefault="00AA14D2" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA14D2" w:rsidRDefault="00AA14D2" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA14D2" w:rsidRDefault="00AA14D2" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE3843" w:rsidRDefault="00DE3843" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE3843" w:rsidRDefault="00DE3843" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA14D2" w:rsidRDefault="00AA14D2" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA14D2" w:rsidRDefault="00AA14D2" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00831B8B" w:rsidRDefault="00AA14D2" w:rsidP="000C3EBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="501"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Для подготовки</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00831B8B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C3EBD" w:rsidRPr="000C3EBD" w:rsidRDefault="000C3EBD" w:rsidP="000C3EBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA4447" w:rsidRPr="00BA4447" w:rsidRDefault="0089191A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К тестовым заданиям нового </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4447" w:rsidRPr="000C3EBD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формата </w:t>
+      </w:r>
+      <w:r w:rsidR="0043142D" w:rsidRPr="000C3EBD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ЕНТ можно подготовиться с помощью:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA4447" w:rsidRPr="00DE3843" w:rsidRDefault="00BA4447" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA14D2" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>робно</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>го онлайн тестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="0029272D" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA14D2" w:rsidRPr="0089191A" w:rsidRDefault="003E55C9" w:rsidP="0089191A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подробная информация на </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2508" w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="007E2508" w:rsidRPr="0089191A">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:sz w:val="17"/>
+            <w:szCs w:val="17"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>http://www.testcenter.kz/ru/entrants/ent-kta-try-online/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029272D" w:rsidRPr="00DE3843" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>книжек</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA14D2" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>листов ответов</w:t>
+      </w:r>
+      <w:r w:rsidR="0029272D" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA14D2" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA14D2" w:rsidRPr="0089191A" w:rsidRDefault="0029272D" w:rsidP="0089191A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реализация </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>через Филиалы</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4447" w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Национального центра тестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="0043142D" w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA14D2" w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(ППЕНТ)</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A1A8B" w:rsidRPr="00AA14D2" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учебно-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>методических пособий</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A1A8B" w:rsidRDefault="004A1A8B" w:rsidP="0043142D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Оплата за пробные тестирования и формы оплаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A1A8B" w:rsidRPr="00DE3843" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стоимость </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пробно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестировани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я -</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 260 тенге, оплата производится через АО «Народный банк Казахстана»</w:t>
+      </w:r>
+      <w:r w:rsidR="0089191A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, отделения АО «Казпочта» или </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>з тер</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>миналы «Касса 24»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A1A8B" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стоимость</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>книж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>ек и листов</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>351 тенге, оплата производится через АО «Народный банк Казахстана» или отделения</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="0043142D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="0043142D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Казпочта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A1A8B" w:rsidRPr="0043142D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1A8B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089191A" w:rsidRPr="0089191A" w:rsidRDefault="00090ABD" w:rsidP="0089191A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выпуск </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0127E" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>учебно-методических пособий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> планируется на</w:t>
+      </w:r>
+      <w:r w:rsidR="003E55C9" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> март-апрель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> месяц текущего года</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3843" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3843" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стоимость -</w:t>
+      </w:r>
+      <w:r w:rsidR="003E55C9" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 414 тенге</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0127E" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. О</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3843" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">плата </w:t>
+      </w:r>
+      <w:r w:rsidR="003E55C9" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>производится через</w:t>
+      </w:r>
+      <w:r w:rsidR="003E55C9" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E55C9" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>АО «Народный банк Казахстана» или отделения АО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E55C9" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Казпочта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E55C9" w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089191A" w:rsidRPr="00630FBF" w:rsidRDefault="0089191A" w:rsidP="0089191A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Адреса филиалов НЦТ (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ППЕНТ)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA3BF8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00510942">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>http://testcenter.kz/about/filialy/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00630FBF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00270669" w:rsidRDefault="0089191A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Подробная информация по новому формату ЕНТ размещена</w:t>
+      </w:r>
+      <w:r w:rsidR="00270669" w:rsidRPr="00270669">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на сайтах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00270669" w:rsidRPr="00DE3843" w:rsidRDefault="00270669" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министерства образования и науки РК </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00DE3843">
+          <w:rPr>
+            <w:sz w:val="17"/>
+            <w:szCs w:val="17"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>http://edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00270669" w:rsidRPr="00DE3843" w:rsidRDefault="00270669" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Национального центра тестирования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00DE3843">
+          <w:rPr>
+            <w:sz w:val="17"/>
+            <w:szCs w:val="17"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>www.testcenter.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00270669" w:rsidRDefault="00270669" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="003B546D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1E2A">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Желаем Вам удачной сдачи ЕНТ и поступления в высшие учебные заведения!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRPr="00884A26" w:rsidRDefault="003B546D" w:rsidP="003B546D">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB690A" w:rsidRDefault="003B546D" w:rsidP="003B546D">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00A73DB6">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A73DB6">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>информация</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A73DB6">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представлена </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии Законом РК «Об образовании» и др. нормативными </w:t>
+      </w:r>
+      <w:r w:rsidR="0089191A">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>документами, регламентирующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведени</w:t>
+      </w:r>
+      <w:r w:rsidR="0089191A">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73DB6">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRPr="00A73DB6" w:rsidRDefault="003B546D" w:rsidP="003B546D">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004F6B4D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004F6B4D">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждения нормативных документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB690A">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>возможны коррективы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73DB6">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009C36CB">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="003B546D" w:rsidRPr="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRPr="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B546D" w:rsidRPr="00DE3843" w:rsidRDefault="003B546D" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00E175D9" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E175D9">
+        <w:t>Министерство образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00E175D9" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E175D9">
+        <w:t>Национальный центр тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единое национальное </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>естирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+        </w:rPr>
+        <w:t>ПАМЯТКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+        </w:rPr>
+        <w:t>ДЛЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00270669" w:rsidRPr="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+        </w:rPr>
+        <w:t>ТЕСТИРУЕМОГО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71690">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Подача</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления на тестирование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявление для участия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>едином национальном тестировании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ЕНТ) подается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на бланке установленного образца </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с 10 марта по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB4FE2" w:rsidRPr="00EF1046" w:rsidRDefault="00DB4FE2" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Заполнени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B43200">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF1046">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">производится </w:t>
+      </w:r>
+      <w:r w:rsidR="00527F71">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>в организации образования по месту обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF1046">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="002C3278" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еобходимые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>окументы, для подачи заявления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>, удостоверяющий личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...13 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>2 фотокарточки (размер 3х4).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...91 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>После в</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:i/>
-[...1022 lines deleted...]
-    <w:p w:rsidR="002B6332" w:rsidRPr="0087218D" w:rsidRDefault="00717C56" w:rsidP="005A59D0">
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>нес</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>ения заявления в базу данных тестируемым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="002B6332" w:rsidRPr="0087218D" w:rsidRDefault="002B6332" w:rsidP="002B6332">
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>справка</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о регистрации выпускника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>пропуск</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00DF7B62" w:rsidRDefault="00E175D9" w:rsidP="00766014">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>При получени</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>и справки о регистрации проверить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правильность написания фамилии, имени и отчества, т.к. данные сведения отображаются на сертификате и свидетельстве образовательного гранта и должны соответствовать документу, удостоверяющему личность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7B62">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2. Порядок проведения ЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006973AA" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...36 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>редметы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕНТ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>состо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т из 2 блоков – 5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>предметов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3 обязательных предмета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>пр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>фильных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предмета </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903759">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по выбору)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903759">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0087218D">
-[...69 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006973AA" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">дейін бере алады және апелляциялық комиссия өтінішті бір тәулік </w:t>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E107B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 блок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (обязательные): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006973AA" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...73 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>История Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006973AA" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...75 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Математическая грамотность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006973AA" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...32 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Грамотность чтения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006E107B" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E06CE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 блок</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по выбору)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006E107B" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E107B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Профильны</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...95 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E107B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006E107B" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:tabs>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Профильный предмет 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="006E107B" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...38 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Профильные предметы (Математика, Физика, Биология, Химия, География, История, Английский/Немецкий/Французкий язык, Человек. Общество. Право, Казахский язык и литература, Русский язык и литература) в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E107B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыбираются в зависимости от Перечня специальностей высшего образования с указанием профильных предметов ЕНТ и комплексного тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00B53644" w:rsidRDefault="0094194D" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="18"/>
-[...22 lines deleted...]
-      <w:pPr>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕНТ можно сдать </w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по желанию на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахском </w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>или русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000B356B" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Количество тестовых заданий – 120.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B763B" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004033F1">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Максимальное количество баллов – 140</w:t>
+      </w:r>
+      <w:r w:rsidR="003415AB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002554A9" w:rsidRPr="002554A9" w:rsidRDefault="00766014" w:rsidP="001B763B">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Сроки и продолжительность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000B356B" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тестирование проводится в </w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30" w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>пунктах проведения тестирования (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>ППЕНТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30" w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 20 июня по 1 июля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000B356B" w:rsidRDefault="00012FB4" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...29 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Время начала ЕНТ – 09</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.00 часов (по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00617EBE" w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>местно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> врем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ени</w:t>
+      </w:r>
+      <w:r w:rsidR="00617EBE" w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000B356B" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Продолжительность ЕНТ – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2508">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>3 часа 50 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B356B">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="007E2508" w:rsidRDefault="00E175D9" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E2508">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тестируемые могут выходить из аудитории по уважительной причине (в туалет, в медицинскую комнату) только в сопровождении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2508">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уполномоченного лица</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2508">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечению перв</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2508">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>ого часа тестирования, в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2508">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2508" w:rsidRPr="00012FB4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012FB4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">часа </w:t>
+      </w:r>
+      <w:r w:rsidR="00663913" w:rsidRPr="00012FB4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012FB4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>0 минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2508">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. После этого времени запрещается выходить из аудитории до окончания тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002554A9" w:rsidRPr="007361B1" w:rsidRDefault="002554A9" w:rsidP="002554A9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00F602B9" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>4. Оглашение результатов тестирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002554A9" w:rsidRPr="002554A9" w:rsidRDefault="00B43200" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результатами тестирования можно ознакомиться </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002554A9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>о окончанию обработки экзаменационных материалов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="002554A9" w:rsidRPr="002554A9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF64FF" w:rsidRDefault="00013B11" w:rsidP="00F26CD4">
+    <w:p w:rsidR="002554A9" w:rsidRPr="00DE3843" w:rsidRDefault="002554A9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>информационных стендах ППЕНТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в ведомостях)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRDefault="002554A9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сайте</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008239A8">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Национального центра тестирования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="008239A8">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="17"/>
+            <w:szCs w:val="17"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>www</w:t>
+        </w:r>
+        <w:r w:rsidRPr="008239A8">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="17"/>
+            <w:szCs w:val="17"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="008239A8">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="17"/>
+            <w:szCs w:val="17"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>testcenter</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="008239A8">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="17"/>
+            <w:szCs w:val="17"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="008239A8">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="17"/>
+            <w:szCs w:val="17"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>kz</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008239A8">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002554A9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00655E85">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>оступ</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможен при </w:t>
+      </w:r>
+      <w:r w:rsidR="00655E85">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>ввод</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00971C30">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИКТ (указано на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008239A8">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>пуске) и ИИН тестируемого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008239A8">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="006B53CB" w:rsidRDefault="006B53CB" w:rsidP="006B53CB">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="006B53CB">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5. Апелляция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000F04C1" w:rsidRDefault="00E175D9" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Апелляция по результатам тестирования подается</w:t>
+      </w:r>
+      <w:r w:rsidR="00655E85">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лично тестируемым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов дня, следующего за днем объявления результатов тестирования, и рассматривается апелляционной комиссией в течение одного дня. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000F04C1" w:rsidRDefault="00E175D9" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявитель должен иметь при себе документы, удостоверяющие его личность, пропуск на ЕНТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>При подаче заявления на апелляцию необходимо указать мотивировку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (причину и обоснование) несогласия с результатами тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="006B53CB" w:rsidRDefault="006B53CB" w:rsidP="006B53CB">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="006B53CB">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>6. Сертификат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000F04C1" w:rsidRDefault="00766014" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По результатам </w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЕНТ в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыдается сертификат</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000F04C1" w:rsidRDefault="00E175D9" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Срок действия сертификата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31 декабря текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRDefault="00E175D9" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрещается ламинировать. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000770AA" w:rsidRPr="006B53CB" w:rsidRDefault="000770AA" w:rsidP="00617EBE">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00617EBE" w:rsidRDefault="001D6744" w:rsidP="00617EBE">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6744">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Творческие</w:t>
+      </w:r>
+      <w:r w:rsidR="006550A4">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (специальный</w:t>
+      </w:r>
+      <w:r w:rsidR="006550A4">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6744">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамены </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D307F" w:rsidRPr="000F04C1" w:rsidRDefault="009D307F" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Поступающие на специальности, требующие творческой подготовки сдают творческие экзамены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009677C2" w:rsidRPr="00710F64" w:rsidRDefault="009677C2" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Перечень специальностей</w:t>
+      </w:r>
+      <w:r w:rsidR="0094194D">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, требующие сдачи творческого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710F64">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0094194D">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и специального экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="00237CA9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орма проведения экзаменов утверждаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D307F" w:rsidRPr="009D307F" w:rsidRDefault="009D307F" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="00237CA9">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00617EBE">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и экзамены </w:t>
+      </w:r>
+      <w:r w:rsidR="00237CA9">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по творческим специальностям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осу</w:t>
+      </w:r>
+      <w:r w:rsidR="00237CA9">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ществляю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тся в том вузе, где </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>пла</w:t>
+      </w:r>
+      <w:r w:rsidR="00237CA9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>нируется дальнейшее обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D307F" w:rsidRPr="00237CA9" w:rsidRDefault="009D307F" w:rsidP="009446CC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ср</w:t>
+      </w:r>
+      <w:r w:rsidR="00655E85" w:rsidRPr="00237CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ки творческих экзаменов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D307F" w:rsidRPr="00DE3843" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00655E85" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рием заявлени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="009D307F" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 20 июня по 7 июля</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D307F" w:rsidRDefault="00A872A9" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Экзамены</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E2A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D307F">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="009D307F" w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D307F" w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
+      </w:r>
+      <w:r w:rsidR="009D307F" w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="009D307F" w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13 и</w:t>
+      </w:r>
+      <w:r w:rsidR="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>юля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410DEF" w:rsidRPr="00410DEF" w:rsidRDefault="00617EBE" w:rsidP="00410DEF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>У п</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744" w:rsidRPr="00E175D9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оступающи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744" w:rsidRPr="00E175D9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на творческие специальности</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13B9A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помимо творческих экзаменов</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0202">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учитываются баллы по блоку тестирования:</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744" w:rsidRPr="00E175D9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Истори</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0202">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстана и грамотность</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744" w:rsidRPr="00E175D9">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чтения</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0202">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (язык обучения)</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410DEF" w:rsidRPr="00410DEF" w:rsidRDefault="00A872A9" w:rsidP="00410DEF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Максимальное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>количес</w:t>
+      </w:r>
+      <w:r w:rsidR="00410DEF" w:rsidRPr="00410DEF">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00410DEF" w:rsidRPr="00410DEF">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о баллов по каждому творческому экзамену – 40. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002554A9" w:rsidRPr="00216648" w:rsidRDefault="00410DEF" w:rsidP="00216648">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B763B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Максимальное количество баллов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с учетом творческих </w:t>
+      </w:r>
+      <w:r w:rsidR="00936691">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B763B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 120</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B763B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D6744" w:rsidRDefault="00D13B9A" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ланирующие поступать на педагогические специальности сдают один специальный экзамен (решение педагогической ситуации)</w:t>
+      </w:r>
+      <w:r w:rsidR="00144970">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на базе высшего учебного заведения</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6744">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D13B9A" w:rsidRPr="00237CA9" w:rsidRDefault="00D13B9A" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F04C1">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ср</w:t>
+      </w:r>
+      <w:r w:rsidR="0094194D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оки специ</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1EA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="0094194D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>льного экзамена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237CA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D13B9A" w:rsidRPr="00DE3843" w:rsidRDefault="00D13B9A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E2A" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рием заявлений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и экзамены с 20 июня по 18 августа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216648" w:rsidRPr="00216648" w:rsidRDefault="0029272D" w:rsidP="00216648">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оцениваются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по критериям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144970">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>«допуск» или «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00144970">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>недопуск</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00144970">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB690A" w:rsidRDefault="00FB690A" w:rsidP="003D6D0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:keepNext/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00655E85" w:rsidRPr="00655E85" w:rsidRDefault="00655E85" w:rsidP="003D6D0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:keepNext/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00655E85">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3EBD">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0085025B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О некоторых нововедениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D6D0B" w:rsidRPr="00DE3843" w:rsidRDefault="003D6D0B" w:rsidP="000F04C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В текущем году ЕНТ сдают на общих основаниях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D6D0B" w:rsidRPr="00DE3843" w:rsidRDefault="003D6D0B" w:rsidP="003D6D0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>победители международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, республиканских и международных конкурсов исполнителей и спортивных соревнований последних трех лет;</w:t>
+      </w:r>
+      <w:r w:rsidR="00216648">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D6D0B" w:rsidRDefault="003D6D0B" w:rsidP="003D6D0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>победители Президентской, республиканских олимпиад и конкурсов научных проектов по общеобразовательным предметам текущего года;</w:t>
+      </w:r>
+      <w:r w:rsidR="00216648">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216648" w:rsidRPr="00DE3843" w:rsidRDefault="00216648" w:rsidP="003D6D0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Обладатели «Алтын белгі»; ***</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D6D0B" w:rsidRPr="00DE3843" w:rsidRDefault="003D6D0B" w:rsidP="003D6D0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выпускники </w:t>
+      </w:r>
+      <w:r w:rsidR="0029272D" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Назарбаев интеллектуальные школы»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D6D0B" w:rsidRDefault="003D6D0B" w:rsidP="003D6D0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>выпускники международных школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB67EC" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00216648" w:rsidRPr="00216648" w:rsidRDefault="00216648" w:rsidP="00216648">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216648">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00216648">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, **, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00216648">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у категории лиц сохраняется преимущественное право при распределении образовательных грантов при равном количестве баллов с другими участниками конкурса.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="000A6B63" w:rsidRDefault="000C3EBD" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00884A26">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6B63">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Поступление в вуз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A6B63" w:rsidRDefault="000A6B63" w:rsidP="0029272D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пороговые баллы для поступления в вуз</w:t>
+      </w:r>
+      <w:r w:rsidR="00221DCC">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A6B63" w:rsidRDefault="00E175D9" w:rsidP="000A6B63">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6B63">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не менее 50 (для специальности «Общая медицина» не менее 65)</w:t>
+      </w:r>
+      <w:r w:rsidR="00221DCC">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221DCC" w:rsidRDefault="00221DCC" w:rsidP="000A6B63">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6B63">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в национальные высшие учебные заведения не менее 65  баллов (по группам специальностей «Образование», «Сельскохозяйственные науки» и «В</w:t>
+      </w:r>
+      <w:r w:rsidR="0065654A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етеринария» не менее 60 баллов)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00144970" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:line="230" w:lineRule="auto"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="00CF64FF" w:rsidRPr="0002530B" w:rsidRDefault="009A62D2" w:rsidP="00F26CD4">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144970">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений на конкурс по присуждению образовательного гранта проводится с 23 по 31 июля. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00144970" w:rsidRDefault="00E175D9" w:rsidP="0029272D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:line="230" w:lineRule="auto"/>
-[...39 lines deleted...]
-          <w:tab w:val="left" w:pos="360"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...358 lines deleted...]
-        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144970">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Список обладателей образовательных грантов публикуется </w:t>
+      </w:r>
+      <w:r w:rsidR="00144970">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">после 10 августа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144970">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в средствах массовой информации («Егемен Қазақстан», «Казахстанская правда»), а также на сайте Национального центра тестирования www.testcenter.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E175D9" w:rsidRPr="00B9668C" w:rsidRDefault="00F01974" w:rsidP="00E175D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:keepNext/>
+        <w:spacing w:before="120"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...106 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...247 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9" w:rsidRPr="00B9668C">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E175D9">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...2086 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        </w:rPr>
+        <w:t>Повторная сдача ЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="00DE3843" w:rsidRDefault="006B53CB" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Не набравшие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пороговые балл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аннулированные</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42F62">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не принявшие участие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в ЕНТ могут участвовать на повторном ЕНТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="00652B06" w:rsidRDefault="006B53CB" w:rsidP="000B356B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00652B06">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сроки повторного ЕНТ: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="00DE3843" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:tabs>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рием заявлени</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...105 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93F11">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="009D307F" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:tabs>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...48 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E93F11">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>естиров</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>ание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB" w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB" w:rsidRPr="009D307F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00630FBF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> августа</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="006B53CB" w:rsidRDefault="006B53CB" w:rsidP="0029272D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="426"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3EBD">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Не набравшие</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C3EBD">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>пороговые балл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы на повторном ЕНТ могут по</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E2A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вторно сдать тестирование по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>завершени</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E2A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первого академичес</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E2A">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кого периода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="00FB67EC" w:rsidRDefault="006B53CB" w:rsidP="006B53CB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB67EC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сроки повторного ЕНТ: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="00DE3843" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:tabs>
-[...61 lines deleted...]
-          <w:u w:val="single"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...144 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рием заявлений</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB67EC" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 по 12 января</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B53CB" w:rsidRPr="009D307F" w:rsidRDefault="002A1E2A" w:rsidP="00DE3843">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...59 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB" w:rsidRPr="00DE3843">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>естирование</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB" w:rsidRPr="000C3EBD">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>с 20 по 24 января</w:t>
+      </w:r>
+      <w:r w:rsidR="006B53CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
-[...551 lines deleted...]
-    <w:sectPr w:rsidR="000D66B9" w:rsidRPr="003A0B1F" w:rsidSect="005A59D0">
+    <w:sectPr w:rsidR="006B53CB" w:rsidRPr="009D307F" w:rsidSect="005A59D0">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="360" w:right="601" w:bottom="284" w:left="601" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="3" w:space="510"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:11.8pt;height:11.8pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="mso5"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="02A05F61"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D9ABAEE"/>
+    <w:lvl w:ilvl="0" w:tplc="C9E6FDBA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1174" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1894" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2614" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3334" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4054" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4774" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6214" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6934" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="03FA39F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="122202D6"/>
     <w:lvl w:ilvl="0" w:tplc="3CE68D94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -6479,64 +7040,64 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0AF45E22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CBA27E4"/>
     <w:lvl w:ilvl="0" w:tplc="77CE869A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="502"/>
-[...1 lines deleted...]
-        <w:ind w:left="502" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="501"/>
+        </w:tabs>
+        <w:ind w:left="501" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D47C2B10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -6623,51 +7184,283 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0B543E91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8E561234"/>
+    <w:lvl w:ilvl="0" w:tplc="CFCA009C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="10C3297C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73BC6952"/>
+    <w:lvl w:ilvl="0" w:tplc="E45C3386">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="14F07431"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E0EE74E"/>
     <w:lvl w:ilvl="0" w:tplc="E45C3386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6739,51 +7532,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="1B5256C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F496BB86"/>
     <w:lvl w:ilvl="0" w:tplc="A8C87A18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -6881,181 +7674,411 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="1C064F59"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6DEFBEE"/>
+    <w:lvl w:ilvl="0" w:tplc="60AE8130">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="21451F48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="900EDC12"/>
     <w:lvl w:ilvl="0" w:tplc="5C9E75AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1648" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2368" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3088" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3808" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4528" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5248" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5968" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6688" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="3B6604CB"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="2A6D5BFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="06CC2514"/>
-    <w:lvl w:ilvl="0" w:tplc="F1ACF21C">
+    <w:tmpl w:val="C69CCC0C"/>
+    <w:lvl w:ilvl="0" w:tplc="00EE261E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="491438E2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED660444"/>
+    <w:lvl w:ilvl="0" w:tplc="D47C2B10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -7111,61 +8134,176 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="4CCE3C09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EDB26C18"/>
+    <w:lvl w:ilvl="0" w:tplc="60AE8130">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="4DA73D7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F4090A4"/>
     <w:lvl w:ilvl="0" w:tplc="4F1EB352">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7226,61 +8364,291 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="514913F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D492A60E"/>
+    <w:lvl w:ilvl="0" w:tplc="00EE261E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="55DB0769"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EDCC5490"/>
+    <w:lvl w:ilvl="0" w:tplc="E45C3386">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="66DD6B3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E94229B2"/>
     <w:lvl w:ilvl="0" w:tplc="F79A8B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7341,61 +8709,61 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="67770D5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0281998"/>
     <w:lvl w:ilvl="0" w:tplc="3AD0AC46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7456,827 +8824,553 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="6858586E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6980B94A"/>
-    <w:lvl w:ilvl="0" w:tplc="60AE8130">
+    <w:tmpl w:val="FE103328"/>
+    <w:lvl w:ilvl="0" w:tplc="F1ACF21C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CC3CAE70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F1ACF21C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E45C3386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
-[...1 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="00EE261E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CC3CAE70">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlPicBulletId w:val="0"/>
-[...5 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="F1ACF21C">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="6CA5403C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DD08FAF2"/>
+    <w:lvl w:ilvl="0" w:tplc="00EE261E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...36 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...114 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
-[...255 lines deleted...]
-        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="17">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00972765"/>
-[...123 lines deleted...]
-    <w:rsid w:val="00FB371B"/>
+    <w:rsidRoot w:val="00E175D9"/>
+    <w:rsid w:val="00012FB4"/>
+    <w:rsid w:val="000770AA"/>
+    <w:rsid w:val="00090ABD"/>
+    <w:rsid w:val="000A6B63"/>
+    <w:rsid w:val="000B356B"/>
+    <w:rsid w:val="000C3EBD"/>
+    <w:rsid w:val="000C44BA"/>
+    <w:rsid w:val="000F04C1"/>
+    <w:rsid w:val="00144970"/>
+    <w:rsid w:val="00192CA4"/>
+    <w:rsid w:val="001B763B"/>
+    <w:rsid w:val="001D6744"/>
+    <w:rsid w:val="00214397"/>
+    <w:rsid w:val="00216648"/>
+    <w:rsid w:val="00221DCC"/>
+    <w:rsid w:val="00237CA9"/>
+    <w:rsid w:val="002554A9"/>
+    <w:rsid w:val="00270669"/>
+    <w:rsid w:val="0029272D"/>
+    <w:rsid w:val="002A1E2A"/>
+    <w:rsid w:val="002C3278"/>
+    <w:rsid w:val="003415AB"/>
+    <w:rsid w:val="003972E3"/>
+    <w:rsid w:val="003A39BE"/>
+    <w:rsid w:val="003B546D"/>
+    <w:rsid w:val="003D00F5"/>
+    <w:rsid w:val="003D6D0B"/>
+    <w:rsid w:val="003E55C9"/>
+    <w:rsid w:val="00410DEF"/>
+    <w:rsid w:val="0043142D"/>
+    <w:rsid w:val="004A1A8B"/>
+    <w:rsid w:val="004F6B4D"/>
+    <w:rsid w:val="00514B5D"/>
+    <w:rsid w:val="00527F71"/>
+    <w:rsid w:val="00546A6B"/>
+    <w:rsid w:val="00617EBE"/>
+    <w:rsid w:val="00623B48"/>
+    <w:rsid w:val="00630FBF"/>
+    <w:rsid w:val="00652B06"/>
+    <w:rsid w:val="006550A4"/>
+    <w:rsid w:val="00655E85"/>
+    <w:rsid w:val="0065654A"/>
+    <w:rsid w:val="00663913"/>
+    <w:rsid w:val="006B53CB"/>
+    <w:rsid w:val="00766014"/>
+    <w:rsid w:val="007E2508"/>
+    <w:rsid w:val="0085025B"/>
+    <w:rsid w:val="0089191A"/>
+    <w:rsid w:val="00894D02"/>
+    <w:rsid w:val="008E39D6"/>
+    <w:rsid w:val="008F1AEC"/>
+    <w:rsid w:val="00936691"/>
+    <w:rsid w:val="0094194D"/>
+    <w:rsid w:val="00954E05"/>
+    <w:rsid w:val="009677C2"/>
+    <w:rsid w:val="00971C30"/>
+    <w:rsid w:val="009C36CB"/>
+    <w:rsid w:val="009D307F"/>
+    <w:rsid w:val="00A20528"/>
+    <w:rsid w:val="00A71690"/>
+    <w:rsid w:val="00A872A9"/>
+    <w:rsid w:val="00AA14D2"/>
+    <w:rsid w:val="00AA3BF8"/>
+    <w:rsid w:val="00AA5C2A"/>
+    <w:rsid w:val="00AE0EFF"/>
+    <w:rsid w:val="00B43200"/>
+    <w:rsid w:val="00BA0202"/>
+    <w:rsid w:val="00BA4447"/>
+    <w:rsid w:val="00BE1EA6"/>
+    <w:rsid w:val="00C42F62"/>
+    <w:rsid w:val="00C5355D"/>
+    <w:rsid w:val="00CB4CC3"/>
+    <w:rsid w:val="00D0127E"/>
+    <w:rsid w:val="00D13B9A"/>
+    <w:rsid w:val="00DB4FE2"/>
+    <w:rsid w:val="00DE3843"/>
+    <w:rsid w:val="00E175D9"/>
+    <w:rsid w:val="00E93F11"/>
+    <w:rsid w:val="00ED4F3F"/>
+    <w:rsid w:val="00EE5583"/>
+    <w:rsid w:val="00EF1046"/>
+    <w:rsid w:val="00F01974"/>
+    <w:rsid w:val="00FB67EC"/>
+    <w:rsid w:val="00FB690A"/>
+    <w:rsid w:val="00FF392D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{1F0B260F-C809-4F5C-9994-686A282C0579}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{F3BAF2BA-AB2A-431C-AD9C-3BE78A681A57}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8288,51 +9382,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8357,51 +9451,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -8578,523 +9672,479 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005A59D0"/>
+    <w:rsid w:val="00E175D9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="footnote text"/>
-[...72 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA41A5"/>
+    <w:rsid w:val="00E175D9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A20528"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A20528"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00AA14D2"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA4447"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00702C80"/>
+    <w:rsid w:val="00BA4447"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/entrants/ent-kta-try-online/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edu.gov.kz/ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/about/filialy/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edu.gov.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://testcenter.kz/about/filialy/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/ru/entrants/ent-kta-try-online/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44D5B83A-690D-4BFA-8346-BC17F32BDD3D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CB7A76B-88B4-4726-9592-36F8AD49B839}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1371</Words>
-  <Characters>7820</Characters>
+  <Words>1414</Words>
+  <Characters>8066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
+  <Lines>67</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9173</CharactersWithSpaces>
+  <CharactersWithSpaces>9462</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Тогжан Жакыпова</dc:creator>
+  <dc:creator>Бахыт Амзеева</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>