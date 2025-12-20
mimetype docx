--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -2,6221 +2,5994 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0001182F" w:rsidRPr="0001182F" w:rsidRDefault="000F42B5" w:rsidP="0001182F">
-[...60 lines deleted...]
-    <w:p w:rsidR="0001182F" w:rsidRDefault="0001182F" w:rsidP="0001182F">
+    <w:p w:rsidR="00551D9C" w:rsidRPr="00551D9C" w:rsidRDefault="00551D9C" w:rsidP="00551D9C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:tabs>
-[...27 lines deleted...]
-    <w:p w:rsidR="0001182F" w:rsidRPr="00DE3843" w:rsidRDefault="00EC6AE9" w:rsidP="0001182F">
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00551D9C">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2017 жылғы ҰБТ – ның жаңа форматы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615A8F" w:rsidRPr="007C0438" w:rsidRDefault="00615A8F" w:rsidP="00551D9C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...55 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҰБТ – ның жаңа форматы </w:t>
+      </w:r>
+      <w:r w:rsidR="00551D9C" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектеп бітірушілер үшін Қорытынды аттестаттау</w:t>
+      </w:r>
+      <w:r w:rsidR="00025186">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ҚА)</w:t>
+      </w:r>
+      <w:r w:rsidR="00551D9C" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жоғары оқу орындарына түсушілер үшін Ұлттық бірыңғай тестілеу (ҰБТ) болып бөлінуімен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерекшеленеді</w:t>
+      </w:r>
+      <w:r w:rsidR="00551D9C" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0001182F" w:rsidRPr="00DE3843">
-[...50 lines deleted...]
-        <w:pStyle w:val="a9"/>
+    </w:p>
+    <w:p w:rsidR="00551D9C" w:rsidRPr="007C0438" w:rsidRDefault="00551D9C" w:rsidP="00551D9C">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRPr="007C0438" w:rsidRDefault="00551D9C" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6516B" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - мектеп түлектері </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0438" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 міндетті,  1 таңдау пәнінен тұратын, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6516B" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы орта білім берудің міндетті мемлекетті</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0438" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к бітіру емтихандарын тапсырады</w:t>
+      </w:r>
+      <w:r w:rsidR="00803DA5" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRPr="007C0438" w:rsidRDefault="00D6516B" w:rsidP="00803DA5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...47 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шамамен 29 мамыр </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 маусым аралығынд</w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а түлектердің оқу орнында өтеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRPr="007C0438" w:rsidRDefault="008718BE" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытын</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6516B" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды аттеста</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0438" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ттауды сәтті тапсырғандарға </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0881" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы орта </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...75 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімі туралы аттестат беріледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C77203" w:rsidRPr="007C0438" w:rsidRDefault="009B0881" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...1980 lines deleted...]
-    <w:p w:rsidR="008927EB" w:rsidRPr="00F47EF0" w:rsidRDefault="00DC590A" w:rsidP="00DD5775">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттеста</w:t>
+      </w:r>
+      <w:r w:rsidR="00803DA5" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ттау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы таңдау пәні ЖОО</w:t>
+      </w:r>
+      <w:r w:rsidR="00803DA5" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-на түсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кез</w:t>
+      </w:r>
+      <w:r w:rsidR="00803DA5" w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дегі </w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдалған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0438">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мамандыққа әсер етпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00196345" w:rsidRDefault="009B0881" w:rsidP="00C77203">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="00A47218" w:rsidRPr="00F47EF0" w:rsidRDefault="0089308D" w:rsidP="00DD5775">
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ағымдағы жылы ЖОО</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0438" w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на түс</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0438" w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у үшін ҰБТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0438" w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатыса</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0438" w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidR="00196345" w:rsidRPr="00196345">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C77203" w:rsidRDefault="00196345" w:rsidP="00196345">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...37 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77203">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы жылғы мектеп бітірушілер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77203">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AB1">
-[...36 lines deleted...]
-    <w:p w:rsidR="00A47218" w:rsidRPr="00F47EF0" w:rsidRDefault="0089308D" w:rsidP="00DD5775">
+    </w:p>
+    <w:p w:rsidR="00C77203" w:rsidRPr="00196345" w:rsidRDefault="00196345" w:rsidP="00196345">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="00A47218" w:rsidRPr="00F47EF0" w:rsidRDefault="0089308D" w:rsidP="00DD5775">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196345">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>азақ және орыс тілдерінде оқытпайтын жалпы біл</w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ім беретін мектеп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196345">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бітірушілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00196345" w:rsidRPr="00196345" w:rsidRDefault="00196345" w:rsidP="00196345">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...73 lines deleted...]
-    <w:p w:rsidR="00DD5775" w:rsidRPr="00BD79FB" w:rsidRDefault="00DD5775" w:rsidP="00DD5775">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196345">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еспубликалық музыка</w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196345">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектеп – интернаттарының бітірушілері</w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C77203" w:rsidRPr="005C4AC7" w:rsidRDefault="005C4AC7" w:rsidP="00196345">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге» үміткерлер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4AC7" w:rsidRDefault="00C77203" w:rsidP="00196345">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4AC7" w:rsidRPr="005C4AC7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы білім беретін пәндер бойынша халықаралық олимпиадалар мен ғылыми жобалар конкурстарының, орындаушылардың республикалық және халықаралық конкурстарының және спорттық жарыстардың</w:t>
+      </w:r>
+      <w:r w:rsidR="005C4AC7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соңғы үш жылдағы жеңімпаздары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4AC7" w:rsidRPr="005C4AC7" w:rsidRDefault="00196345" w:rsidP="00196345">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005C4AC7" w:rsidRPr="005C4AC7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алпы білім беретін пәндер бойынша ағымдағы жылғы Президенттік, республикалық олимпиадалар мен ғылыми жобалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстарының жеңімпаздары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4AC7" w:rsidRDefault="005C4AC7" w:rsidP="00196345">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4AC7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АҚ «Назарбаев зияткерлік мектебі» бітірушілері</w:t>
+      </w:r>
+      <w:r w:rsidR="00196345">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F576B5" w:rsidRPr="00196345" w:rsidRDefault="00196345" w:rsidP="00196345">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="005C4AC7" w:rsidRPr="005C4AC7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алықаралық мектеп бітірушілері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C77203" w:rsidRPr="005C4AC7" w:rsidRDefault="00C77203" w:rsidP="005C4AC7">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00BC2676" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="00DB18DB" w:rsidP="00DB18DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB18DB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ - ны</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң  мерзімі мен ұзақтығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB18DB" w:rsidRPr="00DB18DB" w:rsidRDefault="00781D2E" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...64 lines deleted...]
-      <w:pPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу ҰБТ өткізу пунктерінде (ҰБТӨП) 20 маусымнан 1 шілде аралығында өткізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB18DB" w:rsidRPr="002810EF" w:rsidRDefault="00DB18DB" w:rsidP="002810EF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау 10 наурыздан 10 мамырға дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="002810EF" w:rsidRDefault="00DB18DB" w:rsidP="002810EF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу 20 маусым 1 шілде аралығында;</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="002810EF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ-ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00717C56">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басталу уақыты  – сағат </w:t>
+      </w:r>
+      <w:r w:rsidR="00717C56" w:rsidRPr="008718BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00717C56">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жергілікті уақыт бойынша)</w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="002810EF" w:rsidRDefault="005A59D0" w:rsidP="002810EF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ-ға бөлінетін уақыт</w:t>
+      </w:r>
+      <w:r w:rsidR="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00884A26" w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00884A26" w:rsidRPr="008718BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="007F4E59" w:rsidRPr="008718BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сағат 50 мин</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE30D6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="009A62D2" w:rsidRDefault="00317076" w:rsidP="00025186">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...14 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="008718BE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>естіленушіге дәлелді себеппен (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әжетханаға, медициналық бөлмеге) шығуға тек уәкілетті тұлғаның алып жүруімен тестілеудің бірінші сағатынан кейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008718BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 сағ</w:t>
+      </w:r>
+      <w:r w:rsidR="00025186" w:rsidRPr="008718BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008718BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ішінде рұқсат етіледі. Осыдан кейін тестілеу аяқталғанша аудиториядан шығуға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317076" w:rsidRDefault="00317076" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD665A" w:rsidRDefault="00DB18DB" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD665A">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу барысында қауіпсіздікті қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002810EF" w:rsidRDefault="00CD665A" w:rsidP="00CD665A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD665A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу кезінд</w:t>
+      </w:r>
+      <w:r w:rsidR="00B37DDE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е тестіленушінің қауіпсіздігін қамтамасыз ету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD665A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алдын алу мақсатында   жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD665A" w:rsidRDefault="00593F9A" w:rsidP="00CD665A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD665A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арылғыш құрылғылардың бар жоғын анықтау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін ғимаратты тексеру</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD665A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C2D72" w:rsidRPr="00AD1CA6" w:rsidRDefault="002C2D72" w:rsidP="00DD5775">
-      <w:pPr>
+    <w:p w:rsidR="00CD665A" w:rsidRDefault="00593F9A" w:rsidP="00CD665A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тестілеуге кіру барысында </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD665A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00196345">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мета</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD665A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ліздегіштермен тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD665A" w:rsidRPr="00CD665A" w:rsidRDefault="00022636" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00AD1CA6" w:rsidRPr="00F47EF0" w:rsidRDefault="00AD1CA6" w:rsidP="00DD5775">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F078"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4D78" w:rsidRPr="007C4D78">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу барысында ҰБТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00593F9A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ның </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4D78" w:rsidRPr="007C4D78">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ашық</w:t>
+      </w:r>
+      <w:r w:rsidR="00593F9A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тығын</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4D78" w:rsidRPr="007C4D78">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және объективтілігін са</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қтау мақсатынд</w:t>
+      </w:r>
+      <w:r w:rsidR="00593F9A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а тұңшықтырғыш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құралдары мен </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4D78" w:rsidRPr="007C4D78">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейнебақылау құрылғылары қолданылады</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4D78">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002810EF" w:rsidRDefault="002810EF" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002810EF" w:rsidRDefault="00523FBC" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.Тестілеудің нәтижелерін жариялау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002810EF" w:rsidRDefault="002810EF" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B6332" w:rsidRPr="002810EF" w:rsidRDefault="00717C56" w:rsidP="005A59D0">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мтихан материалдарын өңдеу аяқталған соң тестілеу </w:t>
+      </w:r>
+      <w:r w:rsidR="000D2601" w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтиже</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6332" w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лерін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6332" w:rsidRPr="002810EF" w:rsidRDefault="002B6332" w:rsidP="002810EF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТӨП ақпараттық қабырғаларында (емтихан ведомостері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="002810EF" w:rsidRDefault="005A59D0" w:rsidP="002810EF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық тестілеу орталығының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00803DA5">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>www.testcenter.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00803DA5">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сайтында. </w:t>
+      </w:r>
+      <w:r w:rsidR="00523FBC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестіленуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810EF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесін сайт арқылы көру үшін ТЖК (рұқсаттамада көрсетілген) мен ЖСН енгізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB18DB" w:rsidRDefault="00DB18DB" w:rsidP="00025186">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002810EF" w:rsidRPr="00DB18DB" w:rsidRDefault="002810EF" w:rsidP="00DB18DB">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...204 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DD5775">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46ADC">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...24 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        <w:t>. Апелляция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00984E00" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...652 lines deleted...]
-        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...99 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу нәтижелері бойынша</w:t>
+      </w:r>
+      <w:r w:rsidR="00984E00" w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келіспеушілік болғанда  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008239A8">
-[...63 lines deleted...]
-          <w:szCs w:val="17"/>
+      <w:r w:rsidR="002B6332" w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тестіленушінің өзі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6332" w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесі күнгі сағат 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейін</w:t>
+      </w:r>
+      <w:r w:rsidR="00984E00" w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҰБТӨП – де </w:t>
+      </w:r>
+      <w:r w:rsidR="00984E00" w:rsidRPr="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аппелляциялық комиссияға бере алады</w:t>
+      </w:r>
+      <w:r w:rsidR="00984E00">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002554A9">
-[...223 lines deleted...]
-        <w:keepNext/>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:spacing w:before="120" w:after="120" w:line="230" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Апелляцияға өтініш беру барысында тестілеу нәтижесімен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келіспеуінің дәлелін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(себебін және негіздемесін) көрсету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:contextualSpacing/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46ADC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46ADC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="002B6332" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-        <w:contextualSpacing/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҰБТ </w:t>
+      </w:r>
+      <w:r w:rsidR="000D2601">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтиже</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6332">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сі туралы сертификат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6332" w:rsidRPr="002B6332" w:rsidRDefault="002B6332" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификаттың жарамдылық мерзімі – ағымдағы жылдың 31 желтоқсанына дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="002B6332" w:rsidRDefault="002B6332" w:rsidP="002B6332">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификатты ламинаттауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00025186" w:rsidRDefault="00025186" w:rsidP="002B6332">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB371B" w:rsidRDefault="002B6332" w:rsidP="00025186">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F26DFB" w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ығармашылық </w:t>
+      </w:r>
+      <w:r w:rsidR="006E04FA">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(арнаулы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26DFB" w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB371B" w:rsidRPr="00317076" w:rsidRDefault="00FB371B" w:rsidP="00317076">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық дайындықты талап етуші мамандықтарға түсушілер шығармашылық емтихан тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00425171" w:rsidRPr="00317076" w:rsidRDefault="00425171" w:rsidP="00317076">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шығармашылық </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF64FF" w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емтихан ө</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00CF64FF" w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ткізілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мамандықтар тізбесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF64FF" w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және емтихандарды өткізу тәртібін уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRPr="002810EF" w:rsidRDefault="00CF64FF" w:rsidP="00317076">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық емтихан және өтініштерді қабылдау  оқуға жоспарланған ЖОО-да тапсырылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002810EF" w:rsidRDefault="002810EF" w:rsidP="00317076">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00CB7532" w:rsidRPr="000F04C1" w:rsidRDefault="00CB7532" w:rsidP="00CB7532">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық емтиханның мерзімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002810EF" w:rsidRPr="00D44E06" w:rsidRDefault="002810EF" w:rsidP="00D44E06">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w:rsidR="00CB7532" w:rsidRPr="000F04C1" w:rsidRDefault="00CB7532" w:rsidP="00CB7532">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D44E06">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау: 20 маусымнан 7 шілдеге дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002810EF" w:rsidRPr="00D44E06" w:rsidRDefault="002810EF" w:rsidP="00D44E06">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D44E06">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Емтихан 8 шілдеден 13 шілдеге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F26CD4" w:rsidRDefault="0015319F" w:rsidP="00F26CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық мамандықтарға түсетін бітірушілер үшін:</w:t>
+      </w:r>
+      <w:r w:rsidR="006847EC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы, оқу сауаттылығы (оқу тілі) тестілеу бөлімі бойынша баллдар ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A569D0" w:rsidRPr="00D44E06" w:rsidRDefault="009A62D2" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...31 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D44E06">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір ш</w:t>
+      </w:r>
+      <w:r w:rsidR="0015319F" w:rsidRPr="00D44E06">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ығармашылық емтиханнан жоғарғы балл – 40.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRPr="00D44E06" w:rsidRDefault="006E04FA" w:rsidP="009A62D2">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...41 lines deleted...]
-          <w:u w:val="single"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...61 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шығармашылық емтихан ескергендегі  максималды </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5AA5" w:rsidRPr="00D44E06">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балл – 120.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00073196" w:rsidRPr="00983D0A" w:rsidRDefault="00073196" w:rsidP="0015319F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық мамандықтарға түсуге жоспарлаған бітірушілер үшін бір арнайы емтихан (педагогикалық жағдайды шешу)  ЖОО орнында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00073196" w:rsidRPr="00983D0A" w:rsidRDefault="00073196" w:rsidP="009A62D2">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...31 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Арнаулы емтиханның</w:t>
+      </w:r>
+      <w:r w:rsidR="0015319F" w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00073196" w:rsidRPr="00983D0A" w:rsidRDefault="00073196" w:rsidP="009A62D2">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...91 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау және емтихан 20 маусым нан 18 тамыз аралығында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRPr="00C15E0B" w:rsidRDefault="00D356E3" w:rsidP="009A62D2">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...31 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Арнаулы емтихан «өтті» немесе «өтпеді» деп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15E0B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00984E00" w:rsidRPr="00C15E0B" w:rsidRDefault="0014143F" w:rsidP="009A62D2">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15E0B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнаулы емтиханның нәтижелері бойынша оқуға түсушіге қабылдану орны бойынша жоғары оқу орынына ұсыну үшін ведомстан көшірме беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D5FE1" w:rsidRPr="00C15E0B" w:rsidRDefault="003D5FE1" w:rsidP="003D5FE1">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC3784" w:rsidRPr="00983D0A" w:rsidRDefault="003D07D0" w:rsidP="00987438">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00616CBC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.Жоғар</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3784" w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы оқу орындарына түсушілер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC3784" w:rsidRPr="00DC3784" w:rsidRDefault="00DC3784" w:rsidP="00DC3784">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="002C06BF" w:rsidRDefault="002C06BF" w:rsidP="002C06BF">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F078"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007676B6">
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР жоғарғы оқу орындарына қабылдау </w:t>
+      </w:r>
+      <w:r w:rsidR="00616CBC">
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келесі жолдармен </w:t>
+      </w:r>
+      <w:r w:rsidR="007676B6">
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүзеге </w:t>
+      </w:r>
+      <w:r w:rsidR="007676B6" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асырылады:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00331FEF" w:rsidRPr="002C06BF" w:rsidRDefault="0093778B" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...72 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік білім беру тапсырысын (білім беру гранттары) орналастыру арқылы</w:t>
+      </w:r>
+      <w:r w:rsidR="0093368A" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00331FEF" w:rsidRPr="002C06BF" w:rsidRDefault="00887BE0" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...80 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="007676B6" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заматтардың өз қаражатынан және басқа көздер есебінен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00616CBC" w:rsidRDefault="007676B6" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00616CBC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру гранттары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс негізінд</w:t>
+      </w:r>
+      <w:r w:rsidR="00616CBC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е ҰБТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRPr="002C06BF" w:rsidRDefault="00616CBC" w:rsidP="00616CBC">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...18 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сертификатындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00887BE0" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бал</w:t>
+      </w:r>
+      <w:r w:rsidR="007676B6" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арға</w:t>
+      </w:r>
+      <w:r w:rsidR="007676B6" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007676B6" w:rsidRPr="002C06BF" w:rsidRDefault="00616CBC" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...32 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...18 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нақты мамандындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="007676B6" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007676B6" w:rsidRPr="002C06BF" w:rsidRDefault="007676B6" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіл бөліміне қарай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007676B6" w:rsidRPr="002C06BF" w:rsidRDefault="00887BE0" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...30 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту түріне қарай</w:t>
+      </w:r>
+      <w:r w:rsidR="007676B6" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D229C" w:rsidRPr="002C06BF" w:rsidRDefault="002C06BF" w:rsidP="002C06BF">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F078"/>
+      </w:r>
+      <w:r w:rsidR="006462EE" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0076311D" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жоо </w:t>
+      </w:r>
+      <w:r w:rsidR="00616CBC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқуға түсуші </w:t>
+      </w:r>
+      <w:r w:rsidR="0076311D" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылдау комиссиясына</w:t>
+      </w:r>
+      <w:r w:rsidR="005D229C" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тағайындау конкурсына</w:t>
+      </w:r>
+      <w:r w:rsidR="0076311D" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысу үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00616CBC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тапсырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="002C06BF" w:rsidRDefault="00887BE0" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00616CBC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рнайы белгіленген бланктегі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="002C06BF" w:rsidRDefault="00887BE0" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...58 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2010" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілімі жайлы құжат (түпнұсқа)</w:t>
+      </w:r>
+      <w:r w:rsidR="00616CBC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="002C06BF" w:rsidRDefault="00DE2010" w:rsidP="002C06BF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ сертификаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00616CBC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="002C06BF" w:rsidRDefault="00616CBC" w:rsidP="002C06BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:t>ведомости</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 фотосурет (көлемі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2010" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3х4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...56 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F01503" w:rsidRPr="002C06BF" w:rsidRDefault="00F01503" w:rsidP="002C06BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...54 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F01503">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>086-У нысандағы медициналық анықтама</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01503">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="002C06BF" w:rsidRDefault="00887BE0" w:rsidP="002C06BF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:hanging="76"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F01503">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2010" w:rsidRPr="00F01503">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еке куәлік</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2010" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (көшірмесі)</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF0AE9" w:rsidRDefault="00DE2010" w:rsidP="00946B3D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...128 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00946B3D" w:rsidRPr="002C06BF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру гранттарын тағайындау</w:t>
+      </w:r>
+      <w:r w:rsidR="00946B3D" w:rsidRPr="00946B3D">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша конкурсқа өтініштер</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ді </w:t>
+      </w:r>
+      <w:r w:rsidR="00946B3D" w:rsidRPr="00946B3D">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдау 23-31 шілде аралығында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="00EF0AE9" w:rsidRDefault="00DE2010" w:rsidP="00EF0AE9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...77 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF0AE9">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...113 lines deleted...]
-    <w:p w:rsidR="00F25B4E" w:rsidRPr="00E936AB" w:rsidRDefault="00F25B4E" w:rsidP="00F25B4E">
+      <w:r w:rsidR="00EF0AE9" w:rsidRPr="00EF0AE9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурста ҰБТ пәнде</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рінің 1 және 2 блок  бөлімдері</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0AE9" w:rsidRPr="00EF0AE9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, шығармашылық мамандықтар үшін 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>блок бөлімдері</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0AE9" w:rsidRPr="00EF0AE9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан тарихы және  оқу сауаттылығы (оқу тілі) және шығармашылық емтихандар бойынша бал</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0AE9" w:rsidRPr="00EF0AE9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дары есепке алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="00E81B33" w:rsidRDefault="00443370" w:rsidP="00946B3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...319 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E81B33">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс нәтижесінде білім гранты тағайындалғандығы туралы куәлік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="00DE2010" w:rsidRDefault="00DE2010" w:rsidP="00DE2010">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2010">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру грантының иегерлерінің тізімі 10 тамыздан с</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оң бұқаралық ақпарат құралдарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2010">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  («Егемен Қазақстан», «Казахстанская правда»), сонымен қатар Ұлттық тестілеу</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығының www.testcenter.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2010">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайтында жарияланады</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2010">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2010" w:rsidRPr="00DE2010" w:rsidRDefault="00DE2010" w:rsidP="00DE2010">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00F25B4E" w:rsidRPr="004B0592" w:rsidRDefault="00F25B4E" w:rsidP="00F25B4E">
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2010">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRDefault="003D07D0" w:rsidP="006462EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="006462EE" w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00946B3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖОО – на түсудің икемді шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053536B" w:rsidRPr="00983D0A" w:rsidRDefault="0053536B" w:rsidP="006462EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRPr="00726CBF" w:rsidRDefault="00D44E06" w:rsidP="00331FEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ – ны қайта тапсыру арқылы ЖОО –ның ақылы бөліміне түсуге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0093368A" w:rsidRPr="00726CBF" w:rsidRDefault="00D44E06" w:rsidP="00D44E06">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шектік баллды</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алмағандар, нәтижелері жойылғандар және ҰБТ – ға қатыспағандар ҰБТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00475932">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайта тапсыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRPr="00726CBF" w:rsidRDefault="00272E55" w:rsidP="00331FEF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ қайта тапсыру мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidR="006462EE" w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRPr="0093368A" w:rsidRDefault="006462EE" w:rsidP="0093368A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініштерді қабылдау 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 8 тамыз аралығында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRDefault="003168B0" w:rsidP="0093368A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу 19 -</w:t>
+      </w:r>
+      <w:r w:rsidR="006462EE" w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24 </w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тамыз аралығында </w:t>
+      </w:r>
+      <w:r w:rsidR="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өткізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="006462EE" w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00726CBF" w:rsidRPr="00272E55" w:rsidRDefault="00726CBF" w:rsidP="00726CBF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> свидетельств</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ҰБТ қай</w:t>
+      </w:r>
+      <w:r w:rsidR="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та тапсыру кезінде шектік балды ала </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00F25B4E" w:rsidRPr="00144970" w:rsidRDefault="00F25B4E" w:rsidP="00F25B4E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алмаған түсушілер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бірінші академиялық кезеңі аяқталғаннан кейін </w:t>
+      </w:r>
+      <w:r w:rsidR="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тестілеуді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қайта тапсыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003168B0" w:rsidRPr="00726CBF" w:rsidRDefault="003168B0" w:rsidP="00272E55">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ қайта тапсыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55" w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003168B0" w:rsidRPr="00272E55" w:rsidRDefault="00541950" w:rsidP="00272E55">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау 5 -</w:t>
+      </w:r>
+      <w:r w:rsidR="003168B0" w:rsidRPr="00272E55">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 қаңтарға дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003168B0" w:rsidRPr="00983D0A" w:rsidRDefault="003168B0" w:rsidP="00272E55">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тестілеу 20 - 24 қаңтар аралығында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053536B" w:rsidRDefault="0053536B" w:rsidP="0053536B">
+      <w:pPr>
         <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0053536B" w:rsidRDefault="003D07D0" w:rsidP="0053536B">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00102D5F">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.Білім беру кредиті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRPr="00604E92" w:rsidRDefault="00726CBF" w:rsidP="007404CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00604E92" w:rsidRPr="00726CBF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім беру кредиті</w:t>
+      </w:r>
+      <w:r w:rsidR="00604E92" w:rsidRPr="00604E92">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – қаржы ұйымдары</w:t>
+      </w:r>
+      <w:r w:rsidR="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidR="00604E92" w:rsidRPr="00604E92">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімділік, ақылылық және қайтарымдылық шарттарында оқу ақысын төлеу үшін қарыз алушыға беретін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00604E92" w:rsidRDefault="00604E92" w:rsidP="001D5FC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Несие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604E92">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстанның әр ірі қалаларының банк-серіктестері бөлімшелерінде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E758E8" w:rsidRPr="00604E92" w:rsidRDefault="007404CF" w:rsidP="001D5FC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604E92">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5FC6" w:rsidRPr="00604E92">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>редит талапкер/студенттің атына ресімделеді, яғни оқу ақысын төлеу бойынша жауапкершілік ата-анадан талапкердің/студенттің өзіне жүктеледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRPr="007404CF" w:rsidRDefault="007404CF" w:rsidP="007404CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру кредитін алу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRPr="00541950" w:rsidRDefault="00541950" w:rsidP="00541950">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00353646" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қадам</w:t>
+      </w:r>
+      <w:r w:rsidR="007404CF" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00353646" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- кеңес алу үшін «Қаржы орт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алығы» АҚ немесе банк-серіктесімен хабарласу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRPr="00541950" w:rsidRDefault="00541950" w:rsidP="00541950">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00353646" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қадам -</w:t>
+      </w:r>
+      <w:r w:rsidR="007404CF" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00353646" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажетті құжаттарды банк-серіктеске ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRPr="00541950" w:rsidRDefault="00541950" w:rsidP="00541950">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.қадам </w:t>
+      </w:r>
+      <w:r w:rsidR="00353646" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007404CF" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00353646" w:rsidRPr="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>банктің және Қаржы орталығының оң шешімінен кейін несие сомасын оқу орнының есебіне аудару жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00924F33" w:rsidRDefault="00102D5F" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00102D5F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кредитті рәсімдеу үшін Қарыз алушыдан талап етілетін құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D5FC6" w:rsidRDefault="001D5FC6" w:rsidP="001D5FC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5FC6">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еке куәлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D5FC6" w:rsidRDefault="001D5FC6" w:rsidP="001D5FC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұрғылықты жері бойынша тіркелгендігін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D5FC6" w:rsidRDefault="00541950" w:rsidP="001D5FC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5FC6">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ сертификаты (нотариалды куәландырылған көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D5FC6" w:rsidRDefault="00541950" w:rsidP="001D5FC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алу </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5FC6">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5FC6">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>месе</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5FC6">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу кезеңіне оқудың құны көрсетілген төлеу шоты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="001D5FC6" w:rsidRDefault="001D5FC6" w:rsidP="001D5FC6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарыз алушыдан 18 жасқа толмаған жағдайда ата-</w:t>
+      </w:r>
+      <w:r w:rsidR="00541950">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>анасының (заңды қамқоршыларының)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарыз алуға нотариалды куәландырылған келісімі, сондай-ақ Банк сұратқан жағдайда басқа да құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="00102D5F" w:rsidRDefault="00102D5F" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00102D5F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кредитті рәсімдеу үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="00541950">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосалқы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00102D5F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарыз алушыдан талап етілетін құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00102D5F" w:rsidRDefault="00102D5F" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00102D5F">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке куәлік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00102D5F" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұрғылықты жері бойынша тіркелгендігін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00102D5F" w:rsidRDefault="00102D5F" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Табысы туралы жұмыс орнынан анықтама қағазы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00102D5F" w:rsidRDefault="00102D5F" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке з</w:t>
+      </w:r>
+      <w:r w:rsidR="00541950">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ейнетақы шотынан соңғы алты ай бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үзінді көшірме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00102D5F" w:rsidRDefault="00102D5F" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Банк талап еткен жағдайда басқа да құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRPr="00484632" w:rsidRDefault="003D07D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00484632">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім беру кредиті туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толық ақпарат</w:t>
+      </w:r>
+      <w:r w:rsidR="00484632" w:rsidRPr="00484632">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00144970">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00484632" w:rsidRPr="00A62E7E">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>www.fincenter.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00484632">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайтында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00484632" w:rsidRDefault="00484632" w:rsidP="00102D5F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRPr="001478A6" w:rsidRDefault="00541950" w:rsidP="00E33845">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(м</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000" w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әліметтер ҰБТ – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ны өткізу тәртібі белгіленген Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000" w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Р </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000" w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000" w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заңы және басқа да  нормативті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к құжаттарға сәйкес көрсетілген (өзгерістер болуы</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000" w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001478A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRPr="001478A6" w:rsidRDefault="00983D0A" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRDefault="00983D0A" w:rsidP="00983D0A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRDefault="007404CF" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRDefault="007404CF" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRDefault="007404CF" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007404CF" w:rsidRDefault="007404CF" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00983D0A" w:rsidRDefault="005A59D0" w:rsidP="00D63A4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRPr="00983D0A" w:rsidRDefault="00983D0A" w:rsidP="00D63A4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="00983D0A" w:rsidRDefault="00110651" w:rsidP="00D63A4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық тестілеу орталығ</w:t>
+      </w:r>
+      <w:r w:rsidR="00983D0A" w:rsidRPr="00983D0A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRDefault="00983D0A" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983D0A" w:rsidRDefault="00983D0A" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="00983D0A" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...73 lines deleted...]
-    <w:sectPr w:rsidR="00A0750D" w:rsidRPr="00263A99" w:rsidSect="00AB1918">
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АТА – АНАЛАР </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖАДЫНАМАСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық бірыңғай тестілеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E81B33" w:rsidRDefault="00E81B33" w:rsidP="00022636">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="00110651" w:rsidRDefault="00022636" w:rsidP="00541950">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D66B9" w:rsidRDefault="000D66B9" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D66B9" w:rsidRPr="003A0B1F" w:rsidRDefault="000D66B9" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000D66B9" w:rsidRPr="003A0B1F" w:rsidSect="005A59D0">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
-      <w:pgMar w:top="624" w:right="340" w:bottom="510" w:left="340" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="360" w:right="601" w:bottom="284" w:left="601" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="3" w:space="510"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -6224,760 +5997,376 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="mso5"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="03FA39F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7A9C3500"/>
-    <w:lvl w:ilvl="0" w:tplc="A4C0E05E">
+    <w:tmpl w:val="122202D6"/>
+    <w:lvl w:ilvl="0" w:tplc="3CE68D94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
-[...1 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1866"/>
+        </w:tabs>
+        <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
-[...1 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2586"/>
+        </w:tabs>
+        <w:ind w:left="2586" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...1 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="3306"/>
+        </w:tabs>
+        <w:ind w:left="3306" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
-[...1 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="4026"/>
+        </w:tabs>
+        <w:ind w:left="4026" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
-[...1 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="4746"/>
+        </w:tabs>
+        <w:ind w:left="4746" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
-[...1 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="5466"/>
+        </w:tabs>
+        <w:ind w:left="5466" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
-[...1 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="6186"/>
+        </w:tabs>
+        <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
-[...1 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="6906"/>
+        </w:tabs>
+        <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="08607C79"/>
-[...147 lines deleted...]
-  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0AF45E22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="37402106"/>
-    <w:lvl w:ilvl="0" w:tplc="32729BDC">
+    <w:tmpl w:val="8CBA27E4"/>
+    <w:lvl w:ilvl="0" w:tplc="77CE869A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-[...137 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
-[...106 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:lvl w:ilvl="1" w:tplc="D47C2B10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="14F07431"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E0EE74E"/>
     <w:lvl w:ilvl="0" w:tplc="E45C3386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7049,3178 +6438,1584 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="16AD1BB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="22C65F88"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="1B5256C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F496BB86"/>
+    <w:lvl w:ilvl="0" w:tplc="A8C87A18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="1BDB4D1E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8092DD1C"/>
+    <w:lvl w:ilvl="0" w:tplc="60AE8130">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="15F87D5F"/>
+    <w:nsid w:val="21451F48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DB306EE0"/>
-    <w:lvl w:ilvl="0" w:tplc="E45C3386">
+    <w:tmpl w:val="900EDC12"/>
+    <w:lvl w:ilvl="0" w:tplc="5C9E75AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1374" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2094" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2814" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4254" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4974" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5694" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6414" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="2E4018DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4CA556A"/>
+    <w:lvl w:ilvl="0" w:tplc="00EE261E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="35A12944"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EBA4AA5E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="4DA73D7F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F4090A4"/>
+    <w:lvl w:ilvl="0" w:tplc="4F1EB352">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="66DD6B3F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E94229B2"/>
+    <w:lvl w:ilvl="0" w:tplc="F79A8B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="67770D5B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0281998"/>
+    <w:lvl w:ilvl="0" w:tplc="3AD0AC46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="6858586E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6980B94A"/>
+    <w:lvl w:ilvl="0" w:tplc="60AE8130">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CC3CAE70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F1ACF21C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CC3CAE70">
-[...26 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+    <w:lvl w:ilvl="3" w:tplc="E45C3386">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-[...100 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:lvl w:ilvl="4" w:tplc="00EE261E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-[...70 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="21451F48"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="76BA1C2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8902868A"/>
-[...236 lines deleted...]
-        <w:ind w:left="1146" w:hanging="360"/>
+    <w:tmpl w:val="A4340040"/>
+    <w:lvl w:ilvl="0" w:tplc="00DA125E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1866" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2586" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3306" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4026" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4746" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5466" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6186" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6906" w:hanging="360"/>
-[...260 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
-      </w:pPr>
-[...2020 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-[...5 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6">
-[...33 lines deleted...]
-  </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="21"/>
-[...37 lines deleted...]
-  <w:num w:numId="27">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0099378C"/>
-[...84 lines deleted...]
-    <w:rsid w:val="00FF2615"/>
+    <w:rsidRoot w:val="00972765"/>
+    <w:rsid w:val="00022636"/>
+    <w:rsid w:val="00025186"/>
+    <w:rsid w:val="00073196"/>
+    <w:rsid w:val="000D2601"/>
+    <w:rsid w:val="000D66B9"/>
+    <w:rsid w:val="00102D5F"/>
+    <w:rsid w:val="0010357A"/>
+    <w:rsid w:val="00110651"/>
+    <w:rsid w:val="0014143F"/>
+    <w:rsid w:val="001478A6"/>
+    <w:rsid w:val="0015319F"/>
+    <w:rsid w:val="00196345"/>
+    <w:rsid w:val="001B2829"/>
+    <w:rsid w:val="001D5FC6"/>
+    <w:rsid w:val="001E1D4D"/>
+    <w:rsid w:val="001F5A69"/>
+    <w:rsid w:val="00272E55"/>
+    <w:rsid w:val="002810EF"/>
+    <w:rsid w:val="002B3F8F"/>
+    <w:rsid w:val="002B6332"/>
+    <w:rsid w:val="002C06BF"/>
+    <w:rsid w:val="002E5AA5"/>
+    <w:rsid w:val="002F7000"/>
+    <w:rsid w:val="003168B0"/>
+    <w:rsid w:val="00317076"/>
+    <w:rsid w:val="00331FEF"/>
+    <w:rsid w:val="00353646"/>
+    <w:rsid w:val="00354A0F"/>
+    <w:rsid w:val="00390194"/>
+    <w:rsid w:val="003C38C3"/>
+    <w:rsid w:val="003D07D0"/>
+    <w:rsid w:val="003D5FE1"/>
+    <w:rsid w:val="003E7BF5"/>
+    <w:rsid w:val="00425171"/>
+    <w:rsid w:val="00443370"/>
+    <w:rsid w:val="00463AB0"/>
+    <w:rsid w:val="00467687"/>
+    <w:rsid w:val="00470FEB"/>
+    <w:rsid w:val="00475932"/>
+    <w:rsid w:val="00484632"/>
+    <w:rsid w:val="00523FBC"/>
+    <w:rsid w:val="0053536B"/>
+    <w:rsid w:val="00541950"/>
+    <w:rsid w:val="00551D9C"/>
+    <w:rsid w:val="00576B0E"/>
+    <w:rsid w:val="00593F9A"/>
+    <w:rsid w:val="005A59D0"/>
+    <w:rsid w:val="005A7082"/>
+    <w:rsid w:val="005C4AC7"/>
+    <w:rsid w:val="005D229C"/>
+    <w:rsid w:val="00601899"/>
+    <w:rsid w:val="00604E92"/>
+    <w:rsid w:val="00615A8F"/>
+    <w:rsid w:val="00616CBC"/>
+    <w:rsid w:val="006462EE"/>
+    <w:rsid w:val="006812D6"/>
+    <w:rsid w:val="006847EC"/>
+    <w:rsid w:val="006879E8"/>
+    <w:rsid w:val="006E04FA"/>
+    <w:rsid w:val="006E66AB"/>
+    <w:rsid w:val="00717083"/>
+    <w:rsid w:val="00717C56"/>
+    <w:rsid w:val="00726CBF"/>
+    <w:rsid w:val="00734E25"/>
+    <w:rsid w:val="007404CF"/>
+    <w:rsid w:val="00746E4D"/>
+    <w:rsid w:val="00755593"/>
+    <w:rsid w:val="0076311D"/>
+    <w:rsid w:val="007676B6"/>
+    <w:rsid w:val="00781D2E"/>
+    <w:rsid w:val="00795D70"/>
+    <w:rsid w:val="007C0438"/>
+    <w:rsid w:val="007C4D78"/>
+    <w:rsid w:val="007D429D"/>
+    <w:rsid w:val="007F2A63"/>
+    <w:rsid w:val="007F4E59"/>
+    <w:rsid w:val="00803DA5"/>
+    <w:rsid w:val="0085197F"/>
+    <w:rsid w:val="008556C8"/>
+    <w:rsid w:val="008718BE"/>
+    <w:rsid w:val="00884A26"/>
+    <w:rsid w:val="00887BE0"/>
+    <w:rsid w:val="008900C1"/>
+    <w:rsid w:val="00892ED3"/>
+    <w:rsid w:val="008A6752"/>
+    <w:rsid w:val="008C40DD"/>
+    <w:rsid w:val="00903759"/>
+    <w:rsid w:val="00924F33"/>
+    <w:rsid w:val="00927862"/>
+    <w:rsid w:val="0093368A"/>
+    <w:rsid w:val="0093778B"/>
+    <w:rsid w:val="00946B3D"/>
+    <w:rsid w:val="009654A4"/>
+    <w:rsid w:val="00972765"/>
+    <w:rsid w:val="00983D0A"/>
+    <w:rsid w:val="00984E00"/>
+    <w:rsid w:val="00987438"/>
+    <w:rsid w:val="00994E96"/>
+    <w:rsid w:val="009A62D2"/>
+    <w:rsid w:val="009B0881"/>
+    <w:rsid w:val="00A360C3"/>
+    <w:rsid w:val="00A569D0"/>
+    <w:rsid w:val="00A60487"/>
+    <w:rsid w:val="00AA1139"/>
+    <w:rsid w:val="00B243F0"/>
+    <w:rsid w:val="00B37DDE"/>
+    <w:rsid w:val="00B67AA1"/>
+    <w:rsid w:val="00B74079"/>
+    <w:rsid w:val="00BC6095"/>
+    <w:rsid w:val="00C15E0B"/>
+    <w:rsid w:val="00C45596"/>
+    <w:rsid w:val="00C77203"/>
+    <w:rsid w:val="00CD665A"/>
+    <w:rsid w:val="00CF64FF"/>
+    <w:rsid w:val="00D02C5A"/>
+    <w:rsid w:val="00D0736F"/>
+    <w:rsid w:val="00D17100"/>
+    <w:rsid w:val="00D2572E"/>
+    <w:rsid w:val="00D33E41"/>
+    <w:rsid w:val="00D356E3"/>
+    <w:rsid w:val="00D44E06"/>
+    <w:rsid w:val="00D56548"/>
+    <w:rsid w:val="00D63A4C"/>
+    <w:rsid w:val="00D6516B"/>
+    <w:rsid w:val="00D65CE6"/>
+    <w:rsid w:val="00DB18DB"/>
+    <w:rsid w:val="00DC3784"/>
+    <w:rsid w:val="00DE0289"/>
+    <w:rsid w:val="00DE2010"/>
+    <w:rsid w:val="00E25C09"/>
+    <w:rsid w:val="00E33845"/>
+    <w:rsid w:val="00E758E8"/>
+    <w:rsid w:val="00E81B33"/>
+    <w:rsid w:val="00EE30D6"/>
+    <w:rsid w:val="00EF0AE9"/>
+    <w:rsid w:val="00EF3E82"/>
+    <w:rsid w:val="00EF482B"/>
+    <w:rsid w:val="00F01503"/>
+    <w:rsid w:val="00F26CD4"/>
+    <w:rsid w:val="00F26DFB"/>
+    <w:rsid w:val="00F576B5"/>
+    <w:rsid w:val="00F66EFB"/>
+    <w:rsid w:val="00FA41A5"/>
+    <w:rsid w:val="00FA64CE"/>
+    <w:rsid w:val="00FB371B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{233EE50B-D693-4E3F-8067-2DEBAFAF202E}"/>
+  <w15:docId w15:val="{2D9F76AC-5B9F-4687-BD71-06A493832E76}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10573,353 +8368,186 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DD5775"/>
+    <w:rsid w:val="005A59D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DD5775"/>
+    <w:rsid w:val="005A59D0"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст сноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DD5775"/>
+    <w:rsid w:val="005A59D0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Основной шрифт абзаца1"/>
-    <w:rsid w:val="00DD5775"/>
+    <w:rsid w:val="005A59D0"/>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00DD5775"/>
+    <w:rsid w:val="005A59D0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DD5775"/>
+    <w:rsid w:val="005A59D0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DD5775"/>
+    <w:rsid w:val="005A59D0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DD5775"/>
+    <w:rsid w:val="005A59D0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A25214"/>
+    <w:rsid w:val="00FA41A5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...44 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:divs>
-[...120 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004991_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fincenter.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11176,82 +8804,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A0896E3-42A8-4461-BDA2-987554B9D622}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{051B435E-C745-4D60-B9BB-CED9EC664195}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1253</Words>
-  <Characters>7145</Characters>
+  <Words>1188</Words>
+  <Characters>6777</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8382</CharactersWithSpaces>
+  <CharactersWithSpaces>7950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Тогжан Жакыпова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>