--- v0 (2025-12-05)
+++ v1 (2026-01-16)
@@ -2,6946 +2,6385 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
-[...1 lines deleted...]
-        <w:spacing w:after="120"/>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00884A26">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Внимание!!!</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тестілеуге өтініш беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054546A" w:rsidRDefault="005A59D0" w:rsidP="0054546A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="360"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...41 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық бі</w:t>
+      </w:r>
+      <w:r w:rsidR="00467687">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рыңғай тестілеуге (ҰБТ) қ</w:t>
+      </w:r>
+      <w:r w:rsidR="0054546A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атысу үшін өтініштер </w:t>
+      </w:r>
+      <w:r w:rsidR="00467687">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10 наурыз бен 10 мамыр аралығында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB4CC3" w:rsidRPr="00DE3843">
-[...94 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      <w:r w:rsidR="00467687" w:rsidRPr="00467687">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>белгіленген үлгідегі бланкіде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="0054546A" w:rsidRDefault="0054546A" w:rsidP="0054546A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="360"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...291 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054546A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініш </w:t>
+      </w:r>
+      <w:r w:rsidR="00702C80" w:rsidRPr="0054546A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алып жатқан білім беру мекемесінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054546A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толтырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00702C80" w:rsidRPr="0054546A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="360"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...98 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш беру үшін қажетті құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...33 lines deleted...]
-    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00DE3843">
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-          <w:tab w:val="num" w:pos="0"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 фотосурет (3х4 өлшемді)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш деректер базасына енгізілгеннен кейін</w:t>
+      </w:r>
+      <w:r w:rsidR="00467687">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестіленушіге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бітірушінің тіркелгендігі жөнінде анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00467687" w:rsidRDefault="005A59D0" w:rsidP="00467687">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тестілеуге кіруге рұқсаттама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="0054546A" w:rsidP="0054546A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тіркелу анықтамасын алғаннан кейін аты-жөніңіздің, әкеңіздің атының дұрыс жазылғанын тексеріңіз, себебі бұл мәліметтер сертификатқа және білім беру грантының куәлігіне жазылады және жеке басыңызды ку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әландыратын құжатқа сәйкес болуы </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қажет.  </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ-ны өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00994E96" w:rsidRPr="00994E96" w:rsidRDefault="005F746A" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ пәндері 2 блоктан</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 5 пәннен </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66EFB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұрады </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3 міндетті пән және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандау</w:t>
+      </w:r>
+      <w:r w:rsidR="00F66EFB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бо</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6F71">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="00F66EFB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ынша </w:t>
+      </w:r>
+      <w:r w:rsidR="00994E96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F66EFB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бейінді</w:t>
+      </w:r>
+      <w:r w:rsidR="007D429D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00994E96" w:rsidRPr="005F746A" w:rsidRDefault="005F746A" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F746A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 – блок</w:t>
+      </w:r>
+      <w:r w:rsidR="00994E96" w:rsidRPr="005F746A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (міндетті пән)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00994E96" w:rsidRDefault="00994E96" w:rsidP="00994E96">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D429D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007D429D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="007D429D" w:rsidRPr="007D429D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D429D" w:rsidRDefault="007D429D" w:rsidP="00994E96">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Математикалық сауаттылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D429D" w:rsidRPr="007D429D" w:rsidRDefault="007D429D" w:rsidP="00994E96">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оқу сауаттылығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D429D" w:rsidRPr="005F746A" w:rsidRDefault="005F746A" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F746A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 – блок</w:t>
+      </w:r>
+      <w:r w:rsidR="007D429D" w:rsidRPr="005F746A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (таңдау пәні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D429D" w:rsidRPr="007D429D" w:rsidRDefault="007D429D" w:rsidP="007D429D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D429D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D429D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="008556C8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ейінді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D429D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D429D" w:rsidRPr="007D429D" w:rsidRDefault="007D429D" w:rsidP="007D429D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Б</w:t>
+      </w:r>
+      <w:r w:rsidR="008556C8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ейінді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D429D" w:rsidRPr="0087218D" w:rsidRDefault="00EF3E82" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейінді</w:t>
+      </w:r>
+      <w:r w:rsidR="007D429D" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәндер (Математика, Физика, Биология, Химия, География, Тарих, Ағылшың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="007D429D" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Немі</w:t>
+      </w:r>
+      <w:r w:rsidR="006D01D3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с/Француз тілі,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D429D" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Адам</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02C5A" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.Қоғам.Құқық, Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="007D429D" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азақ тілі және әдебиеті, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D01D3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02C5A" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рыс тілі және әдебиеті) ҰБТ немесе кешенді тестілеудің бейінді пәндері жоғарғы оқу орындарының мамандықтар тізбесіне қарай таңдалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D02C5A" w:rsidRPr="0087218D" w:rsidRDefault="00170831" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ қалауы бойынша</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02C5A" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе орыс тілінде тапсыруға болады</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02C5A" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D02C5A" w:rsidRPr="006D01D3" w:rsidRDefault="00781D2E" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D01D3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тест тапсырмаларының саны – 120</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00781D2E" w:rsidRPr="006D01D3" w:rsidRDefault="00170831" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170831">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Максималды </w:t>
+      </w:r>
+      <w:r w:rsidR="00781D2E" w:rsidRPr="00170831">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ба</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3E82" w:rsidRPr="00170831">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D2E" w:rsidRPr="00170831">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170831">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00781D2E" w:rsidRPr="006D01D3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 140</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00BC2676" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеудің  мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен ұзақтығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="00781D2E" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing/>
-[...80 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу ҰБТ өткізу п</w:t>
+      </w:r>
+      <w:r w:rsidR="00170831">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">унктерінде (ҰБТӨП) 20 маусым -  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 шілде аралығында өткізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="001D12EB">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ-ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00717C56">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басталу уақыты  – сағат</w:t>
+      </w:r>
+      <w:r w:rsidR="00170831">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 09.00 (жергілікті уақытпен </w:t>
+      </w:r>
+      <w:r w:rsidR="00717C56">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00884A26" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ-ға бөлінетін уақыт</w:t>
+      </w:r>
+      <w:r w:rsidR="00884A26">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00884A26" w:rsidRPr="00884A26">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...133 lines deleted...]
-          <w:rStyle w:val="apple-converted-space"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00884A26" w:rsidRPr="00DE79E0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="007F4E59" w:rsidRPr="00DE79E0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сағат 50 мин</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE79E0" w:rsidRPr="00DE79E0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ут.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE30D6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="009A62D2" w:rsidRDefault="0002530B" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002530B">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F078"/>
+      </w:r>
+      <w:r w:rsidR="00317076" w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестіленушіге дәлелді себеппен ( әжетханаға, медициналық бөлмеге) шығуға тек уәкілетті тұлғаның алып жүруімен тестілеудің бірінші сағатынан кейін 1 сағ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ат</w:t>
+      </w:r>
+      <w:r w:rsidR="00317076" w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 минут ішінде рұқсат етіледі. Осыдан кейін тестілеу аяқталғанша аудиториядан шығуға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317076" w:rsidRDefault="00317076" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA0FC2" w:rsidRDefault="00DA0FC2" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.Тестілеудің нәтижелерін жариялау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6332" w:rsidRPr="0087218D" w:rsidRDefault="00717C56" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        </w:tabs>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мтихан материалдарын өңдеу аяқталған соң тестілеу </w:t>
+      </w:r>
+      <w:r w:rsidR="000D2601" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтиже</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1E79">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лерімен танысуға болады</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6332" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6332" w:rsidRPr="0087218D" w:rsidRDefault="002B6332" w:rsidP="002B6332">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
-[...95 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТӨП ақпараттық қабырғаларында (емтихан ведомостері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="0087218D" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="426"/>
-[...161 lines deleted...]
-        <w:spacing w:after="120"/>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...375 lines deleted...]
-        <w:r w:rsidRPr="00510942">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық тестілеу орталығының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="0087218D">
           <w:rPr>
-            <w:rStyle w:val="a6"/>
+            <w:rStyle w:val="a5"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
-          </w:rPr>
-[...113 lines deleted...]
-            <w:szCs w:val="17"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>www.testcenter.kz</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...15 lines deleted...]
-        <w:ind w:left="426"/>
+      <w:r w:rsidR="00323B96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайтында</w:t>
+      </w:r>
+      <w:r w:rsidR="004823F2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004823F2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тестіленуші нәтижесін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көру үшін ТЖК (рұқсаттамада көрсетілген) мен ЖСН енгізу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...76 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46ADC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>. Апелляция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу нәтижелері бойынша апелляцияға өтінішті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6332">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тестіленушінің өзі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестілеу нәтижелері жарияланға</w:t>
+      </w:r>
+      <w:r w:rsidR="00323B96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ннан кейін келесі күн</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6332">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і сағат 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00323B96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дейін бере алады және апелляциялық комиссия өтінішті бір тәулік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ішінде қарастырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш беру</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2601">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзімен бірге жеке басын куәландыратын құжат және </w:t>
+      </w:r>
+      <w:r w:rsidR="00323B96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ-ға кіру</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2601">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рұқсаттамасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00323B96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2601">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әкелуі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="00C0629C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Апелляцияға өтініш беру барысында тестілеу нәтижесімен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келіспеуінің дәлелін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(себебін және негіздемесін) көрсету қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C0629C" w:rsidRPr="00C0629C" w:rsidRDefault="00C0629C" w:rsidP="00C0629C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46ADC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46ADC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="002B6332" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҰБТ </w:t>
+      </w:r>
+      <w:r w:rsidR="000D2601">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтиже</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6332">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сі туралы сертификат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6332" w:rsidRPr="002B6332" w:rsidRDefault="002B6332" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификаттың жарамдылық мерзімі – ағымдағы жылдың 31 желтоқсанына дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00237C04" w:rsidRDefault="002B6332" w:rsidP="002B6332">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сертификатты ламинаттауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00237C04" w:rsidRPr="002B6332" w:rsidRDefault="00237C04" w:rsidP="00237C04">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB371B" w:rsidRDefault="002B6332" w:rsidP="00237C04">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F26DFB" w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ығармашылық </w:t>
+      </w:r>
+      <w:r w:rsidR="0054546A">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(арнаулы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26DFB" w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB371B" w:rsidRPr="00317076" w:rsidRDefault="00FB371B" w:rsidP="00317076">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық дайындықты талап етуші мамандықтарға түсушілер шығармашылық емтихан тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00425171" w:rsidRPr="00317076" w:rsidRDefault="00425171" w:rsidP="00317076">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шығармашылық </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF64FF" w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емтихан өткізілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мамандықтар тізбесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF64FF" w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және емтихандарды өткізу тәртібін уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRPr="00F26CD4" w:rsidRDefault="00CF64FF" w:rsidP="00317076">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317076">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық емтихан және өтініштерді қабылдау  оқуға жоспарланған ЖОО-да тапсырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2F63">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRPr="00323B96" w:rsidRDefault="00CF64FF" w:rsidP="00F26CD4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323B96">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шығармашылық емтиханның </w:t>
+      </w:r>
+      <w:r w:rsidR="00F26CD4" w:rsidRPr="00323B96">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323B96">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRDefault="00013B11" w:rsidP="00F26CD4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау 20 маусым</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF64FF" w:rsidRPr="00F26CD4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нан 7 шілдеге дей</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00CF64FF" w:rsidRPr="00F26CD4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRPr="0002530B" w:rsidRDefault="009A62D2" w:rsidP="00F26CD4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:r w:rsidR="00271BA9" w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 шілде</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF64FF" w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ден 13 шілдеге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0015319F" w:rsidRPr="0002530B" w:rsidRDefault="0015319F" w:rsidP="0015319F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық м</w:t>
+      </w:r>
+      <w:r w:rsidR="00726491" w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">амандықтарға түсетін түсушілер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін:</w:t>
+      </w:r>
+      <w:r w:rsidR="00726491" w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы, оқу сауаттылығы (оқу т</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0698">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілі) тестілеу блогы</w:t>
+      </w:r>
+      <w:r w:rsidR="0002530B" w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша бал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лдар ескеріледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00323B96">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A569D0" w:rsidRPr="00AD0698" w:rsidRDefault="009A62D2" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00323B96" w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ығармашылық емтиханнан максималды </w:t>
+      </w:r>
+      <w:r w:rsidR="0015319F" w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балл – 40.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRPr="0087218D" w:rsidRDefault="002E5AA5" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығарм</w:t>
+      </w:r>
+      <w:r w:rsidR="00323B96" w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ашылық емтихан ескергендегі максималды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балл – 120.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00073196" w:rsidRPr="0087218D" w:rsidRDefault="00073196" w:rsidP="0015319F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық мамандықтарғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC76B6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а түсуге жоспарлаған түсушілер үшін бір арнаулы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> емтихан (педагогикалық жағдайды шешу)  ЖОО орнында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00073196" w:rsidRPr="00AD0698" w:rsidRDefault="00073196" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнаулы емтиханның</w:t>
+      </w:r>
+      <w:r w:rsidR="0015319F" w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00073196" w:rsidRPr="0087218D" w:rsidRDefault="00073196" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау және емтихан</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC76B6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 маусым мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 тамыз аралығында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF64FF" w:rsidRDefault="00D356E3" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнаулы емтихан «өтті» немесе «өтпеді» деп бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC76B6" w:rsidRDefault="00BC76B6" w:rsidP="00BC76B6">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A37EA" w:rsidRDefault="002A37EA" w:rsidP="00BC76B6">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A37EA" w:rsidRPr="0087218D" w:rsidRDefault="002A37EA" w:rsidP="00BC76B6">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC3784" w:rsidRPr="0002530B" w:rsidRDefault="00DC3784" w:rsidP="0002530B">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0698">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кейбір жаңалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00D356E3" w:rsidRPr="0002530B">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> представлена </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A569D0" w:rsidRPr="00D356E3" w:rsidRDefault="00A569D0" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ағымд</w:t>
+      </w:r>
+      <w:r w:rsidR="00B557C2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағы жылы ҰБТ – ны жалпы негіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де тапсырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D356E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601899" w:rsidRDefault="00601899" w:rsidP="00601899">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601899">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы білім беретін пәндер бойынша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601899">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>халықаралық олимпиадалар мен ғылыми жобалар конкурстарының, орындаушылардың республикалық және халықаралық конкурстарының және спорттық жарыстардың соңғы үш жылдағы жеңімпаздары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A62D2" w:rsidRDefault="00D356E3" w:rsidP="00D356E3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D356E3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін пәндер бойынша ағымдағы жылғы Президенттік, республикалық олимпиадалар мен ғылыми жобалар конкурстарының жеңімпаздары</w:t>
+      </w:r>
+      <w:r w:rsidR="00601899">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;**</w:t>
+      </w:r>
+      <w:r w:rsidR="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A62D2" w:rsidRDefault="009A62D2" w:rsidP="00D356E3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D356E3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00087D0F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алтын белгі» иегерлері</w:t>
+      </w:r>
+      <w:r w:rsidR="00601899">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;***</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A62D2" w:rsidRDefault="009A62D2" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D356E3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АҚ «Назарбаев зияткерлік мектебі» бітірушілері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A62D2" w:rsidRDefault="009A62D2" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D356E3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Халықаралық мектеп бітірушілері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A62D2" w:rsidRPr="00601899" w:rsidRDefault="00272E55" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0089191A">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ескертпе</w:t>
+      </w:r>
+      <w:r w:rsidR="009A62D2" w:rsidRPr="00601899">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00601899" w:rsidRPr="00601899">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00601899">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*,**,*** </w:t>
+      </w:r>
+      <w:r w:rsidR="00601899" w:rsidRPr="00601899">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл тұлғалардың басым құқығы</w:t>
+      </w:r>
+      <w:r w:rsidR="00601899">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім гранттарының тағайындау конкурсында</w:t>
+      </w:r>
+      <w:r w:rsidR="00601899" w:rsidRPr="00601899">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа талапкерлермен баллдары бірдей болған жағдайда ғана ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E244C" w:rsidRDefault="005E244C" w:rsidP="00DC3784">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC3784" w:rsidRDefault="00AD0698" w:rsidP="00DC3784">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9.Жоғар</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3784" w:rsidRPr="00DC3784">
+        <w:rPr>
+          <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы оқу орындарына түсушілер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC3784" w:rsidRPr="00DC3784" w:rsidRDefault="00DC3784" w:rsidP="00DC3784">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC3784" w:rsidRPr="00DC3784" w:rsidRDefault="00DC3784" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоғарғы оқу орнына түсу үшін шекті балл:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="009A62D2" w:rsidRDefault="00AD0698" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>50 баллдан кем емес ( «Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3784" w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алпы медицина» мамандығы бойынша – кемінде 65 балл</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7BF5" w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00331FEF" w:rsidRPr="009A62D2" w:rsidRDefault="003E7BF5" w:rsidP="009A62D2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық жоғарғы оқу орындарына </w:t>
+      </w:r>
+      <w:r w:rsidR="00331FEF" w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түсу үшін кемінде – 65 </w:t>
+      </w:r>
+      <w:r w:rsidR="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балл (</w:t>
+      </w:r>
+      <w:r w:rsidR="00331FEF" w:rsidRPr="009A62D2">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Білім беру», «Ауыл шаруашылығы ғылымдары», «Ветеринария» мамандықтарының топтары бойынша – кемінде 60 балл</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4788">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRPr="0093368A" w:rsidRDefault="006462EE" w:rsidP="0093368A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру гранттарын тағайындау бойынша конкурсқа өтініштер қабылдау 23-31 </w:t>
+      </w:r>
+      <w:r w:rsidR="0093368A" w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шілде аралығында жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0698">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRPr="0093368A" w:rsidRDefault="006462EE" w:rsidP="006462EE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру грантының иегерлерінің тізімі 10 тамыздан со</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0698">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң бұқаралық ақпарат құралдарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> («Егемен Қазақстан», «Казахстанская правда»), сонымен қатар Ұлттық тестілеу орталығының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00AD0698" w:rsidRPr="00671BD6">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:bCs/>
+            <w:kern w:val="1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>www.testcenter.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00AD0698">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0093368A" w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сайтында жарияланады</w:t>
+      </w:r>
+      <w:r w:rsidR="00D320AC">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="00FA4788">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRPr="00FA4788" w:rsidRDefault="006462EE" w:rsidP="00FA4788">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA4788">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10.ҰБТ қайта тапсыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D85AA7" w:rsidRPr="00D85AA7" w:rsidRDefault="00D85AA7" w:rsidP="00D85AA7">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D85AA7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шектік баллды</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0698">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D85AA7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алмағандар, нәтижелері жойылғандар және ҰБТ – ға қатыспағандар ҰБТ қайта тапсыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRDefault="00272E55" w:rsidP="00331FEF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:i/>
-[...27 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ қайта тапсыру мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidR="006462EE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRPr="0093368A" w:rsidRDefault="006462EE" w:rsidP="0093368A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініштерді қабылдау 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 8 тамыз аралығында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006462EE" w:rsidRDefault="003168B0" w:rsidP="0093368A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу 19 -</w:t>
+      </w:r>
+      <w:r w:rsidR="006462EE" w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24 </w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тамыз аралығында </w:t>
+      </w:r>
+      <w:r w:rsidR="006462EE" w:rsidRPr="0093368A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00272E55" w:rsidRPr="00272E55" w:rsidRDefault="009F16F6" w:rsidP="00272E55">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:i/>
-[...130 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ қайта тапсыру кезінде шектік ба</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0698">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лды</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0698">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алмаған түсушілер </w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55" w:rsidRPr="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірінші академиялық кезеңі аяқталғаннан кейін қайта тапсыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003168B0" w:rsidRPr="00AD0698" w:rsidRDefault="00272E55" w:rsidP="00272E55">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003168B0" w:rsidRPr="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003168B0" w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ қайта тапсыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidR="003168B0" w:rsidRPr="00AD0698">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003168B0" w:rsidRPr="00272E55" w:rsidRDefault="003168B0" w:rsidP="00272E55">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...203 lines deleted...]
-        <w:spacing w:after="120"/>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00272E55">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау 5 қаңтардан 12 қаңтарға дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003168B0" w:rsidRPr="0087218D" w:rsidRDefault="003168B0" w:rsidP="00272E55">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тестілеу 20 - 24 қаңтар аралығында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA4788" w:rsidRDefault="00FA4788" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Назар аударыңыз!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="0035091F" w:rsidRDefault="003168B0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестілеуден өту үшін ҰБТӨП-ке рұқс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аттамада көрсетілген күні өзіңізбен</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірге келесі құжаттарды алып  келуі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ңіз</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="0035091F" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ-ға кіруге рұқсаттама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="0035091F" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="0035091F" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қара</w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="00110651">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көк </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сиялы қалам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="0035091F" w:rsidRDefault="000127CC" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҰБТ кезінде </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тыйым салынады</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="0035091F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00093BFD" w:rsidRPr="00EB343C" w:rsidRDefault="00093BFD" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB343C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рұқсатсыз және </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB343C" w:rsidRPr="00EB343C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уәкілетті тұлғаның </w:t>
+      </w:r>
+      <w:r w:rsidR="00E054A3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілесіп жүрусіз аудиториядан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB343C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығуға</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB343C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00AC4C3B" w:rsidRDefault="005549BF" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="0085197F" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ор</w:t>
+      </w:r>
+      <w:r w:rsidR="0085197F" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыннан </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа </w:t>
+      </w:r>
+      <w:r w:rsidR="0085197F" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орынға ауысуға, сөйлесуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085197F" w:rsidRPr="00E20B1B" w:rsidRDefault="0085197F" w:rsidP="00E20B1B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу аяқталғанға дейін емтихан материалдарын сыртқа алып шығуға, емтихан материалдарымен алмасуға, көшіруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087218D" w:rsidRPr="00E20B1B" w:rsidRDefault="0087218D" w:rsidP="00E20B1B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аудиторияға анықтамалық әдебиеттер мен оқулықтар, шпаргалкалар,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестілеудің мазмұн</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6A38">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ына және оның дұрыс жауаптар код</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ымен </w:t>
+      </w:r>
+      <w:r w:rsidR="000629D1">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алатын мәліметті, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">калькулятор, фотоаппарат, ұялы байланыс құралдарын (пейджер, ұялы телефондар, планшеттер, iPad, iPod, iPhone, SmartPhone) </w:t>
+      </w:r>
+      <w:r w:rsidR="000629D1">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноутбук, плейер,модем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алып кіруге және қолдануға</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17FC2" w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087218D" w:rsidRPr="00E20B1B" w:rsidRDefault="0087218D" w:rsidP="00E20B1B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кез-келген радио-электронды байланыс түрін қолдану (Wi-Fi, Bluetooth, Dect, 3G, 4G, 5G)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17FC2" w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085197F" w:rsidRPr="00E20B1B" w:rsidRDefault="0087218D" w:rsidP="00E20B1B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Емтихан материал</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4310" w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дарын (жауап парақтары мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кітапшалар) умаждау, корректор сұйығын қо</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20B1B" w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лдану арқылы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кітапшаның бетін жырту, жауап парағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06F59">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нда бояуға қарастырылмаған секторды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бояу (жауап парағының нөмірі) арқылы бүлінуіне жол беруге</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17FC2" w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="180"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00272E55">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілген материалдар мен құралдарды пайдалануға аудиторияларда ғана емес, ҰБТӨП-тегі тестілеудің барлық кезеңінде тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E20B1B" w:rsidRPr="00272E55" w:rsidRDefault="00E20B1B" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="180"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D66B9" w:rsidRPr="000D66B9" w:rsidRDefault="000D66B9" w:rsidP="000D66B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D66B9">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ескерту!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00A31840" w:rsidRDefault="000D66B9" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестіленушіден тыйым са</w:t>
+      </w:r>
+      <w:r w:rsidR="00C04000" w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лынған заттар табылғанда және аудиторияда тәртіп</w:t>
+      </w:r>
+      <w:r w:rsidR="00096767">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақтау ережесін </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04000" w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұз</w:t>
+      </w:r>
+      <w:r w:rsidR="00096767">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ған жағдайда, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тестіленуші</w:t>
+      </w:r>
+      <w:r w:rsidR="00096767">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актімен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудиториядан шығарылады, ал оның тест нәтижелері жойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00A31840" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеуге берілген уа</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20B1B" w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қыт аяқталған кезде </w:t>
+      </w:r>
+      <w:r w:rsidR="000D66B9" w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тестіленуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> емтихан материалдарын тапсырудан </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB645A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бас тартқан жағдайда оның тестілеу нәтижесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31840">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өңделмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00E20B1B" w:rsidRDefault="00DB645A" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тест барысында бөгде тұлға анықталған жағдайда, бөгде  тұлға  және орнына бөгде</w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаны к</w:t>
+      </w:r>
+      <w:r w:rsidR="000D66B9" w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іргізуге заңсы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з әрекет жасаған  тестіленуші </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="00E20B1B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тестілеуге  жіберілмейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу барысында бөгде тұлға анықталған жағдайда, бөгде тұлға тестілеуден шығарылып, нәтижесі жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E20B1B" w:rsidRPr="00E20B1B" w:rsidRDefault="00E20B1B" w:rsidP="00E20B1B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="000D66B9" w:rsidP="005A59D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D66B9">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дайындық үшін!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D66B9" w:rsidRPr="00924F33" w:rsidRDefault="00924F33" w:rsidP="00927862">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00924F33">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ жаңа форматтағы тест тапсырмаларымен дайындалу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00924F33" w:rsidRPr="005A7082" w:rsidRDefault="00924F33" w:rsidP="00927862">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="180"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="181"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927862">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Онлайн байқау сынағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E758E8" w:rsidRPr="00927862" w:rsidRDefault="002F7000" w:rsidP="000D66B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="008F1AEC" w:rsidRDefault="008F1AEC" w:rsidP="008F1AEC">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(т</w:t>
+      </w:r>
+      <w:r w:rsidR="00272E55" w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олық ақпарат </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00272E55" w:rsidRPr="005A7082">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>http://www.testcenter.kz/entrants/ent-kta-try-online/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00272E55" w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00924F33" w:rsidRPr="00927862" w:rsidRDefault="00924F33" w:rsidP="00927862">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="180"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="181"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927862">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кітапшалар мен жауап парақтары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00924F33" w:rsidRDefault="00924F33" w:rsidP="000D66B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...116 lines deleted...]
-          <w:szCs w:val="38"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...37 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Ұлттық тестілеу орталығының филиалдары арқылы (ҰБТӨП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00924F33" w:rsidRDefault="00924F33" w:rsidP="00927862">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="180"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="181"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу – әдістемелік құралдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00924F33" w:rsidRDefault="00924F33" w:rsidP="00927862">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1</w:t>
-[...35 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқау сынағы</w:t>
+      </w:r>
+      <w:r w:rsidR="005B5579">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның бағасы және төлем жасау жолдары</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A6A38" w:rsidRPr="008A6A38" w:rsidRDefault="00E758E8" w:rsidP="008A6A38">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...86 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A6A38">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Онлайн байқау сынағының бағасы – 260 теңге, төлемді АҚ «Халық банкі», АҚ «Казпочта» немесе «Касса 24» терминалдары арқылы жасасаңыз болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E758E8" w:rsidRPr="008A6A38" w:rsidRDefault="00E758E8" w:rsidP="008A6A38">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...56 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A6A38">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапшалар мен жауап парағының бағасы – 351 теңге, төлемді АҚ» Халық банкі» , АҚ « Казпочта» арқылы жасайсыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A6A38" w:rsidRDefault="00E758E8" w:rsidP="00927862">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">еобходимые </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу – әдістемелік құралдар</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ағымдағы жылдың наурыз – сәуір айларында шығарылады.Бағасы -414 теңге</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өлем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927862">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АҚ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E758E8" w:rsidRDefault="002F7000" w:rsidP="008A6A38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E758E8" w:rsidRPr="00E758E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Халық банкі» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="00E758E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АҚ « Казпочта» арқылы жасалады</w:t>
+      </w:r>
+      <w:r w:rsidR="00E758E8" w:rsidRPr="00E758E8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A6A38" w:rsidRPr="0087218D" w:rsidRDefault="008A6A38" w:rsidP="008A6A38">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="230" w:lineRule="auto"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҰТО филиалдарының мекен – жайы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927862">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТӨП)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A6A38" w:rsidRDefault="008C54C1" w:rsidP="008A6A38">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="538"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="008A6A38" w:rsidRPr="0087218D">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>http://www.testcenter.kz/about/filialy/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008A6A38" w:rsidRPr="0087218D">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F7000" w:rsidRDefault="002F7000" w:rsidP="00927862">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="230" w:lineRule="auto"/>
-[...16 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ – ның жаңа форматы жайлы толық ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E758E8" w:rsidRPr="005A7082" w:rsidRDefault="00D17100" w:rsidP="00927862">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+          <w:tab w:val="num" w:pos="540"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Білім және ғылым министрлігі </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="005A7082">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>http://edu.gov.kz/ru</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRPr="005A7082" w:rsidRDefault="00D17100" w:rsidP="00927862">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="538" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A7082">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық тестілеу орталығы http://www.testcenter.kz/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E758E8" w:rsidRPr="00924F33" w:rsidRDefault="00E758E8" w:rsidP="00927862">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="538"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00924F33" w:rsidRDefault="00924F33" w:rsidP="000D66B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00924F33" w:rsidRPr="002F7000" w:rsidRDefault="00924F33" w:rsidP="000D66B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="002F7000" w:rsidRDefault="00F66EFB" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F7000">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық бірыңғай </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6A38">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тестілеуді сәтті тапсырып жоғары оқу орындарына түсуіңізге тілектеспіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F7000">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="002F7000" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="002F7000" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="00073196">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="005D50F2" w:rsidP="002F7000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(м</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әліметтер ҰБТ – </w:t>
+      </w:r>
+      <w:r w:rsidR="003A5D93">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ны өткізу тәртібі белгіленген Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Р </w:t>
+      </w:r>
+      <w:r w:rsidR="003A5D93">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5D93">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заңы және басқа да  нормативтік құжаттарға сә</w:t>
+      </w:r>
+      <w:r w:rsidR="008A6A38">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йкес көрсетілген (өзгерістер болуы </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7000">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мүмкін)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A7082">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D17100" w:rsidRDefault="00D17100" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00BC639D" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC639D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00BC639D" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC639D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім және ғылым министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="00110651" w:rsidRDefault="00110651" w:rsidP="00110651">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық тестілеу орталығ</w:t>
+      </w:r>
+      <w:r w:rsidR="002A37EA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="426"/>
-[...28 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="426"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00E175D9" w:rsidRPr="00DF7B62" w:rsidRDefault="00E175D9" w:rsidP="00766014">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
       <w:pPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
-        <w:ind w:firstLine="426"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="00E175D9" w:rsidRPr="00884A26" w:rsidRDefault="00E175D9" w:rsidP="00E175D9">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00195996" w:rsidRPr="001D12EB" w:rsidRDefault="00195996" w:rsidP="00195996">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлттық бірыңғай тестілеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
       <w:pPr>
         <w:spacing w:line="230" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...30 lines deleted...]
-          <w:szCs w:val="17"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRPr="001D12EB" w:rsidRDefault="00110651" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="00467687" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...45 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ТЕСТІЛЕНУШІНІҢ </w:t>
+      </w:r>
+      <w:r w:rsidR="005A59D0" w:rsidRPr="001D12EB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЖАДЫНАМАСЫ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="001D12EB" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A59D0" w:rsidRPr="00D46ADC" w:rsidRDefault="005A59D0" w:rsidP="005A7082">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00110651" w:rsidRDefault="00110651" w:rsidP="00110651">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E8405F" w:rsidRDefault="00E8405F" w:rsidP="00110651">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E8405F" w:rsidRPr="00E8405F" w:rsidRDefault="00E8405F" w:rsidP="00093BFD">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...482 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D66B9" w:rsidRPr="003A0B1F" w:rsidRDefault="000D66B9" w:rsidP="005A59D0">
+      <w:pPr>
+        <w:spacing w:line="230" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...3110 lines deleted...]
-    <w:sectPr w:rsidR="006B53CB" w:rsidRPr="009D307F" w:rsidSect="005A59D0">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000D66B9" w:rsidRPr="003A0B1F" w:rsidSect="005A59D0">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="360" w:right="601" w:bottom="284" w:left="601" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="3" w:space="510"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:11.8pt;height:11.8pt" o:bullet="t">
+      <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="mso5"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="02A05F61"/>
-[...114 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="03FA39F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="122202D6"/>
     <w:lvl w:ilvl="0" w:tplc="3CE68D94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7040,64 +6479,64 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0AF45E22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CBA27E4"/>
     <w:lvl w:ilvl="0" w:tplc="77CE869A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="501"/>
-[...1 lines deleted...]
-        <w:ind w:left="501" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="502"/>
+        </w:tabs>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D47C2B10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -7184,186 +6623,70 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0B543E91"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="14F07431"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8E561234"/>
-[...115 lines deleted...]
-    <w:tmpl w:val="73BC6952"/>
+    <w:tmpl w:val="9E0EE74E"/>
     <w:lvl w:ilvl="0" w:tplc="E45C3386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
@@ -7416,167 +6739,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...115 lines deleted...]
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="1B5256C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F496BB86"/>
     <w:lvl w:ilvl="0" w:tplc="A8C87A18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -7674,636 +6881,291 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-[...114 lines deleted...]
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="21451F48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="900EDC12"/>
     <w:lvl w:ilvl="0" w:tplc="5C9E75AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2368" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3088" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3808" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4528" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5248" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5968" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6688" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="2A6D5BFD"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="3B6604CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C69CCC0C"/>
-    <w:lvl w:ilvl="0" w:tplc="00EE261E">
+    <w:tmpl w:val="06CC2514"/>
+    <w:lvl w:ilvl="0" w:tplc="F1ACF21C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1146" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1866" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2586" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3306" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4026" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4746" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5466" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6186" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6906" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-[...229 lines deleted...]
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="4DA73D7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F4090A4"/>
     <w:lvl w:ilvl="0" w:tplc="4F1EB352">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8364,291 +7226,61 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-[...229 lines deleted...]
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="66DD6B3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E94229B2"/>
     <w:lvl w:ilvl="0" w:tplc="F79A8B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8709,61 +7341,61 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="67770D5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0281998"/>
     <w:lvl w:ilvl="0" w:tplc="3AD0AC46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8824,133 +7456,133 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="6858586E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FE103328"/>
-    <w:lvl w:ilvl="0" w:tplc="F1ACF21C">
+    <w:tmpl w:val="6980B94A"/>
+    <w:lvl w:ilvl="0" w:tplc="60AE8130">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CC3CAE70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F1ACF21C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
-[...1 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CC3CAE70">
-[...26 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+    <w:lvl w:ilvl="3" w:tplc="E45C3386">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E45C3386">
-[...15 lines deleted...]
-    </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="00EE261E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3240"/>
-[...1 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -8975,402 +7607,676 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="6CA5403C"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="71330269"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DD08FAF2"/>
-    <w:lvl w:ilvl="0" w:tplc="00EE261E">
+    <w:tmpl w:val="60EE2198"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="72DF333E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C99CFB78"/>
+    <w:lvl w:ilvl="0" w:tplc="B8DA1C1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2368" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3088" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3808" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4528" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5248" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5968" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6688" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="76BA1C2C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4340040"/>
+    <w:lvl w:ilvl="0" w:tplc="00DA125E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="7"/>
-[...17 lines deleted...]
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E175D9"/>
-[...84 lines deleted...]
-    <w:rsid w:val="00FF392D"/>
+    <w:rsidRoot w:val="00972765"/>
+    <w:rsid w:val="000127CC"/>
+    <w:rsid w:val="00013B11"/>
+    <w:rsid w:val="0002530B"/>
+    <w:rsid w:val="000629D1"/>
+    <w:rsid w:val="00073196"/>
+    <w:rsid w:val="00075BE0"/>
+    <w:rsid w:val="00087D0F"/>
+    <w:rsid w:val="00093BFD"/>
+    <w:rsid w:val="00096767"/>
+    <w:rsid w:val="000D2601"/>
+    <w:rsid w:val="000D66B9"/>
+    <w:rsid w:val="0010357A"/>
+    <w:rsid w:val="00110651"/>
+    <w:rsid w:val="001234B4"/>
+    <w:rsid w:val="0015319F"/>
+    <w:rsid w:val="00170831"/>
+    <w:rsid w:val="00195996"/>
+    <w:rsid w:val="001B2829"/>
+    <w:rsid w:val="001E6574"/>
+    <w:rsid w:val="00237C04"/>
+    <w:rsid w:val="00271BA9"/>
+    <w:rsid w:val="00272E55"/>
+    <w:rsid w:val="002A37EA"/>
+    <w:rsid w:val="002B6332"/>
+    <w:rsid w:val="002E5AA5"/>
+    <w:rsid w:val="002F7000"/>
+    <w:rsid w:val="003168B0"/>
+    <w:rsid w:val="00317076"/>
+    <w:rsid w:val="00323B96"/>
+    <w:rsid w:val="00331FEF"/>
+    <w:rsid w:val="00354A0F"/>
+    <w:rsid w:val="003A5D93"/>
+    <w:rsid w:val="003E7BF5"/>
+    <w:rsid w:val="00425171"/>
+    <w:rsid w:val="00463AB0"/>
+    <w:rsid w:val="00467687"/>
+    <w:rsid w:val="004823F2"/>
+    <w:rsid w:val="004C55C3"/>
+    <w:rsid w:val="004D4310"/>
+    <w:rsid w:val="005130EB"/>
+    <w:rsid w:val="0054546A"/>
+    <w:rsid w:val="005549BF"/>
+    <w:rsid w:val="00570B20"/>
+    <w:rsid w:val="005A59D0"/>
+    <w:rsid w:val="005A7082"/>
+    <w:rsid w:val="005B5579"/>
+    <w:rsid w:val="005D50F2"/>
+    <w:rsid w:val="005E244C"/>
+    <w:rsid w:val="005E4BFC"/>
+    <w:rsid w:val="005F746A"/>
+    <w:rsid w:val="00601899"/>
+    <w:rsid w:val="00635140"/>
+    <w:rsid w:val="006462EE"/>
+    <w:rsid w:val="006812D6"/>
+    <w:rsid w:val="006D01D3"/>
+    <w:rsid w:val="006E66AB"/>
+    <w:rsid w:val="00702C80"/>
+    <w:rsid w:val="00717C56"/>
+    <w:rsid w:val="00726491"/>
+    <w:rsid w:val="00781D2E"/>
+    <w:rsid w:val="007D429D"/>
+    <w:rsid w:val="007F2A63"/>
+    <w:rsid w:val="007F4E59"/>
+    <w:rsid w:val="0085197F"/>
+    <w:rsid w:val="008556C8"/>
+    <w:rsid w:val="0087218D"/>
+    <w:rsid w:val="00884A26"/>
+    <w:rsid w:val="008A6A38"/>
+    <w:rsid w:val="008C54C1"/>
+    <w:rsid w:val="00903759"/>
+    <w:rsid w:val="00924F33"/>
+    <w:rsid w:val="00927862"/>
+    <w:rsid w:val="0093368A"/>
+    <w:rsid w:val="009654A4"/>
+    <w:rsid w:val="00972765"/>
+    <w:rsid w:val="00994E96"/>
+    <w:rsid w:val="009A62D2"/>
+    <w:rsid w:val="009F16F6"/>
+    <w:rsid w:val="00A31840"/>
+    <w:rsid w:val="00A569D0"/>
+    <w:rsid w:val="00A83188"/>
+    <w:rsid w:val="00AA1139"/>
+    <w:rsid w:val="00AC4C3B"/>
+    <w:rsid w:val="00AD0698"/>
+    <w:rsid w:val="00AF6F71"/>
+    <w:rsid w:val="00B243F0"/>
+    <w:rsid w:val="00B557C2"/>
+    <w:rsid w:val="00B67AA1"/>
+    <w:rsid w:val="00B74079"/>
+    <w:rsid w:val="00BC76B6"/>
+    <w:rsid w:val="00BD103F"/>
+    <w:rsid w:val="00BE1E79"/>
+    <w:rsid w:val="00C04000"/>
+    <w:rsid w:val="00C0629C"/>
+    <w:rsid w:val="00C17FC2"/>
+    <w:rsid w:val="00C45596"/>
+    <w:rsid w:val="00CF4390"/>
+    <w:rsid w:val="00CF64FF"/>
+    <w:rsid w:val="00D02C5A"/>
+    <w:rsid w:val="00D17100"/>
+    <w:rsid w:val="00D320AC"/>
+    <w:rsid w:val="00D356E3"/>
+    <w:rsid w:val="00D56548"/>
+    <w:rsid w:val="00D606D2"/>
+    <w:rsid w:val="00D85AA7"/>
+    <w:rsid w:val="00DA0FC2"/>
+    <w:rsid w:val="00DB645A"/>
+    <w:rsid w:val="00DC3784"/>
+    <w:rsid w:val="00DE79E0"/>
+    <w:rsid w:val="00DF2F63"/>
+    <w:rsid w:val="00E054A3"/>
+    <w:rsid w:val="00E20B1B"/>
+    <w:rsid w:val="00E758E8"/>
+    <w:rsid w:val="00E8405F"/>
+    <w:rsid w:val="00EB343C"/>
+    <w:rsid w:val="00EE30D6"/>
+    <w:rsid w:val="00EF3E82"/>
+    <w:rsid w:val="00F06F59"/>
+    <w:rsid w:val="00F26CD4"/>
+    <w:rsid w:val="00F26DFB"/>
+    <w:rsid w:val="00F66EFB"/>
+    <w:rsid w:val="00FA41A5"/>
+    <w:rsid w:val="00FA4788"/>
+    <w:rsid w:val="00FB371B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F3BAF2BA-AB2A-431C-AD9C-3BE78A681A57}"/>
+  <w15:docId w15:val="{1F0B260F-C809-4F5C-9994-686A282C0579}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9382,51 +8288,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9451,51 +8357,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -9672,479 +8578,523 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E175D9"/>
+    <w:rsid w:val="005A59D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A59D0"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A59D0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:rsid w:val="005A59D0"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="005A59D0"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A59D0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A59D0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005A59D0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E175D9"/>
+    <w:rsid w:val="00FA41A5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...53 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00BA4447"/>
+    <w:rsid w:val="00702C80"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edu.gov.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://testcenter.kz/about/filialy/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/ru/entrants/ent-kta-try-online/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/entrants/ent-kta-try-online/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edu.gov.kz/ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/about/filialy/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CB7A76B-88B4-4726-9592-36F8AD49B839}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44D5B83A-690D-4BFA-8346-BC17F32BDD3D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1414</Words>
-  <Characters>8066</Characters>
+  <Words>1371</Words>
+  <Characters>7820</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
+  <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9462</CharactersWithSpaces>
+  <CharactersWithSpaces>9173</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Бахыт Амзеева</dc:creator>
+  <dc:creator>Тогжан Жакыпова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>