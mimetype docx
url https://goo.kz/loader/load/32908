--- v0 (2025-12-18)
+++ v1 (2026-03-06)
@@ -1,6418 +1,6149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
+    <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00414BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СОШ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00414BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 40</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E30D81">
-[...67 lines deleted...]
-      <w:r w:rsidRPr="00E30D81">
+      <w:r w:rsidRPr="00414BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_____Л.В</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E30D81">
+      <w:r w:rsidRPr="00414BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E30D81">
+      <w:r w:rsidRPr="00414BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Задубняк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
+    <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00414BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E30D81">
+      <w:r w:rsidRPr="00414BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
+    <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E30D81">
+      <w:r w:rsidRPr="00414BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>Расписание работы спортивного зала</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
+    <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E30D81">
-[...54 lines deleted...]
-      <w:r w:rsidRPr="00E30D81">
+      <w:r w:rsidRPr="00414BBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="12105" w:type="dxa"/>
+        <w:tblW w:w="13080" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1584"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1801"/>
+        <w:gridCol w:w="1778"/>
+        <w:gridCol w:w="1614"/>
+        <w:gridCol w:w="1272"/>
+        <w:gridCol w:w="1068"/>
+        <w:gridCol w:w="1219"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1209"/>
+        <w:gridCol w:w="1905"/>
+        <w:gridCol w:w="1740"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>секция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>дүйсенбі</w:t>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+              <w:t>понедельник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>сейсенбі</w:t>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+              <w:t>вторник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>сәрсенбі</w:t>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+              <w:t>среда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>бейсенбі</w:t>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+              <w:t>четверг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ж</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+              <w:t>пятница</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ұма</w:t>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+              <w:t>суббота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>сенбі</w:t>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+              <w:t>учитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мұғалім</w:t>
-[...33 lines deleted...]
-              </w:rPr>
               <w:t>зал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Волейбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(школа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17.00-18.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17.00-18.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17.00-18.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>мектеп</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нуралинов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E30D81">
-[...298 lines deleted...]
-              <w:t>жаңазал</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Волейбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(школа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00-16.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00-16.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>мектеп</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Луковский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E30D81">
-[...248 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> В.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1935" w:type="dxa"/>
-[...30 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>старая школа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Волейбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(школа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12.45-13.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>мектеп</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кобец</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E30D81">
-[...248 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.И.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1935" w:type="dxa"/>
-[...30 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>старый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лыжные гонки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30-15.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>тебу</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кобец</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...239 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.И.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1935" w:type="dxa"/>
-[...30 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>старый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Баскетбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...64 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(школа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00-17.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00-17.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ахметов Б.Г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Баскетбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(школа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00-17.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00-17.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00-17.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>мектеп</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нуралинов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E30D81">
-[...301 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...39 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Настольный теннис</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(школа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30-16.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>мектеп</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жетписов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E30D81">
-[...303 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.Р.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Настольный теннис</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(школа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30-16.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30-16.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30-16.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>теннисі</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нуралинов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...333 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тоғыз - құ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E30D81">
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мала</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E30D81">
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30-16.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30-16.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
-[...63 lines deleted...]
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>ескізал</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нуралинов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тоғыз - құ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E30D81">
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мала</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E30D81">
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30-16.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>жаңазал</w:t>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Галиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Пионербол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...128 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00-17.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>17.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>16.00-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>17.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
-[...84 lines deleted...]
-              <w:t>жаңазал</w:t>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ахметов Б.Г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>старый зал</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>новый зал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Волейбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(село)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19.00-20.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>ауыл</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Галиев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E30D81">
-[...281 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р. С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>старый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Баскетбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(село)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19.00-20.30 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>ауыл</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Галиев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E30D81">
-[...281 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>старый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Волейбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(медресе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18.00-20.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
-[...81 lines deleted...]
-              <w:t>жаңазал</w:t>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нуралинов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Баскетбол</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(медресе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18.00-20.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
-[...81 lines deleted...]
-              <w:t>жаңазал</w:t>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нуралинов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>новый зал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidTr="00E30D81">
+      <w:tr w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidTr="00414BBB">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каратэ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E30D81" w:rsidRPr="00E30D81" w:rsidRDefault="00E30D81" w:rsidP="00E30D81">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(школа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17.00-18.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17.00-18.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17.00-18.00 ч.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E30D81">
-[...6 lines deleted...]
-              <w:t>мектеп</w:t>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Маметов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E30D81">
-[...248 lines deleted...]
-            <w:r w:rsidRPr="00E30D81">
+            <w:r w:rsidRPr="00414BBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00414BBB" w:rsidRPr="00414BBB" w:rsidRDefault="00414BBB" w:rsidP="00414BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00414BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>старый зал</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002774BE" w:rsidRDefault="002774BE"/>
-    <w:sectPr w:rsidR="002774BE" w:rsidSect="00E30D81">
+    <w:p w:rsidR="0021770C" w:rsidRDefault="0021770C"/>
+    <w:sectPr w:rsidR="0021770C" w:rsidSect="00414BBB">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E30D81"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E30D81"/>
+    <w:rsidRoot w:val="00414BBB"/>
+    <w:rsid w:val="0021770C"/>
+    <w:rsid w:val="00414BBB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6555,109 +6286,193 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002774BE"/>
+    <w:rsid w:val="0021770C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00E30D81"/>
+    <w:rsid w:val="00414BBB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1986080201">
+    <w:div w:id="1098713189">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1941837260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="963464110">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1067848220">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1449086956">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="789664953">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="194078888">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -6912,50 +6727,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>191</Words>
-  <Characters>1090</Characters>
+  <Words>212</Words>
+  <Characters>1212</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1279</CharactersWithSpaces>
+  <CharactersWithSpaces>1422</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>nout-admina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>