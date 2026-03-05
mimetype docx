--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,898 +1,527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C525C4" w:rsidRPr="00AA02BD" w:rsidRDefault="00C525C4" w:rsidP="00141E12">
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые родители!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00D02931" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...585 lines deleted...]
-        <w:t xml:space="preserve">- </w:t>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00E42588">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">анаңның ашуынан қорықпа, олар сенің туғаның, сені  жамандыққа қимайды. </w:t>
+      <w:r w:rsidR="00141E12" w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порой дети попадают в ситуации, которые трудны для них в психологическом плане. Помочь ребенку в таких ситуациях могут родители, учителя, работники социальных служб, работники и участники молодежных объединений. Важно заранее известить ребенка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00141E12" w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00141E12" w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех возможных путях психологической помощи, если что-либо случится. Надеемся, Вам п</w:t>
+      </w:r>
+      <w:r w:rsidR="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>омогут приведенные ниже советы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00972838" w:rsidRDefault="00141E12" w:rsidP="00141E12">
-[...78 lines deleted...]
-        <w:t>білу маңызды.</w:t>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Памятка подростку "Если ты попал в трудную ситуацию"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E42588" w:rsidRDefault="00141E12" w:rsidP="00141E12">
-[...69 lines deleted...]
-        <w:t>алаласың.</w:t>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если ты попал в трудную жизненную ситуацию, не впадай в панику или депрессию. Постарайся проанализировать своё поло</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жение с максимальной четкостью.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E42588" w:rsidRDefault="00E42588" w:rsidP="00141E12">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Определи, кто создал эту ситуацию, если ты сам, значит, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>возьми ответственность на себя.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E42588">
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подумай, с кем бы ты мог откровенно поговорить о том</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> положении, в которое ты попал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оставайся с болью один на один.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Со своей тайной обращайся осторожно. Не перекладывай проблемы на плечи друга, который не м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ожет тебе помочь. Он будет очень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> переживать за тебя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Тебе от этого не будет легче.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Постарайся обратиться к взрослому человеку, чей жизненный опыт поможет правильно оц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енить и разобраться в ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Переступи свой страх перед родительским гневом. Это твои родные лю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ди, они не причинят тебе вреда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Верь, что ты можешь исправит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь положение, все в твоих руках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141E12" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важно знать, гд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е и какая помощь будет оказана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B57254" w:rsidRPr="00141E12" w:rsidRDefault="00141E12" w:rsidP="00141E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00141E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психологическую и правовую поддержку можно получить от родителей, классного руководителя, директора школы, правоохранительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B57254" w:rsidRPr="00141E12">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:val="fullPage" w:percent="58"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00141E12"/>
-    <w:rsid w:val="00043BF7"/>
-    <w:rsid w:val="00117499"/>
     <w:rsid w:val="00141E12"/>
-    <w:rsid w:val="0029133B"/>
     <w:rsid w:val="00314CF2"/>
-    <w:rsid w:val="003732AA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AA02BD"/>
     <w:rsid w:val="00AA6AA6"/>
-    <w:rsid w:val="00AE5A1D"/>
     <w:rsid w:val="00B57254"/>
-    <w:rsid w:val="00C525C4"/>
     <w:rsid w:val="00D02931"/>
-    <w:rsid w:val="00DB745E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA28E7"/>
     <w:rsid w:val="00FA4633"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1260,51 +889,50 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1559,65 +1187,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>187</Words>
-  <Characters>1067</Characters>
+  <Words>217</Words>
+  <Characters>1238</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1252</CharactersWithSpaces>
+  <CharactersWithSpaces>1453</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>