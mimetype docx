--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -13,4361 +13,3499 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00C45E21" w:rsidRPr="00C45E21" w:rsidRDefault="00C45E21" w:rsidP="00C45E21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="001F7FE2" w:rsidRPr="00E923BB" w:rsidRDefault="00E923BB" w:rsidP="00C45E21">
+    <w:p w:rsidR="001F7FE2" w:rsidRPr="00C45E21" w:rsidRDefault="00C45E21" w:rsidP="00C45E21">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E923BB">
+      <w:r w:rsidRPr="00C45E21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Жа</w:t>
+        </w:rPr>
+        <w:t>Новые стратегии, новые возможности Казахст</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">ңа стратегиялар, жаңа Қазақстнадық білім беру мүмкіндіктері. </w:t>
+        </w:rPr>
+        <w:t>анского образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C45E21" w:rsidRPr="00E923BB" w:rsidRDefault="00C45E21" w:rsidP="00E33A0F">
+    <w:p w:rsidR="00C45E21" w:rsidRDefault="00C45E21" w:rsidP="00E33A0F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E73973" w:rsidRDefault="00057EB5" w:rsidP="00E73973">
+    <w:p w:rsidR="00E33A0F" w:rsidRPr="001F7FE2" w:rsidRDefault="00E33A0F" w:rsidP="00E33A0F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...105 lines deleted...]
-        <w:t xml:space="preserve"> білім беру жүйесін жетілдіру маңызды рөл атқарады.</w:t>
+      <w:r w:rsidRPr="001F7FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сегодня образование признано одним из важнейших приоритетов долгосрочной Стратегии «Казахстан – 2050». Президентом Республики Казахстан Н.А. Назарбаевым была поставлена задача о вхождении республики в число 30-ти наиболее конкурентоспособных стран мира. В достижении данной задачи немаловажную роль играет совершенствование системы образования. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E33A0F" w:rsidRPr="00C76C3C" w:rsidRDefault="003C1FF1" w:rsidP="00E73973">
+    <w:p w:rsidR="00E33A0F" w:rsidRPr="00C76C3C" w:rsidRDefault="00E33A0F" w:rsidP="00E33A0F">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C1FF1">
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важными направлениями работы по повышению качества образования являются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение равного доступа всех участников образовательного процесса к лучшим образовательным ресурсам и технологиям; удовлетворение потребности учащихся в получении образования, обеспечивающего успех в быстроменяющемся мире; формирование в общеобразовательных школах интеллектуального, физически и духовно развитого гражданина Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D46D5" w:rsidRPr="00CE742F" w:rsidRDefault="00595490" w:rsidP="005D46D5">
+    <w:p w:rsidR="005D46D5" w:rsidRDefault="005D46D5" w:rsidP="005D46D5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595490">
+      <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>2011-2020 жылдарға арналған Қазақстан Республикасында білім беруді дамытудың мемлекеттік бағдарламасына сәйкес негізгі білім беру саласында арнайы білім беру қажеттіліктері бар балаларды қоса алғанда, қажетті институционалдық базаны құруға ықпал е</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Государственной программ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развития образования в РК на 2011-2020 годы </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>начата реализация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплекс</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">роприятий, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">тетін шаралар кешенін іске қосу ұйымдастырылды.  </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">способствующих созданию необходимой организационной основы включения детей с особыми образовательными потребностями в общеобразовательный процесс. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D46D5" w:rsidRPr="00C76C3C" w:rsidRDefault="00DA55A7" w:rsidP="005D46D5">
+    <w:p w:rsidR="005D46D5" w:rsidRPr="00C76C3C" w:rsidRDefault="005D46D5" w:rsidP="005D46D5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...10 lines deleted...]
-        <w:t>рекше қажеттіліктері бар балалардың білім алу үшін жағдай жасау үлесі</w:t>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Доля школ, создающих условия для обучения детей с особыми потребностями, </w:t>
+      </w:r>
+      <w:r w:rsidR="00612F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>должна</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> ұлғайту</w:t>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D47F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постоянно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> жалғастыру қажет.</w:t>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>увеличи</w:t>
+      </w:r>
+      <w:r w:rsidR="00612F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ва</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> болыпи табылады. </w:t>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ться. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Среди детей, которым следует уделять особое внимание при обеспечении равного доступа к качественному образованию, более уязвимой категорией являются дети с ограниченными возможностями. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF6A53" w:rsidRDefault="009F6772" w:rsidP="005D46D5">
+    <w:p w:rsidR="005D46D5" w:rsidRPr="00C76C3C" w:rsidRDefault="005D46D5" w:rsidP="005D46D5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной программой развития образования РК на 2011-2020 годы</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>11-2020 жылдарға арналған Қ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предусмотрен </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>Р</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">с 2015-2016 учебного года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>переход организаций среднего образования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> білім беруді дамытудың мемлекеттік бағдарламасы, 2015-2016 оқу жылынан бастап бюджетке бөлінген сома мектептерде оқушылардың санына байланысты болады, жан басына шаққандағы орта білім беру мекемелерінің көшу, нормативтік қаржыландыру қамтамасыз етіледі.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на подуш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Осы механизмді тиімді енгізуге қызмет етеді:  </w:t>
+        </w:rPr>
+        <w:t>евое</w:t>
+      </w:r>
+      <w:r w:rsidR="004025C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативное финансирование, где о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бъем выделяемых бюджетных средств </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>будет напрямую зависе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1041E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> численности учащихся в школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Эффектом от внедрения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">этого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>механизма будут служить:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D46D5" w:rsidRPr="00CE742F" w:rsidRDefault="005D46D5" w:rsidP="005D46D5">
+    <w:p w:rsidR="005D46D5" w:rsidRPr="00C76C3C" w:rsidRDefault="005D46D5" w:rsidP="005D46D5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="006257E0">
-[...33 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитие конкуренции между учебными заведениями, у школьников и их родителей появится возможность выбирать лучшую школу, а деньги в школу «придут» вместе с учеником;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D46D5" w:rsidRPr="00CE742F" w:rsidRDefault="005D46D5" w:rsidP="005D46D5">
+    <w:p w:rsidR="005D46D5" w:rsidRDefault="005D46D5" w:rsidP="005D46D5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="0080313B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">оқушылврдың кетпеуіне білім беру процесінің сапасын жоғарлатуға, мұғалімдер құрамын жақсартуға, материалдық базаны және оқуға ынталандыру.  </w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">повышение качества образовательного процесса, так как угроза оттока учеников будет служить стимулом для </w:t>
+      </w:r>
+      <w:r w:rsidR="00152159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улучшения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состав</w:t>
+      </w:r>
+      <w:r w:rsidR="00152159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а учителей, материальной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баз</w:t>
+      </w:r>
+      <w:r w:rsidR="00152159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и услови</w:t>
+      </w:r>
+      <w:r w:rsidR="00152159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B5D6E" w:rsidRPr="00CE742F" w:rsidRDefault="00F1576C" w:rsidP="003B5D6E">
+    <w:p w:rsidR="003B5D6E" w:rsidRDefault="00E33A0F" w:rsidP="003B5D6E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F1576C">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00F1576C">
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с Национальным планом действий по развитию функциональной грамотности школьников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на 2011-2016 годы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в рамках ВОУД 2015 года будет </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF65F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>продолжено оценивание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...365 lines deleted...]
-        <w:t xml:space="preserve">тексеру сұрақтары алғаш рет 2014 жылы ОЖСБ тапсырмаларына енгізілді. </w:t>
+      <w:r w:rsidR="00DF65F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>функциональной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотност</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF65F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся. Задания на проверку функциональной грамотности школьников впервые были включены в тесты ВОУД в 2014 году.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D76344" w:rsidRDefault="00CE1A33" w:rsidP="00D76344">
+    <w:p w:rsidR="00D76344" w:rsidRDefault="00E33A0F" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Виды функциональной грамотности, которые будут оцениваться в рамках внешней оценки учебных достижений учащихся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грамотность чтения (казахский и русский языки);</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>математическая грамотность;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...244 lines deleted...]
-        <w:t xml:space="preserve"> (физика, химия, биология, география). </w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">естественнонаучная грамотность (физика, химия, биология, география). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F2B3F" w:rsidRDefault="005312C6" w:rsidP="00D76344">
+    <w:p w:rsidR="00D76344" w:rsidRDefault="001526F1" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005312C6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитию</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функциональной грамотности школьников, а также проверк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их сформированности</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>способствуют</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задания творческого характера</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76344">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-        <w:t>с</w:t>
+      <w:r w:rsidR="00D76344">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ауаттылығын</w:t>
-[...330 lines deleted...]
-        <w:t>.).</w:t>
+        <w:t>ледовательского, занимательного</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, с экономическим, историческим содержанием, практикоориентированные и др.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D76344" w:rsidRPr="00AE3AEB" w:rsidRDefault="00AE3AEB" w:rsidP="00D76344">
+    <w:p w:rsidR="00D76344" w:rsidRDefault="00E33A0F" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE3AEB">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Білім беру сапасын сырттай бағалау үшін маңызды құрал </w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важным инструментом внешнего оценивания качества образования являются международные мониторинговые исследования </w:t>
       </w:r>
       <w:r w:rsidR="00B2728A" w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>TIMSS</w:t>
       </w:r>
       <w:r w:rsidR="00BF2E19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+      <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>PISA</w:t>
       </w:r>
       <w:r w:rsidR="00E6377B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>PIRLS</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      <w:r w:rsidR="00E33A0F" w:rsidRPr="00AE3AEB">
+      <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F5664" w:rsidRDefault="002F5664" w:rsidP="00D76344">
+    <w:p w:rsidR="00D76344" w:rsidRDefault="00130370" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5664">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>оқушылардың</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">і. </w:t>
+        <w:t>Пока р</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">езультаты </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7BDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахстанских школьников </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7BDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>данных исследований</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свидетельствуют о недостаточном уровне сформированн</w:t>
+      </w:r>
+      <w:r w:rsidR="00286F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ости функциональной грамотности, как одного из показателей качества знаний и умений учащихся.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90EC4" w:rsidRDefault="00C41B4E" w:rsidP="00D76344">
+    <w:p w:rsidR="00D76344" w:rsidRPr="004D1C0D" w:rsidRDefault="00E33A0F" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2015 году </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2728A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общеобразовательные школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2015 жылы Қазақстан Республикасы жалпы орта білім беру мектептері, сонымен қатар Павлодар облысынан 4 қалалық және 3 аудандық мектептер </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C76C3C">
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2728A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, в том числе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2728A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 городские и 3 сельские из Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">примут участие в международных исследованиях </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2728A" w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>TIMSS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C76C3C">
-[...42 lines deleted...]
-        <w:t xml:space="preserve">) және </w:t>
+      <w:r w:rsidR="00B2728A" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сравнительная оценка математической и естественнонаучной грамотнос</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2728A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ти учащихся 4-х и 8-х классов) и </w:t>
       </w:r>
       <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>PISA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C41B4E">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...46 lines deleted...]
-      <w:r>
+        <w:t>(сравнительная оценка математической и естественнонаучной грамотности, а также понимания текстов разл</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2728A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ичного типа 15-летних учащихся).</w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По данным ОЭСР (международной организации экономического сотрудничества и развития</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5220">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004F72EE">
-[...69 lines deleted...]
-        <w:t xml:space="preserve">математикадан 1,5 жылға, жаратылыстану пәндерінен 2 жылға, оқудан 2,5 жылға қалып келеді. </w:t>
+      <w:r w:rsidR="00343C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которая проводит исследования </w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>PISA</w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63" w:rsidRPr="004D1C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, наш</w:t>
+      </w:r>
+      <w:r w:rsidR="004025C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и 15-летние ученики отстают от заданного уровня</w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63" w:rsidRPr="004D1C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 1,5 года по математике, на 2 года по естественнонаучным дисциплинам, на 2,5 года по чтению. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7058B" w:rsidRDefault="00254CC3" w:rsidP="00D76344">
+    <w:p w:rsidR="00D76344" w:rsidRDefault="00B2728A" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2016 жылы төртінші сынып оқушылары</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00EA423E" w:rsidRPr="00C76C3C">
+        <w:t xml:space="preserve">В 2016 году </w:t>
+      </w:r>
+      <w:r w:rsidR="00C602E4" w:rsidRPr="00D76344">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащиеся четвертого класса, которым на период проведения и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76344">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сследования исполни</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB45A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76344">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9,5 лет (сегодняшние третьеклассники) примут участие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в международных исследованиях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>PIRLS</w:t>
       </w:r>
-      <w:r w:rsidR="00EA423E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9516B" w:rsidRPr="00B9516B" w:rsidRDefault="004F5E6F" w:rsidP="00B9516B">
+    <w:p w:rsidR="00320FD5" w:rsidRDefault="00E33A0F" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="00B9516B" w:rsidRPr="00B9516B">
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как обозначено в Государственной программе развития образования на 2011-2020 годы и Национальном плане действий по развитию функциональной грамотности школьников на 2011-2016 годы, необходимо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">улучшить результаты казахстанских общеобразовательных школ в международных сравнительных исследованиях </w:t>
+      </w:r>
+      <w:r w:rsidR="00702158" w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТIMSS</w:t>
+      </w:r>
+      <w:r w:rsidR="00702158">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00702158" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PISA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
-      <w:r w:rsidR="00B9516B" w:rsidRPr="00B9516B">
+      <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>PIRLS</w:t>
       </w:r>
-      <w:r w:rsidR="00B9516B" w:rsidRPr="00B9516B">
-[...8 lines deleted...]
-      <w:r w:rsidR="00B9516B" w:rsidRPr="00B9516B">
+      <w:r w:rsidR="00CF20D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00702158" w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B9516B">
+        </w:rPr>
+        <w:t>ТIMSS</w:t>
+      </w:r>
+      <w:r w:rsidR="00702158">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B9516B" w:rsidRPr="00B9516B">
+        </w:rPr>
+        <w:t xml:space="preserve"> – 10-15 место, </w:t>
+      </w:r>
+      <w:r w:rsidR="00702158" w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B9516B">
+        </w:rPr>
+        <w:t>PISA</w:t>
+      </w:r>
+      <w:r w:rsidR="00702158">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="00B9516B" w:rsidRPr="00B9516B">
+        </w:rPr>
+        <w:t xml:space="preserve"> – 40-45 место.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D36BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D76344" w:rsidRPr="00703575" w:rsidRDefault="00BE4875" w:rsidP="00D76344">
+    <w:p w:rsidR="00D76344" w:rsidRPr="006D36BB" w:rsidRDefault="006D36BB" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006D36BB" w:rsidRPr="00CE742F">
+        </w:rPr>
+        <w:t xml:space="preserve">В 2015 году </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>PISA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в Казахстане пройдет в письменном виде, в 2018 году в цифровом формате.</w:t>
+      </w:r>
+      <w:r w:rsidR="00320FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidR="00320FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сследования </w:t>
+      </w:r>
+      <w:r w:rsidR="00320FD5" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТIMSS</w:t>
+      </w:r>
+      <w:r w:rsidR="00320FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00320FD5" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> PISA </w:t>
       </w:r>
-      <w:r>
-[...81 lines deleted...]
-        <w:t xml:space="preserve">оқушылар өз білімін қалай пайдалана алады дегенге жүктеледі:  шығармашылық, сын тұрғысынан ойлау, өзара ынтымақтастық және өзара бірлестік. </w:t>
+      <w:r w:rsidR="00320FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>будут направлены на то, как школьники используют свои знания в реальных жизненных ситуациях и компетенции 21 века</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3E7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00320FD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>креативность, критическое мышление, взаимосотрудничество и взаимодействие.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0091261B" w:rsidRDefault="00D324DA" w:rsidP="0091261B">
+    <w:p w:rsidR="00E33A0F" w:rsidRPr="00C76C3C" w:rsidRDefault="00D76344" w:rsidP="00D76344">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D76344">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Следует отметить, что в</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощь учител</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработаны методические пособия по развитию математической, естественнонаучной грамотности и грамотности чтения учащихся на основе заданий исследований </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>PISA</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>TIMSS</w:t>
+      </w:r>
+      <w:r w:rsidR="00810F81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33A0F" w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В них даны методические рекомендации и включены примеры заданий, которые использовались в международном исследовании образовательных достижений учащихся. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3E7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аждому учителю необходимо провести свою исследовательскую работу</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4110">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вместе с учащимися </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по изучению </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4110">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>данных исследований.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00810F81" w:rsidRDefault="00810F81" w:rsidP="00810F81">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Фо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рмирование базы тестовых заданий для Единого Национального тест</w:t>
+      </w:r>
+      <w:r w:rsidR="0083568B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мұғалімдерге арналған </w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> жүргізу қажет.</w:t>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF24C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>будет осуществляться по материалам учебников, утвержденных приказами Министра образования и науки РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E42B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Следовательно п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ри подготовке к Е</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF24C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>НТ</w:t>
+      </w:r>
+      <w:r w:rsidR="005B53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выпускники школ 2014-2015 учебного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidR="005B53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должны использовать учебники, утвержденные Минист</w:t>
+      </w:r>
+      <w:r w:rsidR="005B53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="005B53F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ством.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1673">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пока формат остается прежним.</w:t>
+      </w:r>
+      <w:r w:rsidR="0008414E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Остаются трендом такие предметы как биология и физика.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B30C2" w:rsidRDefault="00834820" w:rsidP="001B30C2">
+    <w:p w:rsidR="00105A41" w:rsidRPr="0084507E" w:rsidRDefault="00105A41" w:rsidP="00105A41">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00834820">
-[...6 lines deleted...]
-        <w:t>Ұлттық бірыңғ</w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В Стратегии «Казахстанский путь – 2050: Единая цель, единые интересы, единое будущее» Президент страны Н. Назарбаев отметил: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084507E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«В среднем образовании надо подтягивать общеобразовательные школы к уровню преподавания в Назарбаев Интеллектуальных школах. Выпускники школ должны знать казахский, русский и английский языки. Результатом обучения школьников должно стать овладение ими навык</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...530 lines deleted...]
-        <w:t>ғылымға жол тарту болады.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084507E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> критического мышления, самостоятельного поиска и глубокого анализа информации».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00105A41" w:rsidRPr="00C76C3C" w:rsidRDefault="00105A41" w:rsidP="00105A41">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C76C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
-[...80 lines deleted...]
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">В рамках реализации Государственной программы развития образования РК </w:t>
+      </w:r>
+      <w:r w:rsidR="001B1621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20 г</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Национальной академией образования имени Ы.Алтынсарина совместно с АОО «Назарбаев Интеллектуальные школы» </w:t>
+      </w:r>
+      <w:r w:rsidR="008401D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>продолжается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работа по обновлению содержания среднего образования в двух направлениях: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00105A41" w:rsidRPr="00C76C3C" w:rsidRDefault="009345ED" w:rsidP="00105A41">
+    <w:p w:rsidR="00105A41" w:rsidRPr="00C76C3C" w:rsidRDefault="00105A41" w:rsidP="00105A41">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009345ED">
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– разработка нового ГОСО начального образования, типовых учебных планов и учебных программ для начальной школы (поэтапная апробация с 2015</w:t>
+      </w:r>
+      <w:r w:rsidR="001751A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года и внедрение с 2016 года), будет введен предмет ИКТ с 1 класса, введение в науку, познание мира как пропедевтический курс естествознания, искусство и музыка отдельно.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB2BC8" w:rsidRPr="00C76C3C" w:rsidRDefault="006703B1" w:rsidP="00FB2BC8">
-[...33 lines deleted...]
-    <w:p w:rsidR="00662AB3" w:rsidRPr="00B1042F" w:rsidRDefault="002F14F7" w:rsidP="00662AB3">
+    <w:p w:rsidR="00105A41" w:rsidRPr="00C76C3C" w:rsidRDefault="00105A41" w:rsidP="00105A41">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">білім беруді ұйымдастыру порталы, білім берудің Ұлттық базасы, ішкі корпоративті портал, электронды кітапхана, білім беруді ұйымдастыруды басқару жүйесі және электронды оқудың басқа компонеттері. </w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– частичное обновление 11-летней школы с усилением проектной деятельности, ориентацией на развитие навыков по всем видам речевой деятельности и ИКТ, формирование критического мышления, т.е. разработка учебных программ и учебных планов по языковым предметам, информатике, проектной деятельности в 5-11 классах (апробация с 2015 года и внедрение с 2016 года).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00662AB3" w:rsidRPr="00D32F17" w:rsidRDefault="000C3275" w:rsidP="00662AB3">
+    <w:p w:rsidR="00105A41" w:rsidRPr="00C76C3C" w:rsidRDefault="00105A41" w:rsidP="00105A41">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В 2015-2016 уч. году планируется проведение апробации структуры и содержания нового формата обучения в 1 классе. В качестве экспериментальных площадок определены 30 общеобразовательных школ из всех регионов страны</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ИСЭО маңызды компонентінің бірі электронды кітапхана болып табылады. Онда 7511 сандық білім беру ресурстары енгізілген. </w:t>
-[...117 lines deleted...]
-        <w:t xml:space="preserve"> құрамдас ретінде тәуелсіздік, коммуникабелділік қарастырылады.</w:t>
+        <w:t>. В этот состав вошла наша школа.</w:t>
+      </w:r>
+      <w:r w:rsidR="001751A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучение для директоров и зам.директоров школ – экспериментальных площадок начнется в ноябре 2014 года, для предметников и учителей начальных классов 1 сессия в январе, 2 – в марте, 3 - в августе по 3 – 5 дней.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D66DA" w:rsidRDefault="00911678" w:rsidP="00235022">
+    <w:p w:rsidR="00FB2BC8" w:rsidRPr="00C76C3C" w:rsidRDefault="00FB2BC8" w:rsidP="00FB2BC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00911678">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Продолжается работа по активному вовлечению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогических кадров в обучение по уровневым программам повышения квалификации учителей общеобразовательных школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1E17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, определен перечень обязанностей длч учителей, имеющих сертификаты уровневых курсов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00662AB3" w:rsidRPr="00C76C3C" w:rsidRDefault="00662AB3" w:rsidP="00662AB3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00263C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процессе р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еализации национальн</w:t>
+      </w:r>
+      <w:r w:rsidR="00263C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проект</w:t>
+      </w:r>
+      <w:r w:rsidR="00263C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> систем</w:t>
+      </w:r>
+      <w:r w:rsidR="00263C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронного обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00263C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, созданы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: портал организаций образования, Национальная образовательная база данных (НОБД), внутренний корпоративный портал, электронная библиотека, система управления организацией образования и другие компоненты электронного обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0051263A" w:rsidRDefault="00662AB3" w:rsidP="00662AB3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Важным компонентом ИСЭО является электронная библиотека, в которо</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D34803">
-[...135 lines deleted...]
-        <w:t xml:space="preserve">Осы аспекте мұғалімнің жеке мысалы маңызды. </w:t>
+      <w:r w:rsidR="00995AE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уже </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">размещены 7511 цифровых образовательных ресурсов (ЦОР). В последующем </w:t>
+      </w:r>
+      <w:r w:rsidR="0051263A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИСЭО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будет размещен весь электронный образ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C007FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овательный контент:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мето</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ические рекомендации, пособия, виде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уроки, а также авторск</w:t>
+      </w:r>
+      <w:r w:rsidR="00C007FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ие разработки учителей и другое, что так же является нишей для исследовательской работы учителей и учащихся.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00235022" w:rsidRDefault="00920B74" w:rsidP="00235022">
+    <w:p w:rsidR="00662AB3" w:rsidRPr="00C76C3C" w:rsidRDefault="00662AB3" w:rsidP="00662AB3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В республике впервые основное (базовое) и дополнительное образование детей рассматриваются как равноправные, взаимодополняющие друг друга компоненты</w:t>
+      </w:r>
+      <w:r w:rsidR="0051263A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создают единое образовательное пространство, необходимое для полноценного личностного и индивидуа</w:t>
+      </w:r>
+      <w:r w:rsidR="0051263A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льного развития каждого ребенка, </w:t>
+      </w:r>
+      <w:r w:rsidR="00995AE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля их у</w:t>
+      </w:r>
+      <w:r w:rsidR="0051263A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спешной социализации в обществе, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развития таких личностных качеств, как активность, самостоятельность, коммуникативность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00235022" w:rsidRDefault="00235022" w:rsidP="00235022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00920B74">
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ұлттық идея </w:t>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним из важных приоритетов образования является усиление воспитательной работы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Послании народу Казахстана «Стратегия «Казахстан-2050»: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новый политический курс состоявшегося государства» Л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>идер нации отметил: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Воспитание детей – это огромные инвестиции в будущее. Мы должны подходить в этом вопросе именно так и стремиться дать нашим детям лучшее образование». </w:t>
+      </w:r>
+      <w:r w:rsidR="00876236">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В данном аспекте важен личный пример учителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00235022" w:rsidRDefault="00235022" w:rsidP="00235022">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одной из задач, стоящих перед </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обществом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, является воплощение в жизнь общенациональной идеи «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>өмірімізде  жүзеге асыру</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гілік Ел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Несомненно, ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ундамент ее должен быть заложен в школе. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еобходимо усилить воспитательный </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компонент всех учебных предметов, их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00394D9A" w:rsidRPr="00394D9A">
-[...26 lines deleted...]
-      <w:r w:rsidR="00394D9A">
+      <w:r w:rsidR="00AC2CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зучение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должно быть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направлено на формирование духовно-нравственных качеств и патриотических чувств учащихся, формирование казахстанского патриотизма и гражданской ответственности, развитие национального самосознания и толерантности, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>укрепление светских ценностей и формирование осознанного непринятия молодежью идеологии терроризма и экстремизма,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0084451E" w:rsidRPr="0084451E">
-[...58 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00C76C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>умения общаться в условиях межэтнического Казахстана.</w:t>
+      </w:r>
+      <w:r w:rsidR="0078671D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0058323F" w:rsidRPr="0084451E">
-[...97 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="004A683F" w:rsidRDefault="004D1C0D" w:rsidP="004A683F">
+    <w:p w:rsidR="00235022" w:rsidRDefault="004D1C0D" w:rsidP="00BF2E19">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003948C5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidR="003948C5" w:rsidRPr="003948C5">
-[...87 lines deleted...]
-        <w:t>Қазақстан халқы Ассамблеясының 20 жылдығына, Ұлы Отан соғысының 70 жылдығына</w:t>
+      <w:r w:rsidR="00235022" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях формирования </w:t>
       </w:r>
       <w:r w:rsidR="00334864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...35 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>гражданина и патриота, обладающего</w:t>
+      </w:r>
+      <w:r w:rsidR="00235022" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лидерскими качествами </w:t>
+      </w:r>
+      <w:r w:rsidR="00334864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в этом году </w:t>
+      </w:r>
+      <w:r w:rsidR="00235022" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимо развернуть в </w:t>
+      </w:r>
+      <w:r w:rsidR="00334864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>школе</w:t>
+      </w:r>
+      <w:r w:rsidR="00235022" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidR="00235022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00235022" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по подготовке и проведению праз</w:t>
+      </w:r>
+      <w:r w:rsidR="00235022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">днования в Республике Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00334864" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20-летия Ко</w:t>
+      </w:r>
+      <w:r w:rsidR="00334864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нституции Республики Казахстан, </w:t>
+      </w:r>
+      <w:r w:rsidR="00334864" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00334864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00334864" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ле</w:t>
+      </w:r>
+      <w:r w:rsidR="00334864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тия Ассамблеи народа Казахстана, </w:t>
+      </w:r>
+      <w:r w:rsidR="00235022" w:rsidRPr="00785098">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>70-й годовщины побед</w:t>
+      </w:r>
+      <w:r w:rsidR="00235022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы в Великой Отечественной войне</w:t>
+      </w:r>
+      <w:r w:rsidR="00334864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00235022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>международной выставки «Экспо – 2017».</w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данное время </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идет </w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обсужд</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проект</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00343C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> новой концепции воспитания.</w:t>
+      </w:r>
+      <w:r w:rsidR="00533C70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00910A0D" w:rsidRPr="00785098" w:rsidRDefault="006C56E4" w:rsidP="004A683F">
+    <w:p w:rsidR="00910A0D" w:rsidRPr="00785098" w:rsidRDefault="00910A0D" w:rsidP="00910A0D">
       <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
-        <w:snapToGrid w:val="0"/>
-[...2 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құрметті әріптестер, Сіздерді жаңа оқу жылымен құттықтаймын! </w:t>
-[...47 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>Уважаемые коллеги, поздравляю Вас с новым учебным годом! Желаю вам здоро</w:t>
+      </w:r>
+      <w:r w:rsidR="009A49C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вья, творчества, </w:t>
+      </w:r>
+      <w:r w:rsidR="00826596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">открытости ко всему новому, </w:t>
+      </w:r>
+      <w:r w:rsidR="009A49C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>неутомимой эне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ргии</w:t>
+      </w:r>
+      <w:r w:rsidR="00826596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и мобильности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, для решения задач</w:t>
+      </w:r>
+      <w:r w:rsidR="00826596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, поставленных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00826596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государством</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2BCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и обществом</w:t>
+      </w:r>
+      <w:r w:rsidR="00826596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>перед образованием</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2BCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00910A0D" w:rsidRPr="00785098">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...7 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="32326F18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91201BD8"/>
     <w:lvl w:ilvl="0" w:tplc="7466DD46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -4486,272 +3624,156 @@
     <w:lvl w:ilvl="8" w:tplc="EA427F6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0046353F"/>
     <w:rsid w:val="00015F37"/>
-    <w:rsid w:val="00057EB5"/>
     <w:rsid w:val="0008414E"/>
-    <w:rsid w:val="00095948"/>
-[...4 lines deleted...]
-    <w:rsid w:val="000F116A"/>
     <w:rsid w:val="00105A41"/>
-    <w:rsid w:val="00124718"/>
     <w:rsid w:val="00130370"/>
     <w:rsid w:val="0013054E"/>
-    <w:rsid w:val="00130A37"/>
     <w:rsid w:val="00152159"/>
     <w:rsid w:val="001526F1"/>
     <w:rsid w:val="00153B39"/>
     <w:rsid w:val="00160FD8"/>
-    <w:rsid w:val="00163F45"/>
     <w:rsid w:val="001751A3"/>
     <w:rsid w:val="001B1621"/>
-    <w:rsid w:val="001B30C2"/>
     <w:rsid w:val="001F5220"/>
     <w:rsid w:val="001F7FE2"/>
-    <w:rsid w:val="00206AF1"/>
     <w:rsid w:val="00235022"/>
-    <w:rsid w:val="00254CC3"/>
-    <w:rsid w:val="00256C65"/>
     <w:rsid w:val="00263C1E"/>
-    <w:rsid w:val="002812B2"/>
     <w:rsid w:val="00286F14"/>
-    <w:rsid w:val="00295105"/>
-[...3 lines deleted...]
-    <w:rsid w:val="002F5664"/>
     <w:rsid w:val="002F7E9C"/>
     <w:rsid w:val="00320FD5"/>
     <w:rsid w:val="00322ABC"/>
     <w:rsid w:val="00334864"/>
     <w:rsid w:val="00335137"/>
     <w:rsid w:val="00343C63"/>
-    <w:rsid w:val="00353490"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00394D9A"/>
     <w:rsid w:val="003B4110"/>
     <w:rsid w:val="003B5D6E"/>
-    <w:rsid w:val="003C1FF1"/>
     <w:rsid w:val="003C22D9"/>
     <w:rsid w:val="003C4504"/>
-    <w:rsid w:val="003D3D02"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00401F66"/>
     <w:rsid w:val="004025C9"/>
-    <w:rsid w:val="00403F29"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00440915"/>
     <w:rsid w:val="0046353F"/>
     <w:rsid w:val="004766C3"/>
-    <w:rsid w:val="004A683F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C1676"/>
     <w:rsid w:val="004D1C0D"/>
-    <w:rsid w:val="004D7EF2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="004F72EE"/>
     <w:rsid w:val="0051263A"/>
-    <w:rsid w:val="005312C6"/>
     <w:rsid w:val="00533C70"/>
-    <w:rsid w:val="0055462B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00595490"/>
     <w:rsid w:val="005B53F0"/>
-    <w:rsid w:val="005D1728"/>
     <w:rsid w:val="005D46D5"/>
     <w:rsid w:val="005F2F77"/>
     <w:rsid w:val="00612F2D"/>
-    <w:rsid w:val="006257E0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00634FAE"/>
     <w:rsid w:val="00662AB3"/>
-    <w:rsid w:val="00662F9C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006B594C"/>
     <w:rsid w:val="006B5CD0"/>
-    <w:rsid w:val="006C56E4"/>
     <w:rsid w:val="006D36BB"/>
     <w:rsid w:val="006F5002"/>
     <w:rsid w:val="00702158"/>
-    <w:rsid w:val="00703575"/>
     <w:rsid w:val="00731AFE"/>
     <w:rsid w:val="007649B8"/>
-    <w:rsid w:val="00771393"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0078562B"/>
     <w:rsid w:val="0078671D"/>
-    <w:rsid w:val="0079659B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00806C48"/>
     <w:rsid w:val="00810F81"/>
-    <w:rsid w:val="008126C6"/>
     <w:rsid w:val="00824314"/>
     <w:rsid w:val="00826596"/>
-    <w:rsid w:val="00834820"/>
     <w:rsid w:val="0083568B"/>
     <w:rsid w:val="008401D9"/>
-    <w:rsid w:val="0084451E"/>
     <w:rsid w:val="0084507E"/>
     <w:rsid w:val="0086320A"/>
-    <w:rsid w:val="00873AB7"/>
-    <w:rsid w:val="0087428D"/>
     <w:rsid w:val="00876236"/>
-    <w:rsid w:val="008929C9"/>
     <w:rsid w:val="008A180B"/>
-    <w:rsid w:val="008F0ECF"/>
     <w:rsid w:val="00910A0D"/>
-    <w:rsid w:val="00911678"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00920B74"/>
     <w:rsid w:val="00927A99"/>
-    <w:rsid w:val="009345ED"/>
-    <w:rsid w:val="00960F4A"/>
     <w:rsid w:val="0096315B"/>
     <w:rsid w:val="0097223A"/>
     <w:rsid w:val="00986774"/>
     <w:rsid w:val="00995AE3"/>
     <w:rsid w:val="009A49C1"/>
-    <w:rsid w:val="009A59DD"/>
     <w:rsid w:val="009D47F4"/>
-    <w:rsid w:val="009D66DA"/>
     <w:rsid w:val="009E02B3"/>
     <w:rsid w:val="009E1673"/>
     <w:rsid w:val="009E5B55"/>
-    <w:rsid w:val="009F6772"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A12BEE"/>
     <w:rsid w:val="00AA1C2A"/>
     <w:rsid w:val="00AC2CB6"/>
-    <w:rsid w:val="00AD3327"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B1042F"/>
     <w:rsid w:val="00B2728A"/>
-    <w:rsid w:val="00B314DB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B9516B"/>
     <w:rsid w:val="00BA3E2C"/>
-    <w:rsid w:val="00BB2A03"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BE4875"/>
     <w:rsid w:val="00BF2E19"/>
-    <w:rsid w:val="00BF5BC7"/>
     <w:rsid w:val="00C007FE"/>
-    <w:rsid w:val="00C25584"/>
-    <w:rsid w:val="00C41B4E"/>
     <w:rsid w:val="00C44B5B"/>
     <w:rsid w:val="00C45E21"/>
     <w:rsid w:val="00C602E4"/>
     <w:rsid w:val="00CB45A8"/>
     <w:rsid w:val="00CC71C5"/>
-    <w:rsid w:val="00CE1A33"/>
     <w:rsid w:val="00CE6CDA"/>
-    <w:rsid w:val="00CE742F"/>
     <w:rsid w:val="00CF20D9"/>
     <w:rsid w:val="00CF2BCE"/>
-    <w:rsid w:val="00CF2CB3"/>
     <w:rsid w:val="00CF3E7A"/>
-    <w:rsid w:val="00D304F9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D366D8"/>
     <w:rsid w:val="00D57B57"/>
     <w:rsid w:val="00D61BED"/>
     <w:rsid w:val="00D76344"/>
-    <w:rsid w:val="00D81C4C"/>
-    <w:rsid w:val="00D921A8"/>
     <w:rsid w:val="00D92C2C"/>
-    <w:rsid w:val="00DA55A7"/>
     <w:rsid w:val="00DC66B4"/>
-    <w:rsid w:val="00DE3DB5"/>
     <w:rsid w:val="00DF65F9"/>
     <w:rsid w:val="00E06216"/>
     <w:rsid w:val="00E1041E"/>
-    <w:rsid w:val="00E14B66"/>
     <w:rsid w:val="00E17CC2"/>
     <w:rsid w:val="00E33A0F"/>
     <w:rsid w:val="00E42B83"/>
-    <w:rsid w:val="00E610CC"/>
     <w:rsid w:val="00E6377B"/>
-    <w:rsid w:val="00E73973"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00EE12A2"/>
     <w:rsid w:val="00EF7FF9"/>
     <w:rsid w:val="00F14C47"/>
-    <w:rsid w:val="00F1576C"/>
     <w:rsid w:val="00F33D8E"/>
     <w:rsid w:val="00F544A0"/>
-    <w:rsid w:val="00F7058B"/>
     <w:rsid w:val="00F707A1"/>
-    <w:rsid w:val="00F90EC4"/>
     <w:rsid w:val="00FB2BC8"/>
     <w:rsid w:val="00FB35A2"/>
     <w:rsid w:val="00FC1E17"/>
     <w:rsid w:val="00FD7BDA"/>
     <w:rsid w:val="00FF24C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -5662,68 +4684,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1474</Words>
-  <Characters>8408</Characters>
+  <Words>1581</Words>
+  <Characters>9014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9863</CharactersWithSpaces>
+  <CharactersWithSpaces>10574</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Елена</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>