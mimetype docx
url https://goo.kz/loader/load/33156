--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,2830 +1,1528 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00BB02A1" w:rsidRPr="00F71B22" w:rsidRDefault="00AD4B73" w:rsidP="00F71B22">
+    <w:p w:rsidR="00B63266" w:rsidRDefault="005B0CB9" w:rsidP="00E20DFC">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="001D0543">
-[...1972 lines deleted...]
-        <w:t xml:space="preserve">«Үш  тілді оқыту» бойынша дайындық жұмыс басталды .Өткен </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жаңа </w:t>
+      </w:r>
+      <w:r w:rsidR="00C64DCD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бастауларға</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00BB02A1" w:rsidRPr="00BB02A1">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаңа ойлармен. Қазанның бірінші күні біз </w:t>
+      </w:r>
+      <w:r w:rsidR="00650978">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұғалімдер кү</w:t>
+      </w:r>
+      <w:r w:rsidR="00295AC2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нін атап өтеміз. Осы мереке біздің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдаған мамандығымызға, әлеуметтік статусымызға қарамастан өте қымбат. </w:t>
+      </w:r>
+      <w:r w:rsidR="00295AC2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мереке қарсаңында жетістіктер және табыстар, сәттіліктер мен жеңістер туралы айтқан жағымды.  </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E0B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ал Павлодар қаласы № 39 инновациялық үлгідегі гимназиялық сыныптары бар жалпы орта білім беру мектебінде жеңістер мен жетістіктер</w:t>
+      </w:r>
+      <w:r w:rsidR="00650978">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеткілікті. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4E0B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D86AFF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Келесі жылы </w:t>
+      </w:r>
+      <w:r w:rsidR="0073744D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мектепке 30 жыл толады. Тарих үшін бұл жай ғана қас қағым сәт. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46B2E" w:rsidRPr="00B46B2E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ал </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46B2E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көптеген </w:t>
+      </w:r>
+      <w:r w:rsidR="0081655F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұрпақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5467D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түлектеріне</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46B2E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46B2E" w:rsidRPr="00B46B2E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогикалық еңбек ардагерлері  мен </w:t>
+      </w:r>
+      <w:r w:rsidR="0081655F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазіргі мұғалімдер </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46B2E" w:rsidRPr="00B46B2E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5467D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46B2E" w:rsidRPr="00B46B2E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5467D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұл </w:t>
+      </w:r>
+      <w:r w:rsidR="00701736">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шығармашылық салаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="00405A2A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаңа беттің ашылуы </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5467D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күнделікті өмір туралы тамаша естеліктер</w:t>
+      </w:r>
+      <w:r w:rsidR="00405A2A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12A2D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектептің  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">Носителем истории школы можно по праву считать Петрову Валентину Михайловну, педагога с богатейшим опытом, возглавлявшую ее в течение 16 лет и сделавшую инновационной совместно с Афанасьевой Валерией </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Никандровной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, кандидатом педагогических наук, профессором ПГПИ. С первых дней здесь работают настоящие мастера своего дела и энтузиасты. Это люди, одержимые своей профессией, умеющие мысль превратить в поступок и этому учить других - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Хасенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Кайрия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Арыновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Кутнова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Людмила Григорьевна, Карасенко Мария Васильевна, Колесникова Галина Николаевна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Майлакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Елена Анатольевна, Кичигина Елена Валерьевна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Шафикова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Гульниса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Сафиуловна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">. И мне, как нынешнему руководителю, хотелось бы чувствовать себя достойным преемником, продолжать и развивать созданное, достигать новых вершин. Сегодня тридцать девятая школа - одна из крупнейших в Павлодаре. В ней обучается более 1600 учащихся, работает 109 педагогов. Она занимает достойное место в городском рейтинге по показателям качества, предоставляемых образовательных услуг, постоянно находится в поисках и развитии, внедряя новшества в учебно-воспитательный процесс, тем самым известна не только в Павлодарской области, но и далеко за ее пределами. Современная жизнь требует современных подходов к обучению и воспитанию подрастающего поколения. И в школе сформировался эффективный педагогический опыт. Здесь созданы все условия для реализации творческого потенциала каждого педагога. Достижения учителей нашей школы многочисленны. Они активные участники и призеры профессиональных конкурсов, олимпиад различного уровня. Среди них Фролова Надежда Сергеевна, Жукова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Жатьяна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Владимировна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Тирешина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Евгения Васильевна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Сыздыкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Ляззат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Замзамовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Ковина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Екатерина Александровна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Болехивская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Лариса Дмитриевна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Ендураева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Елена Юрьевна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Айтмухамбетова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Роза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Кенесовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Каражанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Азиза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Жантасовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Тумарбекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Назгуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Елюбаевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Хасенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Анара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Булатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Бураханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Райса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Мендешевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Толуебаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Гульнара Муратовна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Видиней</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Оксана Ивановна, Жумабаева </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Асия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Камалитденовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">. Заявили о себе в Национальном центре тестирования наши талантливые педагоги - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Шкиль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Владимир Григорьевич, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Елемесова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Бахыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Мунайдаровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, Лаврентий Елена Владимировна. Один из приоритетов школы – работа с талантливыми детьми, выявление и поддержка детской одаренности, развитие их интеллектуальных способностей. Сегодня школа – это дом, в котором ученик - яркая личность. И эту личность стремятся увидеть в каждом. Учащиеся школы являются лучшей олимпийской командой в городской предметной олимпиаде, достойно выступают в республиканских интеллектуальных марафонах, международных конкурсах и соревнованиях. В этом заслуга учителей, обладающих высоким профессионализмом, аналитическим умом и педагогическим тактом – Крюковской Надежды Юрьевны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Трушаковой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Елены Владимировны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Жангазина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Армана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Карасаевича</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Чучко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Оксаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Арсентьевны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, Павлининой Антонины Михайловны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Абдраисовой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Гульмайры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Виленовны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, Браун Ольги Владиславовны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Хомутовой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Светланы Владимировны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Искаковой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Ляззат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Мукашевны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Успановой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Гульнары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Рахмашевны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Шарбановой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Кымбат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Бахытбековны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Асаиновой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Сауле </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Имановны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, Балтабаева </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Серика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Аманбаевича</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Абденовой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Гульнары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Шапеновны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, Орловой Ольги Александровны. Для учителя нет большего счастья, чем успехи их учеников. Они всегда радуют и вдохновляют. Сегодня </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>полиязычие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> стало реальным элементом стратегии развития образования в Республике. Эту идею педагогический коллектив взял на вооружение еще в 2006 году. Тогда в режиме эксперимента был открыт первый класс с ранним изучением немецкого языка. Теперь – это, как мы называем, лингвистическая гимназия, школа в школе, которая включает в себя 187 учащихся с первого по </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5729B">
         <w:lastRenderedPageBreak/>
-        <w:t>оқу жылынан бастап, оқыту орыс тілінде жүргізілетін бастауыш сыныптарда тарихи пәні бойынша  қазақ тілін қолданып  арнайы курстар  енгізілген, ал негізгі мектепте өлкетану және жаратылыстану пәндерін  ағылшын тілінде жүргізіледі. Базалық пәндер (жағрафия) қазақ тілінде оқытуға  енгізудеміз.</w:t>
-[...163 lines deleted...]
-        <w:t xml:space="preserve">Мерекелеріңізбен, қымбатты әріптестер! Булгакова Елена ЖОББМ № 39директоры </w:t>
+        <w:t>одиннадцатый класс, где изучается не только язык, но и предметы на немецком языке. Для погружения в немецкую культуру создана вокально-хореографическая студия «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Глекхен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">». Целенаправленная работа в данном направлении осуществлялась под руководством </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Тюменцевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Елены Леонидовны, при активном участии учителей немецкого языка - Мокроусовой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Танзили</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Рафкатовны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, Колесниковой Анастасии Николаевны, Фроловой Надежды Сергеевны и Кос Валентины Владимировны. Все они прошли курсы повышения квалификации за рубежом. В 2013 году мы вступили в международный проект «Школы – партнеры будущего» и стали официальным партнером Германии. В рамках этого проекта наши воспитанники получили возможность участвовать в различных PASCH- инициативах, творческих и интеллектуальных конкурсах, олимпиадах, спортивных соревнованиях, в интернет-платформах. За три года сотрудничества шесть учащихся школы, получили путевки и прошли языковые курсы в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>г.Берлине</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>г.Швебишгалл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">. Школьное образование Республики находится на этапе нового старта. Началась подготовительная работа по переходу на трехъязычное обучение. Уже в прошлом учебном году нами были разработаны и введены спецкурсы по истории с использованием казахского языка в начальных классах с русским языком обучения, краеведение и естествознание с применением английского языка в основной школе. Внедряем преподавание базовых дисциплин (география) на казахском языке. С этого учебного года все первые классы перешли на обновленное содержание образования по апробированным учебным программам. Реализация мер по обновлению содержания образования началась с 2015-2016 учебного года на базе 30 пилотных школ страны, в числе которых такая ответственность и честь была предоставлена тридцать девятой школе, замечу единственной в городе Павлодаре. Сегодня уже можно говорить о некоторых результатах. Апробация обновленного содержания образования осуществлялась в двух первых классах по ряду альтернативных учебно-методических комплексов. Они яркие, красочные, содержат много занимательного материала исследовательского характера. Учителя отметили, что задания, которые выполняли бывшие первоклассники (теперь они второклассники) в основном были направлены на активизацию речевой деятельности учащихся. В экспериментальной практике нами внедрялась новая, система оценки результатов обучения, а именно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>критериальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> оценивание. Наши исследования показали, что такая система оценивания способствовала снижению уровня тревожности у школьников, повышению мотивации к достижению лучшего результата. В ходе эксперимента мы систематически изучали мнение родителей. Они отметили направленность нового содержания на развитие ребёнка, на формирование умений общения и взаимодействия в работе, особо отметили, что при «пятидневке» дети получили возможность восстанавливаться после напряжённой учебной недели. Мы реально участвовали в осуществлении перехода от концепции «хорошее образование на всю жизнь» к пониманию необходимости «образования через всю жизнь». И важно, что наши дети обучались и воспитывались в среде, которая демонстрировала приверженность данной концепции. Было нелегко, но с поставленной задачей успешно справились учителя экспериментальных классов Захарова Инга Алексеевна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Жуманова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Айман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Калиаскаровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Вотчиникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Татьяна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Юнусовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve">, Воеводская Лидия Леонидовна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Тирешина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Евгения Васильевна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Сизова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Елена Ивановна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t>Перевертова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5729B">
+        <w:t xml:space="preserve"> Елена Алексеевна. Много сделано, еще больше предстоит сделать. Сегодня от каждого учителя требуется включенность в понимание новых идей, в осознание принципиальных отличий новых подходов в обучении, значимость создаваемого опыта, а ещё – корпоративная ответственность. В преддверии Дня учителя хотелось бы поздравить всех педагогических работников Казахстана с праздником! Пусть этот год станет годом свершений и добрых дел, принесет много светлых и счастливых дней, неиссякаемой творческой энергии, успехов во всех начинаниях, высоких профессиональных достижений. Пусть в ваших делах всегда будет дух созидания и оптимизма. С праздником, дорогие коллеги! Елена Булгакова, директор СОШ № 39</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD00A2" w:rsidRDefault="00DD00A2" w:rsidP="00036169">
+    <w:p w:rsidR="00E20DFC" w:rsidRDefault="00E20DFC" w:rsidP="00E20DFC">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DD00A2" w:rsidSect="00DD00A2">
+    <w:p w:rsidR="00E20DFC" w:rsidRDefault="00E20DFC" w:rsidP="00E20DFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E20DFC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AD4B73"/>
-[...28 lines deleted...]
-    <w:rsid w:val="00FD093F"/>
+    <w:rsidRoot w:val="001F35ED"/>
+    <w:rsid w:val="001F35ED"/>
+    <w:rsid w:val="00295AC2"/>
+    <w:rsid w:val="00405A2A"/>
+    <w:rsid w:val="004E39EC"/>
+    <w:rsid w:val="005A4E0B"/>
+    <w:rsid w:val="005B0CB9"/>
+    <w:rsid w:val="00650978"/>
+    <w:rsid w:val="00701736"/>
+    <w:rsid w:val="0073744D"/>
+    <w:rsid w:val="0081655F"/>
+    <w:rsid w:val="00AB1105"/>
+    <w:rsid w:val="00B12A2D"/>
+    <w:rsid w:val="00B46B2E"/>
+    <w:rsid w:val="00B5729B"/>
+    <w:rsid w:val="00B63266"/>
+    <w:rsid w:val="00BA666B"/>
+    <w:rsid w:val="00BE2D0E"/>
+    <w:rsid w:val="00C5467D"/>
+    <w:rsid w:val="00C64DCD"/>
+    <w:rsid w:val="00D86AFF"/>
+    <w:rsid w:val="00E20DFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="05C10F5E"/>
+  <w15:docId w15:val="{9C37C606-D49D-4FC7-ADD5-2E1074B71082}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003F67F8"/>
+    <w:rsid w:val="004E39EC"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="004E39EC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
-[...24 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="004E39EC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Твердый переплет">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Book Antiqua"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Grek" typeface="Times New Roman"/>
+        <a:font script="Cyrl" typeface="Times New Roman"/>
+        <a:font script="Jpan" typeface="HGS明朝E"/>
+        <a:font script="Hang" typeface="궁서"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Book Antiqua"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Grek" typeface="Times New Roman"/>
+        <a:font script="Cyrl" typeface="Times New Roman"/>
+        <a:font script="Jpan" typeface="HGS明朝E"/>
+        <a:font script="Hang" typeface="돋움"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="David"/>
+        <a:font script="Thai" typeface="EucrosiaUPC"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-      </a:majorFont>
-[...32 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2959,70 +1657,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>6689</Characters>
+  <Pages>3</Pages>
+  <Words>1250</Words>
+  <Characters>7125</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7847</CharactersWithSpaces>
+  <CharactersWithSpaces>8359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>FORA</dc:creator>
+  <dc:creator>Ученик</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>