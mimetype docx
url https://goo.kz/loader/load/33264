--- v0 (2025-12-14)
+++ v1 (2026-03-02)
@@ -1,18121 +1,15268 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4218"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD0618" w:rsidRPr="00E24448" w:rsidTr="0049617B">
+      <w:tr w:rsidR="00881C4A" w:rsidRPr="00881C4A" w:rsidTr="00042B26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD0618" w:rsidRPr="00E65BF6" w:rsidRDefault="00BD0618" w:rsidP="0049617B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="00594E90" w:rsidP="00FA1FA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5670"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00023BC5" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение к приказу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="00D204C6" w:rsidP="00FA1FA9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">исполняющего </w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бязанности</w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="004E5FCE" w:rsidRDefault="004E5FCE" w:rsidP="00FA1FA9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">марта </w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года №</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E5FCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00881C4A" w:rsidRPr="00881C4A" w:rsidTr="00042B26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4927" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5670"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD0618" w:rsidRPr="00C876AC" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5670"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...158 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD0618" w:rsidRPr="00C876AC" w:rsidRDefault="00BD0618" w:rsidP="0049617B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5670"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>приказом Министра образовани</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="000D78E9" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidR="000D78E9" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidR="00926775" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28 января 20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года №</w:t>
+            </w:r>
+            <w:r w:rsidR="00023BC5" w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881C4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...83 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>94</w:t>
-            </w:r>
-[...25 lines deleted...]
-              <w:t>бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD0618" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD0618" w:rsidRPr="001F6F4B" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00BD0618" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила проведения внешней оценки учебных достижений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00BD0618" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
+        <w:ind w:left="1069"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-тарау. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...16 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1069"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00BD0618" w:rsidRDefault="00BD0618" w:rsidP="005C6DE6">
-[...224 lines deleted...]
-    <w:p w:rsidR="003C475E" w:rsidRPr="003C475E" w:rsidRDefault="003C475E" w:rsidP="003C475E">
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящие Правила проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внешней оценки учебных достижений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - Правила) разработаны в соответствии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>с подпунктом</w:t>
+      </w:r>
+      <w:r w:rsidR="00594E90" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Осы қағидаларда мынадай ұғым пайдаланылады: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003C475E" w:rsidRDefault="003C475E" w:rsidP="003C475E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Об образовании»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Закон) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E24CA4" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определяют </w:t>
+      </w:r>
+      <w:r w:rsidR="00726E83" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">порядок проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внешней оценки учебных достижений</w:t>
+      </w:r>
+      <w:r w:rsidR="00726E83" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее - ВОУД) в:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="003C475E" w:rsidRPr="00C876AC" w:rsidRDefault="003C475E" w:rsidP="00C876AC">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) начальной школе – выборочно, с целью мониторинга учебных достижений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...169 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00C876AC" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) основной школе – выборочно, с целью мониторинга учебных достижений и оценки эффективности организации учебного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="004B2E0D" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) общей средней школе – с целью оценивания уровня учебных достижений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="00C876AC" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) высшем </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образовании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – выборочно, с целью мониторинга освоения учебной программы по направлениям обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) спецификация теста –</w:t>
+      </w:r>
+      <w:r w:rsidR="00E24CA4" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документ, в котором описывается общая характеристика теста, количество и содержание заданий, время тестирования по конкретному предмету и дисциплине для определенного экзамена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00806CBA" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00FA1FA9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00806CBA" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Целью проведения В</w:t>
+      </w:r>
+      <w:r w:rsidR="00806CBA" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОУД является оценка качества образовательных услуг и определения уровня освоения обучающимися общеобразовательных учебных программ начального, основного среднего, общего среднего образования </w:t>
+      </w:r>
+      <w:r w:rsidR="000445DE" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – среднее образование) </w:t>
+      </w:r>
+      <w:r w:rsidR="00806CBA" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и образовательных программ высшего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="000B1B91" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, предусмотренных государственными общеобязательными стандартами утвержденными постановлением Правительства Республики Казахстан от 23 августа 2012 года № 1080 «Об утверждении государственных общеобязательных стандартов образования соответствующих уровней образования»</w:t>
+      </w:r>
+      <w:r w:rsidR="00806CBA" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="000B1B91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00806CBA" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила распространяются на организации среднего (начального, основного среднего, общего среднего) и высшего образования независимо от форм собственности и ведомственной подчиненности, видов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВОУД проводится в форме комплексного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестировани</w:t>
+      </w:r>
+      <w:r w:rsidR="00C272AA" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на языке обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...44 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">еречень организаций среднего образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>специальностей высшего образования и высших учебных заведений, на базе которых проводится ВОУД, (далее - базовый вуз) и прикрепленные к ним высшие учебные заведения (далее – линейный вуз)</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2098" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C876AC">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ежегодно определяются уполномоченным органом в области образования (далее – уполномоченный орган)</w:t>
+      </w:r>
+      <w:r w:rsidR="00023BC5" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00257354" w:rsidRPr="006013F6">
-[...66 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с пунктом 6 статьи 55 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="34" w:firstLine="675"/>
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00257354">
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>7. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00257354" w:rsidRPr="00A32360">
+        <w:t>Количество и форма заданий, а также количество часов, отводимое на тестирование, определяются спецификацией теста в разрезе каждого предмета и дисциплины. Спецификация теста разрабатыва</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тапсырмалар </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00257354">
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">саны мен мазмұны, сондай-ақ тестілеуге бөлінетін сағат саны әр пән бойынша тесттің спецификациясына сәйкес айқындалады. Тест спецификациясын уәкілетті орган әзірлеп, бекітеді. </w:t>
-[...7 lines deleted...]
-        </w:tabs>
+        <w:t>тся и утвержда</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тся уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A35" w:rsidRPr="00881C4A" w:rsidRDefault="004D1A35" w:rsidP="004D1A35">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00003564" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Контроль над соблюдением Правил проведения ВОУД в организациях образования осуществляют уполномоченные представители Министерства образования и науки Республики Казахстан (далее - Министерство) и территориальные департаменты по контролю в сфере образования Комитета по контролю в сфере образования и науки Министерства (далее – ДКСО).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD13D0" w:rsidRPr="00881C4A" w:rsidRDefault="004D1A35" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="34" w:firstLine="675"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B52E8">
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-        </w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD13D0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Техническое обеспечение процедур тестирования осуществляет</w:t>
+      </w:r>
+      <w:r w:rsidR="009879C4" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD13D0" w:rsidRPr="00881C4A">
+        <w:t>Республиканское государственное казенное предприятие «Национальный центр тестирования» Министерства</w:t>
+      </w:r>
+      <w:r w:rsidR="00023BC5" w:rsidRPr="00881C4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B52E8">
-[...18 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="006B52E8" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+      <w:r w:rsidR="00FD13D0" w:rsidRPr="00881C4A">
+        <w:t>(далее - НЦТ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="008438E1" w:rsidP="002B008A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006B52E8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:sz w:val="28"/>
-[...48 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При проведении</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="006B52E8" w:rsidRPr="00601B32" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОУД уполномоченными представителями Министерства</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДКСО проводится разъяснительная работа с обучающимися по заполнению материалов тестирования и порядк</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A35" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения процедуры. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FD13D0" w:rsidRPr="00881C4A" w:rsidRDefault="004150D6" w:rsidP="004150D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:r w:rsidR="006B52E8" w:rsidRPr="00601B32">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FD13D0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тестируемые лица не разговаривают с другими тестируемыми лицами, не обмениваются материалами</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD13D0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00300660" w:rsidRPr="00601B32" w:rsidRDefault="00300660" w:rsidP="00B61E56">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>и (или) не совершают их умышленное повреждение (порчу)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD13D0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, не используют информацию на бумажных, электронных и иных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD13D0" w:rsidRPr="00881C4A" w:rsidRDefault="00FD13D0" w:rsidP="008438E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во время прохождения тестирования </w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тестируемый </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не использу</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00300660" w:rsidRPr="00601B32" w:rsidRDefault="00300660" w:rsidP="00B61E56">
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>калькулятор, справоч</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>литератур</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кроме таблицы Менделеева и таблицы растворимости солей), </w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>корректирующую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жидкост</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронны</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> записны</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> книжк</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимающ</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>передающие электронные устройства (в том числе мобильные телефоны и ин</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A35" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е электронн</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A35" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оборудовани</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A35" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае нарушения тестируемым настоящих Правил, уполномоченный представитель Министерства и ДКСО принимают решение об удалении тестируемого из аудитории, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>составляют</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00601B32" w:rsidRPr="00601B32">
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">акт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00A0447A">
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60C47" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00601B32" w:rsidRPr="00601B32">
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006F0B38">
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрещенных предметов и удалени</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A35" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D41CF4">
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006F0B38">
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из аудитории тестируемого по форме</w:t>
+      </w:r>
+      <w:r w:rsidR="0035598B" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b w:val="0"/>
-          <w:szCs w:val="28"/>
-[...53 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00601B32" w:rsidRPr="00601B32">
-[...18 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00601B32" w:rsidRDefault="00BD0618" w:rsidP="00F15BAB">
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidR="009473D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, результаты да</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12F29" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нного тестируемого аннулируются.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="009473D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00601B32" w:rsidRDefault="00BD0618" w:rsidP="00F15BAB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выход из аудитории предусмотрен только при сопровождении дежурного по коридору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00076484" w:rsidRPr="00881C4A" w:rsidRDefault="00076484" w:rsidP="00076484">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="34"/>
         </w:tabs>
         <w:ind w:left="34" w:firstLine="675"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00601B32">
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>13. </w:t>
       </w:r>
-      <w:r w:rsidR="00601B32" w:rsidRPr="00C40F4E">
-[...20 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t>При</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00881C4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00601B32">
-[...80 lines deleted...]
-        <w:pStyle w:val="ab"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t>проведение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t xml:space="preserve"> ВОУД для определения факторов, влияющих на качество знаний обучающихся, проводится анкетирование среди тестируемых, учителей и администрации организаций среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="009473D6">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Завершением рабочего дня </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кажд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004B2E0D">
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>14. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A14506">
+        <w:t xml:space="preserve">группы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тестілеудің барысы туралы статистика</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F0B38">
+        <w:t>тестируемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ны</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A14506">
-[...196 lines deleted...]
-        <w:pStyle w:val="ab"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> считается заполнение и отправка в </w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НЦТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статистики о ходе тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. После завершения тестирования всех </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>17. </w:t>
-[...22 lines deleted...]
-        <w:pStyle w:val="ab"/>
+        <w:t xml:space="preserve">тестируемых </w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">использованные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>книж</w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-вопросник</w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уничтожаются</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и составля</w:t>
+      </w:r>
+      <w:r w:rsidR="004150D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тся акт об уничтожении книжек-вопросников тестирования ВОУД согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidR="009473D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. Не использованные книжки-вопросники доставляются в НЦТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Информация об итогах ВОУД  размещается на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Результаты ВОУД используются уполномоченным органом в качестве критерия системы оценки рисков при проведении проверок на соблюдение законодательства в сфере образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Результаты ВОУД могут использоваться организациями, проводящими рейтинговые исследования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...22 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        <w:t xml:space="preserve"> и включаться в Национальный доклад о состоянии и развитии системы образования в Республике Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1600"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009473D6" w:rsidRPr="00881C4A" w:rsidRDefault="009473D6" w:rsidP="002B008A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1600"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="004B2E0D" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 2. Порядок проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004B2E0D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОУД в организациях среднего (начального, основного среднего, общего среднего) и высшего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00BD0618" w:rsidRPr="004B2E0D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Параграф 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="004B2E0D" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОУД в организациях среднего (начального, основного среднего, общего среднего) образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="004B2E0D" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. ВОУД проводится на базе организаций среднего образования, в которых обучаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>тся тестирумые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:r w:rsidR="00DB0C29" w:rsidRPr="00C40F4E">
-[...57 lines deleted...]
-    <w:p w:rsidR="00DB0C29" w:rsidRPr="00DB0C29" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="00076484" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A35" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В начальной школе ВОУД проводится среди обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4 классов</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05CB7" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с подпунктом 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB0C29">
-[...56 lines deleted...]
-    <w:p w:rsidR="00DB0C29" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 статьи 55 Закона</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="008438E1" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...77 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="004B2E0D" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. ВОУД</w:t>
+      </w:r>
+      <w:r w:rsidR="009473D6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 классах проводится с применением бумажных носителей </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по двум предметам, ежегодно определяемым уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12F29" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основной школе ВОУД проводится  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среди обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9 классов</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05CB7" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DB0C29">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">22. </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F0B38">
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 статьи 55 Закона</w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. ВОУД в 9 классах</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD74B2" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB449C">
-[...108 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводится в форме комплексного тестирования, как с применением бумажных носителей, так и с использованием современных информационных технологий,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD74B2" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB0C29" w:rsidRPr="00DB0C29">
-[...27 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="004B2E0D" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по казахскому языку и другим общеобразовательным предметам, перечень и количество которых ежегодно определяются уполномоченным органом</w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В обще</w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> средне</w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школе ВОУД проводится в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 классах</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05CB7" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD74B2" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD74B2" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A44CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом</w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...68 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB449C">
-[...32 lines deleted...]
-    <w:p w:rsidR="00DB0C29" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 статьи 55 Закона</w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. ВОУД в 11 классах</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0D46" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводится в форме комплексного тестирования, как с применением бумажных носителей, так и с использованием современных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">информационных технологий, по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">трем предметам, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ежегодно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>25. </w:t>
-[...56 lines deleted...]
-    <w:p w:rsidR="00DB0C29" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+        <w:t>емым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="33"/>
         </w:tabs>
         <w:ind w:left="34" w:firstLine="675"/>
-        <w:rPr>
-[...54 lines deleted...]
-    <w:p w:rsidR="0049617B" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00076484" w:rsidRPr="00881C4A">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t>. Содержание</w:t>
+      </w:r>
+      <w:r w:rsidR="004959EE" w:rsidRPr="00881C4A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t>тестовых задани</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01A32" w:rsidRPr="00881C4A">
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t xml:space="preserve"> для проведения ВОУД в организациях среднего образования разрабатывается на основе общеобразовательных учебных программ, и не выходит за их рамки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="34" w:firstLine="675"/>
-        <w:rPr>
-[...28 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="0049617B" w:rsidRDefault="00BD0618" w:rsidP="00B61E56">
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t xml:space="preserve">. Обработка результатов ВОУД производится в филиалах </w:t>
+      </w:r>
+      <w:r w:rsidR="00127D6D" w:rsidRPr="00881C4A">
+        <w:t>НЦТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="34"/>
         </w:tabs>
         <w:ind w:left="34" w:firstLine="675"/>
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t xml:space="preserve">. Результаты ВОУД доводятся до сведения организаций образования в течение трех календарных дней после </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01A32" w:rsidRPr="00881C4A">
+        <w:t xml:space="preserve">дня </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:t xml:space="preserve">его окончания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="008438E1" w:rsidP="002B008A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>28. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">. После проведения ВОУД в течение десяти </w:t>
+      </w:r>
+      <w:r w:rsidR="008E12CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ОЖСБ нәтижелері білім беру ұйымдарының назарына тестілеу аяқталғаннан кейін күнтізбелік 3 күн ішінде жеткізіледі.</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">календарных </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">дней ДКСО сдается </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акт выполненных работ по проведению ВОУД в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60C47" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>по форме согласно приложению</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE59F6" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОЖСБ рәсімі толық аяқталғаннан кейін </w:t>
-[...101 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00D41CF4" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00D41CF4" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D01A32" w:rsidRPr="00881C4A" w:rsidRDefault="00D01A32" w:rsidP="002B008A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00881E9A" w:rsidRDefault="005364FB" w:rsidP="00BD0618">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD0618">
+        <w:t xml:space="preserve">Параграф 2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00881E9A" w:rsidRDefault="00BD0618" w:rsidP="00BD0618">
+        </w:rPr>
+        <w:t>Проведение ВОУД в организациях высшего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BD0618" w:rsidRPr="00351B57" w:rsidRDefault="00BD0618" w:rsidP="006F18D6">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CF2E21">
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В организациях высшего образования, реализующих образовательные программы высшего образования, ВОУД проводится для студентов последнего курса обучающихся по всем формам обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии  с подпунктом </w:t>
+      </w:r>
+      <w:r w:rsidR="008E12CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04229" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>30. </w:t>
-[...61 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00517BEB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 статьи 55 Закона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00351B57">
-[...9 lines deleted...]
-    <w:p w:rsidR="00881E9A" w:rsidRPr="00CF2E21" w:rsidRDefault="00BD0618" w:rsidP="00BB449C">
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00351B57">
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-      <w:r w:rsidR="00881E9A" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005364FB" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="005364FB" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t xml:space="preserve">. Для проведения ВОУД в организациях высшего образования  используются тестовые задания по дисциплинам, предусмотренным типовыми учебными планами по специальностям высшего образования, утвержденными приказом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
-[...221 lines deleted...]
-        <w:rPr>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00881E9A" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="004955F7" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің м</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00324A9E">
+        <w:t xml:space="preserve">сполняющего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004955F7" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>індетін атқарушының</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00881E9A" w:rsidRPr="00351B57">
+        <w:t>бязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от</w:t>
+      </w:r>
+      <w:r w:rsidR="004955F7" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2013 жылғы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00324A9E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00881E9A" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t>16 августа 2013 года № 343 «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Об утверждении типовых учебных планов по специальностям высшего и послевузовского образования»</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12CB" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005364FB" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01A32" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00881E9A" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005364FB" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t>под</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00881E9A" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01A32" w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005364FB" w:rsidRPr="00351B57">
+        </w:rPr>
+        <w:t>№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>8636).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="675"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВОУД в организациях высшего образования проводится по четырем дисциплинам: базовым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилирующим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F18D6" w:rsidRPr="00351B57">
-[...140 lines deleted...]
-    <w:p w:rsidR="00881E9A" w:rsidRPr="00881E9A" w:rsidRDefault="00881E9A" w:rsidP="006F18D6">
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>явившимся на тестирование, необходимо иметь при себе пропуск и документ, удостоверяющий личность.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. ВОУД проводится при участии в нем 100</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> процентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контингента обучающихся, подлежащих тестированию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008438E1" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. После закрытия приема заявлений формируются пропуски на тестирование, которые передаются ответственным</w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> базовых и линейных вузов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>32. Жоғары білім беру ұйымдарында ОЖСБ төрт пән: базалық және бейінді бойынша жүргізіледі.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00881E9A" w:rsidRPr="00881E9A" w:rsidRDefault="00881E9A" w:rsidP="00B61E56">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Вскрытие мешков с материалами тестирования производится в присутствии сотрудника ДКСО, ректора базового вуза и представителей Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Рассадка студентов производится по посадочному листу, вскрываются коробки с материалами тестирования, раздаются и заполняются листы ответов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B72A92" w:rsidRPr="00881C4A" w:rsidRDefault="00D71425" w:rsidP="00B72A92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...635 lines deleted...]
-        <w:pStyle w:val="Normal1"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-        <w:pStyle w:val="Normal1"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>38</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Раздача вариантов книжек-вопросников осуществляется в строгом соответствии с листом распределения вариантов. С момента раздачи книжек-</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вопросников и заполнения студентами титульного листа книжки-вопросника  засекается время начала тестирования. Прекращаются все вопросы и объяснения</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B72A92" w:rsidRPr="00881C4A" w:rsidRDefault="00D71425" w:rsidP="00B72A92">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае выявления подставного лица в ходе запуска на тестирование,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в ходе</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения тестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДКСО</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в присутствии подставного лица составляется акт</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выявления подставного лица в ходе запуска или проведения тестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к настоящим Правилам, подставное лицо и сам </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72A92" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не допускаются на тестирование, результаты аннулируются.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="008438E1" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F863B4">
-[...20 lines deleted...]
-        <w:pStyle w:val="Normal1"/>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Во время тестирования в аудиторию входят только представитель Министерства, сотрудник ДКСО и ректор базового вуза </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в сопровождении </w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя группы представителей Министерства</w:t>
+      </w:r>
+      <w:r w:rsidR="002B008A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B32A0" w:rsidRPr="00881C4A" w:rsidRDefault="008438E1" w:rsidP="008B32A0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В случае отказа тестируемым сдать материалы тестирования по истечению отведенного на тестирование времени, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства</w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДКСО</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в присутствии тестируемого составляется акт </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60C47" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> факта несвоевременной сдачи материалов</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5E4C" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестирования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B32A0" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласно приложению 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F863B4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. По окончанию тестирования дежурный в сопровождении трех студентов доставляет материалы аудитории в кабинет представителя Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="852" w:hanging="143"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00881E9A">
-[...11 lines deleted...]
-        <w:pStyle w:val="Normal1"/>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Обработка результатов ВОУД производится в базовых вузах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F863B4">
-[...38 lines deleted...]
-        <w:pStyle w:val="Normal1"/>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Идентификация листов ответов производится представителями Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. После идентификации листов ответов путем ввода паролей производится вскрытие кодов правильных ответов совместно с ректором базового вуза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00F863B4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00881E9A">
-[...37 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После </w:t>
+      </w:r>
+      <w:r w:rsidR="00D71425" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>завершения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения ВОУД представитель Министерства направляет полный отчет о ходе его проведения в НЦТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1B0A" w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881C4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на бумажном и электронном носителях.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E5E4C" w:rsidRDefault="004E5E4C" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E5E4C" w:rsidRDefault="004E5E4C" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E5E4C" w:rsidRDefault="004E5E4C" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003572A7" w:rsidRDefault="003572A7" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003572A7" w:rsidRDefault="003572A7" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003572A7" w:rsidRDefault="003572A7" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003572A7" w:rsidRDefault="003572A7" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003572A7" w:rsidRDefault="003572A7" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003572A7" w:rsidRDefault="003572A7" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF1B0A" w:rsidRDefault="00EF1B0A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...122 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:tblW w:w="10196" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9745"/>
+        <w:gridCol w:w="10196"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="00E24448" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
-[...125 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006044F7" w:rsidRDefault="006044F7" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="004B7753" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="1237"/>
+              <w:ind w:right="283"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...32 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="004B7753">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
-[...309 lines deleted...]
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="00C62830" w:rsidP="00686E0B">
+          <w:p w:rsidR="004B7753" w:rsidRDefault="00907DF0" w:rsidP="009F7192">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="5664" w:right="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...37 lines deleted...]
-              <w:t>__________________________________________________________</w:t>
+            <w:r w:rsidRPr="004B7753">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Правилам проведения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B7753">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>внешней</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B7753">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="004B7753" w:rsidRDefault="00907DF0" w:rsidP="009F7192">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="5664" w:right="283"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B7753">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оценки учебных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="007E2A33" w:rsidP="007E2A33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00A60C47">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>выявлени</w:t>
+            </w:r>
+            <w:r w:rsidR="00A60C47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> запрещенных предметов и удаления из аудитории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тестируемого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B61465" w:rsidRDefault="00907DF0" w:rsidP="00B61465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация образования</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61465" w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61465" w:rsidRPr="00A60C47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61465" w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61465">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00B61465" w:rsidP="00B61465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>код                                    наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B61465" w:rsidRDefault="00B61465" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"______"  _________________20____год __________</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>часов__________минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Представитель Министерства ____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00850F78" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> его</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наличии</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дежурный по аудитории __________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
-[...847 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="007E2A33" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...77 lines deleted...]
-              <w:t>, саны))</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">У </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тестируемого</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33" w:rsidRPr="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ИКС______________ из аудитории</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33" w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№_____,    место № ______,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>вариант №_____________ во время тестирования обнаружили</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...32 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
-[...739 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="007F32FD" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F32FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(наименование (марка, количество) обнаруженного предмета)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="000E1FA9" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>что является нарушением Правил проведения внешней оценки учебных  достижений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учитывая данный факт, постановили:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="007F32FD" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F32FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изъять материал  тестирования;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="007F32FD" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F32FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">удалить из аудитории №______ и аннулировать результаты тестирования: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="007E2A33" w:rsidP="007E2A33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidR="00907DF0" w:rsidRPr="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________</w:t>
+            </w:r>
+            <w:r w:rsidR="00907DF0" w:rsidRPr="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______,</w:t>
+            </w:r>
+            <w:r w:rsidR="00907DF0" w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ИКС ___________</w:t>
+            </w:r>
+            <w:r w:rsidR="00907DF0" w:rsidRPr="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="00907DF0" w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>подпис</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C54329">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лиц, составивших настоящий акт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       С актом </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ознакомлены</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C54329">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F32FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(подпись и </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33" w:rsidRPr="007F32FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidR="00850F78" w:rsidRPr="007F32FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F32FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тестируемого</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="dxa"/>
               <w:tblCellMar>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="9529"/>
+              <w:gridCol w:w="9980"/>
             </w:tblGrid>
-            <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="008E1D5D">
+            <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
               <w:trPr>
                 <w:trHeight w:val="315"/>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="10060" w:type="dxa"/>
+                  <w:tcW w:w="9980" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+                <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                    <w:jc w:val="center"/>
+                    <w:ind w:right="283"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0025272B">
+                  <w:r w:rsidRPr="00EA5488">
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>(</w:t>
+                    <w:t>______________________________________________________________</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="0025272B">
+                  <w:r>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>БСБД-</w:t>
+                    <w:t>___</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="0025272B">
+                  <w:r w:rsidRPr="00EA5488">
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>ның</w:t>
+                    <w:t>_______________________________________</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidRPr="0025272B">
+                  <w:r>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t>__________</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="0025272B">
+                  <w:r w:rsidRPr="00EA5488">
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>қолы</w:t>
-[...69 lines deleted...]
-                    <w:t>. (бар болған жағдайда))</w:t>
+                    <w:t>_____</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
-[...46 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подпись и </w:t>
+            </w:r>
+            <w:r w:rsidR="00C54329">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ДКСО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="008D158E">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00AC7EC1" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C075453" wp14:editId="303ABEDB">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B85B276" wp14:editId="031C5C25">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>83820</wp:posOffset>
+                        <wp:posOffset>158115</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>26670</wp:posOffset>
+                        <wp:posOffset>49530</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1092835" cy="1033145"/>
-                      <wp:effectExtent l="0" t="0" r="12065" b="14605"/>
+                      <wp:extent cx="1068705" cy="1021080"/>
+                      <wp:effectExtent l="0" t="0" r="17145" b="26670"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="13" name="Овал 13"/>
+                      <wp:docPr id="2" name="Овал 2"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr>
                               <a:spLocks/>
                             </wps:cNvSpPr>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1092835" cy="1033145"/>
+                                <a:ext cx="1068705" cy="1021080"/>
                               </a:xfrm>
                               <a:prstGeom prst="ellipse">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
-                              <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                              <a:ln w="9525">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
-                                <a:prstDash val="solid"/>
                               </a:ln>
-                              <a:effectLst/>
                             </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent6"/>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="lt1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent6"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="dk1"/>
+                              </a:fontRef>
+                            </wps:style>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="0025272B" w:rsidRDefault="00C9228E" w:rsidP="0025272B">
+                                <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
                                   <w:pPr>
                                     <w:pStyle w:val="a4"/>
                                     <w:spacing w:before="0" w:after="0"/>
                                     <w:jc w:val="center"/>
-                                  </w:pPr>
-                                  <w:r>
                                     <w:rPr>
                                       <w:color w:val="000000"/>
-                                      <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                      <w:lang w:val="kk-KZ"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
                                     </w:rPr>
-                                    <w:t>Мөрдің</w:t>
-[...1 lines deleted...]
-                                  <w:r w:rsidR="0025272B" w:rsidRPr="00F74C75">
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00357413">
                                     <w:rPr>
                                       <w:color w:val="000000"/>
-                                      <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                      <w:lang w:val="kk-KZ"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
                                     </w:rPr>
-                                    <w:t xml:space="preserve"> орны</w:t>
+                                    <w:t xml:space="preserve">Место печати </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr wrap="square" rtlCol="0" anchor="ctr">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:oval id="Овал 13" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:6.6pt;margin-top:2.1pt;width:86.05pt;height:81.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRyvhtCgIAAA8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aSZWiNOMXQILsU&#10;W4G2H8DIcixMljRRiZ2f2TcMu+4n8kmjFCdN152G6SBIJPX4HknNb/pWs530qKwp+XiUcyaNsJUy&#10;m5I/Pa7eXXGGAUwF2hpZ8r1EfrN4+2beuUJObGN1JT0jEINF50rehOCKLEPRyBZwZJ005KytbyHQ&#10;1W+yykNH6K3OJnn+Ieusr5y3QiKSdXl08kXCr2spwpe6RhmYLjlxC2n3aV/HPVvModh4cI0SAw34&#10;BxYtKENJz1BLCMC2Xr2CapXwFm0dRsK2ma1rJWTSQGrG+R9qHhpwMmmh4qA7lwn/H6z4vLv3TFXU&#10;uylnBlrq0eH74efhx+EXIxPVp3NYUNiDu/dRIbo7K74iObIXnnjBIaavfRtjSR/rU7H352LLPjBB&#10;xnF+PbmazjgT5Bvn0+n4/Symy6A4PXcewydpWxYPJZdaK4exIFDA7g7DMfoUlchZraqV0jpd9nir&#10;PdsB9Z5GprIdZxowkLHkq7SGhHj5TBvWlfx6NoncgGay1hDo2DqqEpoNZ6A3NOwi+ETlxWN8lfOR&#10;BF/kzdP6W96oYwnYHAkn1CFMmyhHpnEeZD9XO55Cv+6HTq1ttaeOdjTSxPbbFrzkzAd9a48/AIxo&#10;LOk/sTf24zbYWqViRqwjwNBdmrrUkeGHxLG+vKeo53+8+A0AAP//AwBQSwMEFAAGAAgAAAAhAJLr&#10;NjzdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQwtRCHGqUsEBJCRa&#10;8gHb2I0D9jqK3Tb8PdsTnHZHM5p9Wy0n78TRjLEPpOB2loEw1AbdU6eg+Xy5KUDEhKTRBTIKfkyE&#10;ZX15UWGpw4k25rhNneASiiUqsCkNpZSxtcZjnIXBEHv7MHpMLMdO6hFPXO6dnGdZLj32xBcsDmZt&#10;Tfu9PXgFxfPK0vD09bbevKL7aPbuvW+cUtdX0+oRRDJT+gvDGZ/RoWamXTiQjsKxXsw5qeCOx9ku&#10;7hcgdrzk+QPIupL/H6h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANHK+G0KAgAADwQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJLrNjzdAAAA&#10;CAEAAA8AAAAAAAAAAAAAAAAAZAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" fillcolor="window" strokecolor="windowText">
+                    <v:oval id="Овал 2" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:12.45pt;margin-top:3.9pt;width:84.15pt;height:80.4pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEoho2OQIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjua30Au6lgOSgSuJug&#10;DZrkADRFWUQoDkvSln2ZnqHotpfwkTqkZNWuvSqqBWFy5r2ZNx/Pb3etIlthnQRd0mySUiI0h0rq&#10;dUlfnpfvbihxnumKKdCipHvh6O3i7Zt5ZwqRQwOqEpYgiXZFZ0raeG+KJHG8ES1zEzBCo7EG2zKP&#10;V7tOKss6ZG9VkqfpLOnAVsYCF87h631vpIvIX9eC+y917YQnqqSYm4+njecqnMlizoq1ZaaRfEiD&#10;/UMWLZMag45U98wzsrHygqqV3IKD2k84tAnUteQiakA1WfqXmqeGGRG1YHGcGcvk/h8t/7x9tERW&#10;Jc0p0azFFh2+H34efhx+kTxUpzOuQKcn82iDPmcegL86NCRnlnBxg8+utm3wRXVkF0u9H0stdp5w&#10;fMzS2c37dEoJR1uW5ll6E5uRsOIIN9b5TwJaEn6UVCgljQvlYAXbPjgfcmDF0SsmB0pWS6lUvOzd&#10;nbJky7DzODAVdJQo5jw+lnQZv6APKdwpTGnSlfTDNJ/GSGc2d0H5jHpOaNP4XdJiEKWHkvVVivXy&#10;eyVCqkp/FTU2AeuS91HD+Isxfca50H428EbvAKtR6QjMrgGVzwbQ4BtgIq7FCEyvAc8jjogYFbQf&#10;wa3UYK8RVK9j5N7/qL7XHOT73Wo3DNgKqj2OYYd7WFL3bcOsoMR6dQf92jLNG8C2cd8H0/Bx46GW&#10;cQYCV08wxMBViX0d1jrs4uk9ev3581n8BgAA//8DAFBLAwQUAAYACAAAACEA9YkoKd4AAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDQCENcapSwaFISLTkA7axmwTsdRS7&#10;bfj7bk9w29GMZt+Ui8lZcTRj6D0puJ8lIAw1XvfUKqi/3u5yECEiabSejIJfE2BRXV+VWGh/oo05&#10;bmMruIRCgQq6GIdCytB0xmGY+cEQe3s/Oowsx1bqEU9c7qxMkySTDnviDx0OZtWZ5md7cAry12VH&#10;w8v3+2qzRvtZ7+1HX1ulbm+m5TOIaKb4F4YLPqNDxUw7fyAdhFWQPs45qeCJB1zs+UMKYsdHlmcg&#10;q1L+H1CdAQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAESiGjY5AgAAxAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPWJKCneAAAACAEAAA8AAAAA&#10;AAAAAAAAAAAAkwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" fillcolor="window" strokecolor="windowText">
                       <v:path arrowok="t"/>
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="0025272B" w:rsidRDefault="00C9228E" w:rsidP="0025272B">
+                          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
                             <w:pPr>
                               <w:pStyle w:val="a4"/>
                               <w:spacing w:before="0" w:after="0"/>
                               <w:jc w:val="center"/>
-                            </w:pPr>
-                            <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                <w:lang w:val="kk-KZ"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Мөрдің</w:t>
-[...1 lines deleted...]
-                            <w:r w:rsidR="0025272B" w:rsidRPr="00F74C75">
+                            </w:pPr>
+                            <w:r w:rsidRPr="00357413">
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                <w:lang w:val="kk-KZ"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> орны</w:t>
+                              <w:t xml:space="preserve">Место печати </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:oval>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00907DF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00907DF0" w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подпись и </w:t>
+            </w:r>
+            <w:r w:rsidR="008D158E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidR="00907DF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> (бар болған жағдайда).)</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>представителя Министерства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> ______________</w:t>
+            <w:r w:rsidRPr="00EA5488">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата_______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00EA5488" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:right="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
-[...20 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00907DF0" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:tbl>
-[...153 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+    <w:p w:rsidR="00907DF0" w:rsidRPr="009F7192" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F7192" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Правилам проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внешней</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="009F7192" w:rsidRDefault="00907DF0" w:rsidP="009F7192">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оценки учебных достижений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E11D4C" w:rsidRPr="00811C3C" w:rsidRDefault="00E11D4C" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...114 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+        <w:ind w:right="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акт </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об уничтожении книжек-вопросников тестирования ВОУД </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «_____»__________20__  </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+        <w:t xml:space="preserve"> «_____»__________20__  год </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Облыс ____________ _________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+        <w:t>Область ____________ _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                             (код)                                                          (</w:t>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">                             (код)                                                          (наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Район/Базовый вуз ____ __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                (код)                                                          (наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025272B">
-[...72 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025272B">
-[...35 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Мы, нижеподписавшиеся, составили настоящий акт об уничтожении книжек-вопросников тестирования ВОУД в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              (код и наименование организации образования)                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="1276"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Представители Министерства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00D04229">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="00DD77A6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>._________  ______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            (подпись)                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11D4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Ф.И.О (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>._________  _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            (подпись)                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11D4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Ф.И.О (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Представитель ДКСО:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00015CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="1276"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="00DD77A6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>._________  _______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            (подпись)                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11D4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>._________  _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="00DD77A6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            (подпись)                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11D4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сотрудник филиала НЦТ № ___:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________   ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              (подпись)                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11D4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...311 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                     (қолы)                     (ТАӘ (бар болған жағдайда)</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1046"/>
+        <w:gridCol w:w="1025"/>
         <w:gridCol w:w="2221"/>
         <w:gridCol w:w="2416"/>
-        <w:gridCol w:w="1032"/>
+        <w:gridCol w:w="1003"/>
         <w:gridCol w:w="3115"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="008E1D5D">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="001A0F0E" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="0084688A" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
-              <w:t>Топ</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Группа</w:t>
+            </w:r>
+            <w:r w:rsidR="00907DF0" w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5640" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сұрақ кітапшаларының саны </w:t>
+              <w:t xml:space="preserve">Количество книжек-вопросников </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
-              <w:t>Жойылған сұрақ кітапшаларының саны</w:t>
+              <w:t>Количество уничтоженных книжек-вопросников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="008E1D5D">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="328"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:bidi="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="009F08E6" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
-              <w:t>пайдалан</w:t>
-[...13 lines deleted...]
-              <w:t>ған</w:t>
+              <w:t>использованные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="009F08E6" w:rsidP="009F08E6">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
-              <w:t>пайдаланыл</w:t>
-[...6 lines deleted...]
-              <w:t>маған</w:t>
+              <w:t>неиспользованные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
-              <w:t>барлығы</w:t>
+              <w:t>всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="008E1D5D">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="328"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="008E1D5D">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="328"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="008E1D5D">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="328"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="008E1D5D">
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidTr="00C7702B">
         <w:trPr>
           <w:trHeight w:val="328"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
-              <w:t>Барлығы</w:t>
+              <w:t>Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Книжки-вопросники уничтожены путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать способ уничтожения - механическое измельчение или сжигание)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>место уничтожения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00AC7EC1" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58B8B511" wp14:editId="41074164">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>5215255</wp:posOffset>
+                  <wp:posOffset>5109210</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>128270</wp:posOffset>
+                  <wp:posOffset>32385</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1114425" cy="1104900"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:extent cx="1028700" cy="1043940"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="22860"/>
                 <wp:wrapNone/>
-                <wp:docPr id="16" name="Овал 16"/>
+                <wp:docPr id="5" name="Овал 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1114425" cy="1104900"/>
+                          <a:ext cx="1028700" cy="1043940"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+                          <w:p w:rsidR="00907DF0" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
                             <w:pPr>
                               <w:pStyle w:val="a4"/>
                               <w:spacing w:before="0" w:after="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:sz w:val="22"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0025272B">
+                            <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="22"/>
+                                <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
-                                <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>Мөр</w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve"> орны</w:t>
+                              <w:t xml:space="preserve">Место печати </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vertOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval id="Овал 16" o:spid="_x0000_s1027" style="position:absolute;margin-left:410.65pt;margin-top:10.1pt;width:87.75pt;height:87pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhMerXOgIAAFoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfaZKqu9Bo09WqyyKk&#10;hV1p4QCu4yQWjseM3ablMJwB8coleiTGTruUH/GAyIPl8Yw/z3zfTC4ut71hG4Veg614Mck5U1ZC&#10;rW1b8ffvbp694MwHYWthwKqK75Tnl4unTy4GV6opdGBqhYxArC8HV/EuBFdmmZed6oWfgFOWnA1g&#10;LwKZ2GY1ioHQe5NN8/w8GwBrhyCV93R6PTr5IuE3jZLhrmm8CsxUnHILacW0ruKaLS5E2aJwnZaH&#10;NMQ/ZNELbenRR6hrEQRbo/4NqtcSwUMTJhL6DJpGS5VqoGqK/JdqHjrhVKqFyPHukSb//2Dl2809&#10;Ml2TduecWdGTRvvP+6/7L/tvjI6In8H5ksIe3D3GCr27BfnBMwvLTthWXSHC0ClRU1ZFjM9+uhAN&#10;T1fZangDNaGLdYBE1bbBPgISCWybFNk9KqK2gUk6LIpiNpuecSbJVxT5bJ4nzTJRHq879OGVgp7F&#10;TcWVMdr5yJooxebWh5iRKI9RqQIwur7RxiQD29XSINsI6pCb9KUiqNDTMGPZUPH5GeXyd4g8fX+C&#10;QFjbOvVbZOvlYR+ENuOesjT2QF9kbGQ+bFfbUZ+jFiuod8QnwtjMNHzhjpbGAGUoqXoeB5KcHeAn&#10;zgZq7or7j2uBijPz2pJOc2I1TkMyZmfPp2TgqWd16hFWElTFA2fjdhnGCVo71G1HLxWJFAtXpG2j&#10;E+VR9zHTQ0nUwEmJw7DFCTm1U9SPX8LiOwAAAP//AwBQSwMEFAAGAAgAAAAhAHShJHffAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo86BRE+JUFRUSLFgQYO/G0yRqPI5i&#10;Nw1/z7Ciy9Ec3XtuuV3sIGacfO9IQbyKQCA1zvTUKvj6fHnYgPBBk9GDI1Twgx621e1NqQvjLvSB&#10;cx1awSHkC62gC2EspPRNh1b7lRuR+Hd0k9WBz6mVZtIXDreDTKIok1b3xA2dHvG5w+ZUn62Cfbur&#10;s1mmYZ0e969hffp+f0tjpe7vlt0TiIBL+IfhT5/VoWKngzuT8WJQsEnilFEFSZSAYCDPM95yYDJ/&#10;TEBWpbyeUP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYTHq1zoCAABaBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdKEkd98AAAAKAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;">
+              <v:oval id="Овал 5" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:402.3pt;margin-top:2.55pt;width:81pt;height:82.2pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIc21pPQIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/ye6GhDarbKoqJQip&#10;0EqFAzheb9bC6zFjJ5tyGM5Q8cslciTGTpqmwBdiPyyPZ/w8783MTi+2nWEbhV6DrXgxyDlTVkKt&#10;7arinz8tXp1z5oOwtTBgVcXvlecXs5cvpr0r1RBaMLVCRiDWl72reBuCK7PMy1Z1wg/AKUvOBrAT&#10;gUxcZTWKntA7kw3z/E3WA9YOQSrv6fRq7+SzhN80SoabpvEqMFNxyi2kFdO6jGs2m4pyhcK1Wh7S&#10;EP+QRSe0pUePUFciCLZG/QdUpyWChyYMJHQZNI2WKnEgNkX+G5u7VjiVuJA43h1l8v8PVn7c3CLT&#10;dcXHnFnRUYl233c/dg+7n2wc1emdLynozt1i5OfdNcgvnlmYt8Ku1CUi9K0SNeVUxPjs2YVoeLrK&#10;lv0HqAlcrAMkobYNdhGQJGDbVI/7Yz3UNjBJh0U+PD/LqWySfEU+ej0ZpYplony87tCHdwo6FjcV&#10;V8Zo56NmohSbax9iRqJ8jEoMwOh6oY1JBq6Wc4NsI6g/FulLJIjoaZixrK/4ZDwcJ+RnPn8Kkafv&#10;bxAIa1unbotqvT3sg9Bmv6csjT3IFxXbKx+2y22qTtI2qrmE+p70RNi3Mo1euKGlMUAZSmLP4ziS&#10;swX8xllPrV1x/3UtUHFm3luq06QYkY4sJGM0PhuSgaee5alHWElQFQ+c7bfzsJ+ftUO9aumlIoli&#10;4ZJq2+gk+VOmB0rUvqkSh1GL83Fqp6inH8LsFwAAAP//AwBQSwMEFAAGAAgAAAAhAGZSZIbdAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoE0KsNsSpKiokOHAgwN2Nt0nU&#10;eB3Fbhr+nuUEx9E8zb4tt4sbxIxT6D1pSFcJCKTG255aDZ8fz3drECEasmbwhBq+McC2ur4qTWH9&#10;hd5xrmMreIRCYTR0MY6FlKHp0Jmw8iMSd0c/ORM5Tq20k7nwuBvkfZIo6UxPfKEzIz512Jzqs9Ow&#10;b3e1mmUW8+y4f4n56evtNUu1vr1Zdo8gIi7xD4ZffVaHip0O/kw2iEHDOnlQjGrIUxDcb5TifGBQ&#10;bXKQVSn/f1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEhzbWk9AgAAWAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGZSZIbdAAAACQEAAA8A&#10;AAAAAAAAAAAAAAAAlwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+                    <w:p w:rsidR="00907DF0" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
                       <w:pPr>
                         <w:pStyle w:val="a4"/>
                         <w:spacing w:before="0" w:after="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:sz w:val="22"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0025272B">
+                      <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="22"/>
+                          <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
-                          <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>Мөр</w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve"> орны</w:t>
+                        <w:t xml:space="preserve">Место печати </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
-[...48 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025272B">
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Настоящий акт составлен в двух экземплярах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Осы акт екі данада жасалды. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B61465" w:rsidRPr="00B61465" w:rsidRDefault="00B61465" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+        <w:ind w:right="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="009F7192" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+        <w:ind w:right="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F7192" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="36"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Правилам проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внешней</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="009F7192" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценки учебных достижений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF2110" w:rsidRPr="00811C3C" w:rsidRDefault="00BF2110" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF2110" w:rsidRDefault="00BF2110" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполненных работ по проведению ВОУД </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«___»____________ 20__ г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>ДКСО  ___________________________________ области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         (наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00F50F0E" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00907DF0" w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ля прохождения </w:t>
+      </w:r>
+      <w:r w:rsidR="00907DF0" w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВОУД </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00907DF0" w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по области запланировано количество школ ______, из них провели тестирования </w:t>
+      </w:r>
+      <w:r w:rsidR="00907DF0" w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВОУД </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00907DF0" w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в ________ школах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        </w:sectPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Составили настоящий акт об использовании материалов тестирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВОУД </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50F0E" w:rsidRPr="00F50F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>От Национального центра тестирования (далее – НЦТ) получены экзаменационные материалы в количестве:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Книжки-вопросники</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Листы ответов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Из них использованы и уничтожены книжки-вопросники ________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>_______ ____________________________ штук, не использованы и уничтожены книжки-вопросники _______(______________________________________________) штук.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Листы ответов (использованные и неиспользованные) переданы в филиалы НЦТ, в количестве ______________________________________________________________ штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Неиспользованные материалы  тестирования образования, не прошедшие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВОУД </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50F0E" w:rsidRPr="00F50F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> переданы в Базовый филиал НЦТ №______: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>- листы ответов в количестве</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______(___________________________________) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>штук,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>- книжки-вопросники уничтожены в количестве</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________(______________ ________________________________) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Настоящий акт составлен в двух экземплярах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9796" w:type="dxa"/>
-        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9796"/>
+        <w:gridCol w:w="4926"/>
+        <w:gridCol w:w="4927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="00E24448" w:rsidTr="0025272B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidTr="00C7702B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9796" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4926" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:noWrap/>
-[...1 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006044F7" w:rsidRPr="006044F7" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006044F7">
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Оқу жетістіктеріне сырттай бағалау </w:t>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сотрудник НЦТ:        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">_______________   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0025272B" w:rsidRPr="006044F7" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                 (подпись)                                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00BF2110" w:rsidP="00BF2110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>жүргізу қағидаларына</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9796" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4927" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:noWrap/>
-[...1 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="006044F7" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель ДКСО: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00C7702B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(подпись)                                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00811C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00BF2110" w:rsidP="00BF2110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>3 - қосымша</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
-[...47 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00AC7EC1" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...152 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...653 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A4C0B11" wp14:editId="2251421A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>4811053</wp:posOffset>
+                  <wp:posOffset>17145</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>84797</wp:posOffset>
+                  <wp:posOffset>36195</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1006475" cy="871904"/>
-                <wp:effectExtent l="0" t="0" r="22225" b="23495"/>
+                <wp:extent cx="1161415" cy="1075690"/>
+                <wp:effectExtent l="0" t="0" r="19685" b="10160"/>
                 <wp:wrapNone/>
-                <wp:docPr id="12" name="Овал 12"/>
+                <wp:docPr id="6" name="Овал 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1006475" cy="871904"/>
+                          <a:ext cx="1161415" cy="1075690"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="0025272B" w:rsidRPr="00322681" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+                          <w:p w:rsidR="00907DF0" w:rsidRPr="00941B81" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:sz w:val="20"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                                <w:sz w:val="24"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00322681">
+                            <w:r w:rsidRPr="00941B81">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:sz w:val="20"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                                <w:sz w:val="24"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>БСБД мөрінің орны</w:t>
+                              <w:t xml:space="preserve">Место печати </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E5E4C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>НЦТ</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval id="Овал 12" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:378.8pt;margin-top:6.7pt;width:79.25pt;height:68.65pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRu2tiLgIAAEUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZqqpduo6WrVpQhp&#10;gZUWDuA6TmPheMzYbVoOwxkQv1yiR2LsdEsX+EL4w/J4xs8z783Mr/etYTuFXoMteT4YcqashErb&#10;Tck/fli9uOLMB2ErYcCqkh+U59eL58/mnSvUCBowlUJGINYXnSt5E4IrsszLRrXCD8ApS84asBWB&#10;TNxkFYqO0FuTjYbDl1kHWDkEqbyn29veyRcJv66VDO/r2qvATMkpt5B2TPs67tliLooNCtdoeUpD&#10;/EMWrdCWPj1D3Yog2Bb1H1Ctlgge6jCQ0GZQ11qqVANVkw9/q+ahEU6lWogc7840+f8HK9/t7pHp&#10;irQbcWZFSxodvx6/H78dfzC6In465wsKe3D3GCv07g7kJ88sLBthN+oGEbpGiYqyymN89uRBNDw9&#10;ZevuLVSELrYBElX7GtsISCSwfVLkcFZE7QOTdJmTxOPphDNJvqtpPhuO0xeieHzt0IfXCloWDyVX&#10;xmjnI2miELs7H2JConiMSgWA0dVKG5MM3KyXBtlOUIOs0jp94C/DjGVdyWeT0SQhP/H5S4hhWn+D&#10;QNjaKrVbJOvV6RyENv2ZsjT2xF4krCc+7Nf7JM9ZijVUB6IToe9lmj06NIBfOOuoj0vuP28FKs7M&#10;G0uSzPLxODZ+MsaT6YgMvPSsLz3CSoIqeeCsPy5DPyxbh3rT0E95IsDCDclY60RvlLjP6pQ+9Wpi&#10;/TRXcRgu7RT1a/oXPwEAAP//AwBQSwMEFAAGAAgAAAAhAKmv+fbeAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOg0AQhu8mvsNmTLzZBRGoyNI0NiZ68CDa+5adAik7S9gtxbd3POlx5v/yzzfl&#10;ZrGDmHHyvSMF8SoCgdQ401Or4Ovz5W4NwgdNRg+OUME3ethU11elLoy70AfOdWgFl5AvtIIuhLGQ&#10;0jcdWu1XbkTi7OgmqwOPUyvNpC9cbgd5H0WZtLonvtDpEZ87bE712SrYtds6m2US0uS4ew3paf/+&#10;lsRK3d4s2ycQAZfwB8OvPqtDxU4HdybjxaAgT/OMUQ6SBxAMPMZZDOLAizTKQVal/P9C9QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCRu2tiLgIAAEUEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCpr/n23gAAAAoBAAAPAAAAAAAAAAAAAAAAAIgE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;">
+              <v:oval id="Овал 6" o:spid="_x0000_s1028" style="position:absolute;margin-left:1.35pt;margin-top:2.85pt;width:91.45pt;height:84.7pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrhI1/MAIAAEQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZqq7dKo6WrVpQhp&#10;gZUWDuA6TmPheMzYbbochjMgfrlEj8TYaUsX+ELkw5rJjJ9n3puZX+9bw3YKvQZb8nww5ExZCZW2&#10;m5J//LB68ZIzH4SthAGrSv6oPL9ePH8271yhRtCAqRQyArG+6FzJmxBckWVeNqoVfgBOWQrWgK0I&#10;5OImq1B0hN6abDQcTrMOsHIIUnlPf2/7IF8k/LpWMryva68CMyWn2kI6MZ3reGaLuSg2KFyj5bEM&#10;8Q9VtEJbevQMdSuCYFvUf0C1WiJ4qMNAQptBXWupUg/UTT78rZuHRjiVeiFyvDvT5P8frHy3u0em&#10;q5JPObOiJYkOXw/fD98OP9g0stM5X1DSg7vH2J93dyA/eWZh2Qi7UTeI0DVKVFRTHvOzJxei4+kq&#10;W3dvoSJwsQ2QiNrX2EZAooDtkx6PZz3UPjBJP/N8mo/zCWeSYvnwajKdJcUyUZyuO/ThtYKWRaPk&#10;yhjtfORMFGJ350OsSBSnrNQBGF2ttDHJwc16aZDtBM3HKn2pCWr0Ms1Y1pV8NhlNEvKTmL+EGKbv&#10;bxAIW1ulaYtsvTraQWjT21SlsUf6ImM982G/3id1Rict1lA9Ep8I/SjT6pHRAH7hrKMxLrn/vBWo&#10;ODNvLGkyy8fjOPfJGU+uRuTgZWR9GRFWElTJA2e9uQz9rmwd6k1DL+WJAAs3pGOtE71R476qY/k0&#10;qon141rFXbj0U9av5V/8BAAA//8DAFBLAwQUAAYACAAAACEA8cmi89wAAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyOwW6DMBBE75X6D9ZG6q0xBJlEBBNFjSq1hx5K2rsDG0DBa4QdQv++m1N7mh3N&#10;aPblu9n2YsLRd440xMsIBFLl6o4aDV/H1+cNCB8M1aZ3hBp+0MOueHzITVa7G33iVIZG8Aj5zGho&#10;QxgyKX3VojV+6QYkzs5utCawHRtZj+bG47aXqyhKpTUd8YfWDPjSYnUpr1bDodmX6SSToJLz4S2o&#10;y/fHexJr/bSY91sQAefwV4Y7PqNDwUwnd6Xai17Das1FDYrlnm5UCuLEx1rFIItc/ucvfgEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDrhI1/MAIAAEQEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDxyaLz3AAAAAcBAAAPAAAAAAAAAAAAAAAAAIoE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="0025272B" w:rsidRPr="00322681" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+                    <w:p w:rsidR="00907DF0" w:rsidRPr="00941B81" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:sz w:val="20"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                          <w:sz w:val="24"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00322681">
+                      <w:r w:rsidRPr="00941B81">
                         <w:rPr>
-                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:sz w:val="20"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                          <w:sz w:val="24"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>БСБД мөрінің орны</w:t>
+                        <w:t xml:space="preserve">Место печати </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E5E4C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>НЦТ</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0025272B" w:rsidRPr="0025272B">
-[...131 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00AC7EC1" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09C6801D" wp14:editId="1F2D99CD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>4811053</wp:posOffset>
+                  <wp:posOffset>4951095</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>219563</wp:posOffset>
+                  <wp:posOffset>9525</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1006475" cy="984739"/>
-                <wp:effectExtent l="0" t="0" r="22225" b="25400"/>
+                <wp:extent cx="1161415" cy="1075690"/>
+                <wp:effectExtent l="0" t="0" r="19685" b="10160"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="Овал 2"/>
+                <wp:docPr id="8" name="Овал 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1006475" cy="984739"/>
+                          <a:ext cx="1161415" cy="1075690"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00C9228E" w:rsidRPr="00322681" w:rsidRDefault="00C9228E" w:rsidP="00C9228E">
+                          <w:p w:rsidR="00907DF0" w:rsidRPr="00941B81" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:sz w:val="20"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                                <w:sz w:val="24"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00322681">
+                            <w:r w:rsidRPr="00941B81">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:sz w:val="20"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                                <w:sz w:val="24"/>
                                 <w:lang w:val="kk-KZ"/>
                               </w:rPr>
-                              <w:t>ҰТО мөрінің орны</w:t>
+                              <w:t xml:space="preserve">Место печати </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E5E4C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="kk-KZ"/>
+                              </w:rPr>
+                              <w:t>ДКСО</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval id="Овал 2" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:378.8pt;margin-top:17.3pt;width:79.25pt;height:77.55pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsVmrDLgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1FuEzEQ/UfiDpb/ySZpQppVNlWVEoRU&#10;oFLhAI7Xm7XweszYySYchjNU/HKJHImxs01T4AuxH9bMzvj5zZuZ2dWuMWyr0GuwBR/0+pwpK6HU&#10;dl3wz5+Wry4580HYUhiwquB75fnV/OWLWetyNYQaTKmQEYj1eesKXofg8izzslaN8D1wylKwAmxE&#10;IBfXWYmiJfTGZMN+/3XWApYOQSrv6e/NMcjnCb+qlAwfq8qrwEzBiVtIJ6ZzFc9sPhP5GoWrtexo&#10;iH9g0Qht6dET1I0Igm1Q/wHVaIngoQo9CU0GVaWlSjVQNYP+b9Xc18KpVAuJ491JJv//YOWH7R0y&#10;XRZ8yJkVDbXo8P3w4/Bw+MmGUZ3W+ZyS7t0dxvq8uwX5xTMLi1rYtbpGhLZWoiROg5ifPbsQHU9X&#10;2ap9DyWBi02AJNSuwiYCkgRsl/qxP/VD7QKT9HNADR5NxpxJik0vR5OLaXpC5I+3HfrwVkHDolFw&#10;ZYx2PkomcrG99SESEvljVioAjC6X2pjk4Hq1MMi2gsZjmb7uAX+eZixricB4OE7Iz2L+HKKfvr9B&#10;IGxsmYYtivWms4PQ5mgTS2M79aJgR+HDbrVLzbmImFHMFZR7khPhOMm0eWTUgN84a2mKC+6/bgQq&#10;zsw7Sy2ZDkajOPbJGY0nQ3LwPLI6jwgrCarggbOjuQjHVdk41OuaXhokASxcUxsrneR9YtXRp0lN&#10;qndbFVfh3E9ZT7s//wUAAP//AwBQSwMEFAAGAAgAAAAhAA8OT/ffAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOg0AQhu8mvsNmTLzZBRFokaVpbEz04EHU+5adAik7S9gtxbd3POlpMpkv/3x/&#10;uV3sIGacfO9IQbyKQCA1zvTUKvj8eL5bg/BBk9GDI1TwjR621fVVqQvjLvSOcx1awSHkC62gC2Es&#10;pPRNh1b7lRuR+HZ0k9WB16mVZtIXDreDvI+iTFrdE3/o9IhPHTan+mwV7Ntdnc0yCWly3L+E9PT1&#10;9prESt3eLLtHEAGX8AfDrz6rQ8VOB3cm48WgIE/zjFEFyQNPBjZxFoM4MLne5CCrUv6vUP0AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArFZqwy4CAABDBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADw5P998AAAAKAQAADwAAAAAAAAAAAAAAAACI&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;">
+              <v:oval id="Овал 8" o:spid="_x0000_s1029" style="position:absolute;margin-left:389.85pt;margin-top:.75pt;width:91.45pt;height:84.7pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDK1pZHMQIAAEQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZrSdrdR09WqSxHS&#10;AistHMB1nMbC8Zix23Q5DGdA/HKJHomx0y1d4AuRD2smM36eeW9mfrVvDdsp9BpsyfPBkDNlJVTa&#10;bkr+8cPqxSVnPghbCQNWlfxBeX61eP5s3rlCjaABUylkBGJ90bmSNyG4Isu8bFQr/ACcshSsAVsR&#10;yMVNVqHoCL012Wg4nGYdYOUQpPKe/t70Qb5I+HWtZHhf114FZkpOtYV0YjrX8cwWc1FsULhGy2MZ&#10;4h+qaIW29OgJ6kYEwbao/4BqtUTwUIeBhDaDutZSpR6om3z4Wzf3jXAq9ULkeHeiyf8/WPlud4dM&#10;VyUnoaxoSaLD18P3w7fDD3YZ2emcLyjp3t1h7M+7W5CfPLOwbITdqGtE6BolKqopj/nZkwvR8XSV&#10;rbu3UBG42AZIRO1rbCMgUcD2SY+Hkx5qH5ikn3k+zcf5hDNJsXx4MZnOkmKZKB6vO/ThtYKWRaPk&#10;yhjtfORMFGJ360OsSBSPWakDMLpaaWOSg5v10iDbCZqPVfpSE9ToeZqxrCv5bDKaJOQnMX8OMUzf&#10;3yAQtrZK0xbZenW0g9Cmt6lKY4/0RcZ65sN+vU/qvHzUYg3VA/GJ0I8yrR4ZDeAXzjoa45L7z1uB&#10;ijPzxpIms3w8jnOfnPHkYkQOnkfW5xFhJUGVPHDWm8vQ78rWod409FKeCLBwTTrWOtEbNe6rOpZP&#10;o5pYP65V3IVzP2X9Wv7FTwAAAP//AwBQSwMEFAAGAAgAAAAhAFyq7IndAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizS0sAQZamsTHRgwdR71t2CqTsLGG3FP+948keX76X&#10;N9+U28UOYsbJ944UrFcRCKTGmZ5aBV+fLw+PIHzQZPTgCBX8oIdtdXtT6sK4C33gXIdW8Aj5Qivo&#10;QhgLKX3TodV+5UYkZkc3WR04Tq00k77wuB3kJopSaXVPfKHTIz532Jzqs1Wwb3d1Oss4JPFx/xqS&#10;0/f7W7xW6v5u2T2BCLiE/zL86bM6VOx0cGcyXgwKsizPuMogAcE8TzcpiAPnLMpBVqW8/qD6BQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMrWlkcxAgAARAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFyq7IndAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;iwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00C9228E" w:rsidRPr="00322681" w:rsidRDefault="00C9228E" w:rsidP="00C9228E">
+                    <w:p w:rsidR="00907DF0" w:rsidRPr="00941B81" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:sz w:val="20"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                          <w:sz w:val="24"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00322681">
+                      <w:r w:rsidRPr="00941B81">
                         <w:rPr>
-                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:sz w:val="20"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                          <w:sz w:val="24"/>
                           <w:lang w:val="kk-KZ"/>
                         </w:rPr>
-                        <w:t>ҰТО мөрінің орны</w:t>
+                        <w:t xml:space="preserve">Место печати </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E5E4C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="kk-KZ"/>
+                        </w:rPr>
+                        <w:t>ДКСО</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0025272B" w:rsidRPr="0025272B">
-[...114 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00907DF0" w:rsidRPr="00811C3C" w:rsidRDefault="00907DF0" w:rsidP="00907DF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9513" w:type="dxa"/>
+        <w:tblW w:w="10008" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9513"/>
+        <w:gridCol w:w="10008"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="00E24448" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
-[...123 lines deleted...]
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="009F7192" w:rsidRDefault="008B32A0" w:rsidP="008B32A0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Нысан </w:t>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="009F7192" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Правилам проведения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>внешней</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="009F7192" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оценки учебных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="000833F7">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...176 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="00BF2110" w:rsidP="00BF2110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="009F08E6" w:rsidP="000833F7">
+          <w:p w:rsidR="00BF2110" w:rsidRDefault="00BF2110" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...57 lines deleted...]
-              <w:t>_</w:t>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акт </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">выявления </w:t>
+            </w:r>
+            <w:r w:rsidR="004E5E4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подставного лица в ходе запуска или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>проведения тестирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация образования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ______________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="00BB47C9" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00894063" w:rsidRDefault="002B008A" w:rsidP="007A0699">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...82 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00894063">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>код                                    наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="337"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...16 lines deleted...]
-              <w:t>«_____» ________________ 20 ____</w:t>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дата "______"  _______________20____г.                                          </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0025272B">
-[...3 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Время______ч.______мин</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...56 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> __________________________________________________________________</w:t>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Представитель Министерства _____________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4890"/>
+              </w:tabs>
+              <w:ind w:left="426"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                          </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                               </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выявлен факт </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD5703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">попытки входа в здание организации образования для проведения ВОУД  сдачи тестирования </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FD5703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>вместо</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FD5703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тестируемого__________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00142FEB" w:rsidRDefault="00142FEB" w:rsidP="00142FEB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      </w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00142FEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. </w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00142FEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00142FEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и ИКС)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>гражданина_______________________________________________________________________.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="00BF2110" w:rsidP="00BF2110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учитывая данный факт, постановили:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тестируемый/у тестируемого_____________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="00BF2110" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...52 lines deleted...]
-              <w:t>(бар болған жағдайда)</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="00E24448" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в здание </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>организации образования</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">_______________________________________________________________________ </w:t>
+            <w:r w:rsidRPr="00FD5703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>для сдачи тестирования не допускать/изъять экзаменационный материал и удалить из аудитории №______ с аннулированием результатов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тестирования Ф.И.О. (при его наличии)_______________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0025272B" w:rsidRPr="00A03187" w:rsidRDefault="0025272B" w:rsidP="000B2805">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A03187">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ИКС __________________.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="00E24448" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      С актом </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ознакомлены</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="004B416A" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись и</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1B0A" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2110" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>представителя Министерства)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
-[...15 lines deleted...]
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>подпись и</w:t>
+            </w:r>
+            <w:r w:rsidR="0036319E" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2110" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ДКСО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
-            </w:r>
-[...14 lines deleted...]
-              <w:t>кіру дерегі анықталды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077399C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
-[...30 lines deleted...]
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="004B416A" w:rsidRDefault="00AC7EC1" w:rsidP="00042B26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...162 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...823 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54D1B108" wp14:editId="0B8175D9">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F2A962D" wp14:editId="0FD011FE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>117475</wp:posOffset>
+                        <wp:posOffset>-143510</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>29845</wp:posOffset>
+                        <wp:posOffset>127635</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1092835" cy="1033145"/>
-                      <wp:effectExtent l="0" t="0" r="12065" b="14605"/>
+                      <wp:extent cx="1068705" cy="1021080"/>
+                      <wp:effectExtent l="0" t="0" r="17145" b="26670"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="11" name="Овал 11"/>
+                      <wp:docPr id="7" name="Овал 7"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr>
                               <a:spLocks/>
                             </wps:cNvSpPr>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1092835" cy="1033145"/>
+                                <a:ext cx="1068705" cy="1021080"/>
                               </a:xfrm>
                               <a:prstGeom prst="ellipse">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
-                              <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                              <a:ln w="9525">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
-                                <a:prstDash val="solid"/>
                               </a:ln>
-                              <a:effectLst/>
                             </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent6"/>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="lt1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent6"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="dk1"/>
+                              </a:fontRef>
+                            </wps:style>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="0025272B" w:rsidRDefault="008F7C4D" w:rsidP="0025272B">
+                                <w:p w:rsidR="002B008A" w:rsidRPr="00811C3C" w:rsidRDefault="002B008A" w:rsidP="002B008A">
                                   <w:pPr>
                                     <w:pStyle w:val="a4"/>
                                     <w:spacing w:before="0" w:after="0"/>
                                     <w:jc w:val="center"/>
-                                  </w:pPr>
-                                  <w:r>
                                     <w:rPr>
                                       <w:color w:val="000000"/>
-                                      <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                      <w:lang w:val="kk-KZ"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
                                     </w:rPr>
-                                    <w:t>Мөрдің орны</w:t>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00357413">
+                                    <w:rPr>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Место печати </w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr wrap="square" rtlCol="0" anchor="ctr">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:oval id="Овал 11" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:9.25pt;margin-top:2.35pt;width:86.05pt;height:81.35pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXr/4OCwIAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU0tu2zAQ3RfoHQjua0l2XCRC5KCI4W6C&#10;NkDSA4wpyiJKkSyHtuzL9AxFt72Ej9QhLX/SdFWUC4Lzn/dmeHu37TTbSI/KmooXo5wzaYStlVlV&#10;/Mvz4t01ZxjA1KCtkRXfSeR3s7dvbntXyrFtra6lZ5TEYNm7irchuDLLULSyAxxZJw0ZG+s7CCT6&#10;VVZ76Cl7p7Nxnr/Peutr562QiKSdH4x8lvI3jRThc9OgDExXnHoL6fbpXsY7m91CufLgWiWGNuAf&#10;uuhAGSp6SjWHAGzt1atUnRLeom3CSNgus02jhEwYCE2R/4HmqQUnExYiB92JJvx/acWnzaNnqqbZ&#10;FZwZ6GhG++/7n/sf+1+MVMRP77Aktyf36CNCdA9WfEUyZC8sUcDBZ9v4LvoSPrZNZO9OZMttYIKU&#10;RX4zvp5MORNkK/LJpLiaxnIZlMdw5zF8lLZj8VFxqbVyGAmBEjYPGA7eR6/UnNWqXiitk7DDe+3Z&#10;Bmj2tDK17TnTgIGUFV+kMxTEyzBtWF/xm+k49ga0k42GQM/OEUtoVpyBXtGyi+BTKy+C8VXNZwJ8&#10;UTdP5291I445YHtoOGUd3LSJcGRa5wH2me34CtvlNg3xKkZEzdLWOxpsT5tNTX9bg5ec+aDv7eEj&#10;gBGtJRqOIIz9sA62UYnTc4JhyLR8aTDDR4nbfSknr/N3nv0GAAD//wMAUEsDBBQABgAIAAAAIQDD&#10;1kd63QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqAMqaQhxqlLBASQk&#10;WvIBbryNA/Y6it02/D3bE9x2NKPZN9Vy8k4ccYx9IAW3swwEUhtMT52C5vPlpgARkyajXSBU8IMR&#10;lvXlRaVLE060weM2dYJLKJZagU1pKKWMrUWv4ywMSOztw+h1Yjl20oz6xOXeybssy6XXPfEHqwdc&#10;W2y/twevoHheWRqevt7Wm1ftPpq9e+8bp9T11bR6BJFwSn9hOOMzOtTMtAsHMlE41sU9JxXMFyDO&#10;9kOWg9jxkS/mIOtK/h9Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDXr/4OCwIAABYE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDD1kd63QAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" fillcolor="window" strokecolor="windowText">
+                    <v:oval id="Овал 7" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:-11.3pt;margin-top:10.05pt;width:84.15pt;height:80.4pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATk75yPQIAAMsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+lySowDYirKpd0cuq&#10;XXW3D2Ach1jr2K7HEHiZPkPVa1+CR+rYCVkonKrmYGHPfN/MNz/Mb3eNIlvhQBpd0GyUUiI0N6XU&#10;64J+e16+u6EEPNMlU0aLgu4F0NvF2zfz1uZibGqjSuEIkmjIW1vQ2nubJwnwWjQMRsYKjcbKuIZ5&#10;vLp1UjrWInujknGaTpPWuNI6wwUAvt53RrqI/FUluP9SVSA8UQXF3Hw8XTxX4UwWc5avHbO15H0a&#10;7B+yaJjUGHSgumeekY2TF1SN5M6AqfyImyYxVSW5iBpQTZb+peapZlZELVgcsEOZ4P/R8s/bR0dk&#10;WdAZJZo12KLDj8Ovw8/DbzIL1Wkt5Oj0ZB9d0Af2wfAXQENyZgkX6H12lWuCL6oju1jq/VBqsfOE&#10;42OWTm9m6YQSjrYsHWfpTWxGwvIj3Drwn4RpSPhRUKGUtBDKwXK2fQAfcmD50SsmZ5Qsl1KpeNnD&#10;nXJky7DzODClaSlRDDw+FnQZv6APKeAUpjRpC/phMp7ESGc2uKB8Rj0ntGn8LmkxiNJ9yboqxXr5&#10;vRIhVaW/igqbgHUZd1HD+Ishfca50H7a80bvAKtQ6QDMrgGVz3pQ7xtgIq7FAEyvAc8jDogY1Wg/&#10;gBupjbtGUL4MkTv/o/pOc5Dvd6tdnLz3IcfwsjLlHqexxXUsKHzfMCcocV7dmW57mea1we5x38XU&#10;5uPGm0rGUXgl6EPhxsT29tsdVvL0Hr1e/4MWfwAAAP//AwBQSwMEFAAGAAgAAAAhANs4a1/gAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJHat3QhKmsapSgULkCrRkgNMYzcO&#10;2OModttwe9wV7GY0T3/eL1ejs+ysh9B5kjCbCmCaGq86aiXUn6+THFiISAqtJy3hRwdYVbc3JRbK&#10;X2inz/vYshRCoUAJJsa+4Dw0RjsMU99rSrejHxzGtA4tVwNeUrizPBNizh12lD4Y7PXG6OZ7f3IS&#10;8pe1of75632ze0P7UR/ttqutlPd343oJLOox/sFw1U/qUCWngz+RCsxKmGTZPKESMjEDdgUeHp+A&#10;HdKQiwXwquT/K1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABOTvnI9AgAAywQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANs4a1/gAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAlwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACkBQAAAAA=&#10;" fillcolor="window" strokecolor="windowText">
                       <v:path arrowok="t"/>
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="0025272B" w:rsidRDefault="008F7C4D" w:rsidP="0025272B">
+                          <w:p w:rsidR="002B008A" w:rsidRPr="00811C3C" w:rsidRDefault="002B008A" w:rsidP="002B008A">
                             <w:pPr>
                               <w:pStyle w:val="a4"/>
                               <w:spacing w:before="0" w:after="0"/>
                               <w:jc w:val="center"/>
-                            </w:pPr>
-                            <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                <w:lang w:val="kk-KZ"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Мөрдің орны</w:t>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00357413">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Место печати </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:oval>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="002B008A" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(подпись и</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1B0A" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>туденттің</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2110" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>студента</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2110" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="002B008A" w:rsidRPr="004B416A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...106 lines deleted...]
-              <w:t>)</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/подставного лица (при его наличии))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
-      <w:pPr>
+    <w:p w:rsidR="002B008A" w:rsidRPr="0077399C" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B008A" w:rsidRDefault="002B008A" w:rsidP="002B008A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9745"/>
+        <w:gridCol w:w="10031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="00E24448" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="009F7192" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
-[...123 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="00C9228E" w:rsidRDefault="00C9228E" w:rsidP="00C9228E">
+          <w:p w:rsidR="00C255D8" w:rsidRPr="009F7192" w:rsidRDefault="002B008A" w:rsidP="008B32A0">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="RANGE!A1:A39"/>
+          </w:p>
+          <w:p w:rsidR="00C255D8" w:rsidRPr="009F7192" w:rsidRDefault="00C255D8" w:rsidP="008B32A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C255D8" w:rsidRPr="009F7192" w:rsidRDefault="00C255D8" w:rsidP="008B32A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="009F7192" w:rsidRDefault="002B008A" w:rsidP="008B32A0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="008B32A0" w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C9228E" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="009F7192" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C9228E" w:rsidRDefault="00C9228E" w:rsidP="00C9228E">
+          <w:p w:rsidR="009F7192" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">к Правилам проведения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>внешней</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="009F7192" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F7192">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оценки учебных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
-[...264 lines deleted...]
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="009F08E6" w:rsidP="000833F7">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="007E2A33" w:rsidP="007E2A33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">выявления факта несвоевременной сдачи материалов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тестирования</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация образования   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00E956D4">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>код</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E956D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...3 lines deleted...]
-              <w:t>«_____» __________________ 20 _____</w:t>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"______"  _________________20____год __________</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0025272B">
-[...3 lines deleted...]
-              <w:t>жыл</w:t>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>часов__________минут</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0025272B">
-[...31 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...52 lines deleted...]
-              <w:t>__</w:t>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Представитель Министерства _______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="00C255D8" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дежурный по аудитории ____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="00C255D8" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C255D8" w:rsidRDefault="00C255D8" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тестируемый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00895A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00895A9E" w:rsidRPr="00895A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>______________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_____, ИКС______________ из аудитории</w:t>
+            </w:r>
+            <w:r w:rsidR="0036319E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№_____, место № ______, вариант №_____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тказался своевременно сдать экзамена</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ционные ма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">териалы в связи с окончанием времени тестирования, что является </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00894063">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нарушением Правил проведения внешней оценки учебных достижений.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...64 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">__ </w:t>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учитывая данный факт, постановили:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изъять экзаменационный материал;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удалить из аудитории №______ и аннулировать результаты тестирования:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="00895A9E" w:rsidP="00895A9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________________, ИКС ______________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подписи и </w:t>
+            </w:r>
+            <w:r w:rsidR="00895A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> (бар болған жағдайда)</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лиц, составивших настоящий акт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...19 lines deleted...]
-              <w:t>_____________________________________________________,</w:t>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       С актом </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ознакомлены</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...45 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00895A9E">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>подпись и</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00895A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2A33" w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>студента</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
-[...167 lines deleted...]
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="007E2A33">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...4 lines deleted...]
-              <w:t>Аталған деректі ескере отырып:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подпись и </w:t>
+            </w:r>
+            <w:r w:rsidR="00895A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ДКСО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
-[...773 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="dxa"/>
               <w:tblCellMar>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="9529"/>
+              <w:gridCol w:w="9815"/>
             </w:tblGrid>
-            <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="008E1D5D">
+            <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
               <w:trPr>
                 <w:trHeight w:val="315"/>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="10060" w:type="dxa"/>
+                  <w:tcW w:w="9815" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+                <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
                   <w:pPr>
-                    <w:spacing w:after="0"/>
-                    <w:jc w:val="center"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0025272B">
+                  <w:r w:rsidRPr="00955E70">
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>(</w:t>
-[...122 lines deleted...]
-                    <w:t>)</w:t>
+                    <w:t>________________________________________________________________________________</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
-[...46 lines deleted...]
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="00AC7EC1" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F98DE80" wp14:editId="669C9A1B">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>81280</wp:posOffset>
+                        <wp:posOffset>146685</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>24765</wp:posOffset>
+                        <wp:posOffset>22225</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1092200" cy="1033145"/>
-                      <wp:effectExtent l="0" t="0" r="12700" b="14605"/>
+                      <wp:extent cx="1115695" cy="1009015"/>
+                      <wp:effectExtent l="0" t="0" r="27305" b="19685"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="10" name="Овал 10"/>
+                      <wp:docPr id="4" name="Овал 4"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr>
                               <a:spLocks/>
                             </wps:cNvSpPr>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1092200" cy="1033145"/>
+                                <a:ext cx="1115695" cy="1009015"/>
                               </a:xfrm>
                               <a:prstGeom prst="ellipse">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:sysClr val="window" lastClr="FFFFFF"/>
                               </a:solidFill>
-                              <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                              <a:ln w="9525">
                                 <a:solidFill>
                                   <a:sysClr val="windowText" lastClr="000000"/>
                                 </a:solidFill>
-                                <a:prstDash val="solid"/>
                               </a:ln>
-                              <a:effectLst/>
                             </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent6"/>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="lt1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent6"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="dk1"/>
+                              </a:fontRef>
+                            </wps:style>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+                                <w:p w:rsidR="002B008A" w:rsidRPr="00811C3C" w:rsidRDefault="002B008A" w:rsidP="002B008A">
                                   <w:pPr>
                                     <w:pStyle w:val="a4"/>
                                     <w:spacing w:before="0" w:after="0"/>
                                     <w:jc w:val="center"/>
-                                  </w:pPr>
-                                  <w:r w:rsidRPr="00F74C75">
                                     <w:rPr>
                                       <w:color w:val="000000"/>
-                                      <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                      <w:lang w:val="kk-KZ"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
                                     </w:rPr>
-                                    <w:t>Базалық ЖОО-ның мөрінің орны</w:t>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00357413">
+                                    <w:rPr>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Место печати </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00811C3C">
+                                    <w:rPr>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
+                                    </w:rPr>
+                                    <w:t>Базового вуза</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr wrap="square" rtlCol="0" anchor="ctr">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:oval id="Овал 10" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:6.4pt;margin-top:1.95pt;width:86pt;height:81.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1HW37DAIAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU0tu2zAQ3RfoHQjua8lOXTSC5aCI4W6C&#10;NkDSA4wpyiJCkSyHtuTL9AxFt72Ej9QhLX/SdFWEC4KcGb6Z92Y4u+lbzbbSo7Km5ONRzpk0wlbK&#10;rEv+7XH57iNnGMBUoK2RJd9J5Dfzt29mnSvkxDZWV9IzAjFYdK7kTQiuyDIUjWwBR9ZJQ87a+hYC&#10;Xf06qzx0hN7qbJLnH7LO+sp5KyQiWRcHJ58n/LqWInyta5SB6ZJTbSHtPu2ruGfzGRRrD65RYigD&#10;/qOKFpShpCeoBQRgG69eQLVKeIu2DiNh28zWtRIycSA24/wvNg8NOJm4kDjoTjLh68GKL9t7z1RF&#10;vSN5DLTUo/2P/a/9z/1vRibSp3NYUNiDu/eRIbo7K56QHNkzT7zgENPXvo2xxI/1SezdSWzZBybI&#10;OM6vJ9RBzgT5xvnV1fj9NKbLoDg+dx7DZ2lbFg8ll1orh1EQKGB7h+EQfYxKxVmtqqXSOl12eKs9&#10;2wL1nkamsh1nGjCQseTLtIaEePlMG9aV/Ho6mVJtQDNZawh0bB2phGbNGeg1DbsIPpXy7DG+yPlI&#10;hC/y5mn9K2/ksQBsDgUn1CFMm0hHpnEeaJ/VjqfQr/rUxKRgtKxstaPGdjTZVPT3DXjJmQ/61h4+&#10;AhjRWJLhSMLYT5tga5U0PQMMTabhS40ZPkqc7st7ijp/5/kfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;XLm2/twAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixloKp0TacxwQEk&#10;JDb6AFnjNR2JUzXZVt4e7wQ3f/qt35+r5eSdOOEY+0AK7mcZCKQ2mJ46Bc3X610BIiZNRrtAqOAH&#10;Iyzr66tKlyacaYOnbeoEl1AstQKb0lBKGVuLXsdZGJA424fR68Q4dtKM+szl3sl5luXS6574gtUD&#10;ri2239ujV1C8rCwNz4f39eZNu89m7z76xil1ezOtFiASTulvGS76rA41O+3CkUwUjnnO5knBwxOI&#10;S1w8Mu94yPMcZF3J/w/UvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA1HW37DAIAABYE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBcubb+3AAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" fillcolor="window" strokecolor="windowText">
+                    <v:oval id="Овал 4" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:11.55pt;margin-top:1.75pt;width:87.85pt;height:79.45pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2mpIvOgIAAMsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+lyRoQSUirKpd0cuq&#10;XXV3H8A4DrHWsV2PIfAyfYaq174Ej9SxE7JQOFXNwcKe+b6Zb36Y3+4aRbbCgTS6oNkopURobkqp&#10;1wV9eV5++EgJeKZLpowWBd0LoLeL9+/mrc3F2NRGlcIRJNGQt7agtfc2TxLgtWgYjIwVGo2VcQ3z&#10;eHXrpHSsRfZGJeM0nSatcaV1hgsAfL3vjHQR+atKcP+1qkB4ogqKufl4uniuwpks5ixfO2Zryfs0&#10;2D9k0TCpMehAdc88IxsnL6gayZ0BU/kRN01iqkpyETWgmiz9S81TzayIWrA4YIcywf+j5V+2j47I&#10;sqA3lGjWYIsOPw6/Dj8Pv8lNqE5rIUenJ/vogj6wD4a/AhqSM0u4QO+zq1wTfFEd2cVS74dSi50n&#10;HB+zLJtMZxNKONqyNJ2l2SSES1h+hFsH/rMwDQk/CiqUkhZCOVjOtg/gO++jV0zOKFkupVLxsoc7&#10;5ciWYedxYErTUqIYeHws6DJ+fUA4hSlN2oLOJuNJjHRmgwvKZ9RzQpvG75IWVSndl6yrUqyX3ysR&#10;UlX6m6iwCViXcRc1jL8Y0mecC+2nPW/0DrAKlQ7A7BpQ+awH9b4BJuJaDMD0GvA84oCIUY32A7iR&#10;2rhrBOXrELnzP6rvNAf5frfaxcmLjQ8vK1PucRpbXMeCwvcNc4IS59Wd6baXaV4b7B73XUxtPm28&#10;qWQchTeCPhRuTJynfrvDSp7eo9fbf9DiDwAAAP//AwBQSwMEFAAGAAgAAAAhAISSHDDeAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo0xSqkMapSgUHkCrRkg9wk22cYq+j&#10;2G3D37M9wW1HM5p9UyxHZ8UZh9B5UjCdJCCQat901Cqovt4eMhAhamq09YQKfjDAsry9KXTe+Att&#10;8byLreASCrlWYGLscylDbdDpMPE9EnsHPzgdWQ6tbAZ94XJnZZokc+l0R/zB6B7XBuvv3ckpyF5X&#10;hvqX48d6+67tZ3Wwm66ySt3fjasFiIhj/AvDFZ/RoWSmvT9RE4RVkM6mnFQwewJxtZ8zXrLnY54+&#10;giwL+X9A+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA2mpIvOgIAAMsEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCEkhww3gAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" fillcolor="window" strokecolor="windowText">
                       <v:path arrowok="t"/>
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+                          <w:p w:rsidR="002B008A" w:rsidRPr="00811C3C" w:rsidRDefault="002B008A" w:rsidP="002B008A">
                             <w:pPr>
                               <w:pStyle w:val="a4"/>
                               <w:spacing w:before="0" w:after="0"/>
                               <w:jc w:val="center"/>
-                            </w:pPr>
-                            <w:r w:rsidRPr="00F74C75">
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                <w:lang w:val="kk-KZ"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Базалық ЖОО-ның мөрінің орны</w:t>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00357413">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Место печати </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00811C3C">
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Базового вуза</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:oval>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="0025272B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="002B008A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подпись и </w:t>
+            </w:r>
+            <w:r w:rsidR="00895A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...92 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A" w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>)</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B008A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Представителя Министерства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025272B">
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> _________</w:t>
+            <w:r w:rsidRPr="00955E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата_______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidTr="0025272B">
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidTr="00042B26">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002B008A" w:rsidRPr="00955E70" w:rsidRDefault="002B008A" w:rsidP="00042B26">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B" w:rsidP="0025272B">
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidRDefault="002B008A" w:rsidP="00881C4A">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidRDefault="0025272B">
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="0025272B" w:rsidRPr="0025272B" w:rsidSect="00DC3DF6">
+    <w:sectPr w:rsidR="002B008A" w:rsidRPr="00881C4A" w:rsidSect="00FA1FA9">
       <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:pgNumType w:start="8"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E06363" w:rsidRDefault="00E06363">
+    <w:p w:rsidR="00466061" w:rsidRDefault="00466061" w:rsidP="009473D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E06363" w:rsidRDefault="00E06363">
+    <w:p w:rsidR="00466061" w:rsidRDefault="00466061" w:rsidP="009473D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times Kaz">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1311638637"/>
+      <w:id w:val="-1193449987"/>
       <w:docPartObj>
-        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00324A9E" w:rsidRDefault="00324A9E">
+      <w:p w:rsidR="00FA1FA9" w:rsidRDefault="00FA1FA9">
         <w:pPr>
-          <w:pStyle w:val="ac"/>
+          <w:pStyle w:val="af2"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00AB67D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0025272B" w:rsidRDefault="0025272B">
+  <w:p w:rsidR="00FA1FA9" w:rsidRDefault="00FA1FA9">
     <w:pPr>
-      <w:pStyle w:val="ac"/>
+      <w:pStyle w:val="af2"/>
     </w:pPr>
   </w:p>
-</w:hdr>
+</w:ftr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00466061" w:rsidRDefault="00466061" w:rsidP="009473D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00466061" w:rsidRDefault="00466061" w:rsidP="009473D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="2048944281"/>
+      <w:id w:val="1824769572"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00DC3DF6" w:rsidRPr="00765598" w:rsidRDefault="00DC3DF6">
+      <w:p w:rsidR="00F131C7" w:rsidRDefault="00F131C7">
         <w:pPr>
-          <w:pStyle w:val="ac"/>
+          <w:pStyle w:val="ae"/>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00765598">
+        <w:r w:rsidRPr="00FA1FA9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00765598">
+        <w:r w:rsidRPr="00FA1FA9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00765598">
+        <w:r w:rsidRPr="00FA1FA9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00AB67D1">
+        <w:r w:rsidR="006D0613">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00765598">
+        <w:r w:rsidRPr="00FA1FA9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0049617B" w:rsidRPr="00DC3DF6" w:rsidRDefault="0049617B" w:rsidP="00DC3DF6">
+  <w:p w:rsidR="007B3391" w:rsidRDefault="00466061">
     <w:pPr>
-      <w:pStyle w:val="ac"/>
+      <w:pStyle w:val="ae"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="484116EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80C6C47E"/>
     <w:lvl w:ilvl="0" w:tplc="EA3210B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -18167,146 +15314,57 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4E043120"/>
+    <w:nsid w:val="52996CCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0ECE351A"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="01BE20DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...88 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -18344,257 +15402,195 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
-[...4 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="87"/>
+  <w:zoom w:percent="77"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BD0618"/>
-[...71 lines deleted...]
-    <w:rsid w:val="00FB4263"/>
+    <w:rsidRoot w:val="002B008A"/>
+    <w:rsid w:val="00011314"/>
+    <w:rsid w:val="00015CE6"/>
+    <w:rsid w:val="00023BC5"/>
+    <w:rsid w:val="000445DE"/>
+    <w:rsid w:val="0007263A"/>
+    <w:rsid w:val="00076484"/>
+    <w:rsid w:val="000B1B91"/>
+    <w:rsid w:val="000D78E9"/>
+    <w:rsid w:val="00127D6D"/>
+    <w:rsid w:val="00142FEB"/>
+    <w:rsid w:val="001B0D46"/>
+    <w:rsid w:val="00223B63"/>
+    <w:rsid w:val="002B008A"/>
+    <w:rsid w:val="002C2098"/>
+    <w:rsid w:val="002D44FF"/>
+    <w:rsid w:val="00350A39"/>
+    <w:rsid w:val="0035598B"/>
+    <w:rsid w:val="003572A7"/>
+    <w:rsid w:val="0036319E"/>
+    <w:rsid w:val="003672B8"/>
+    <w:rsid w:val="00394377"/>
+    <w:rsid w:val="003A44CB"/>
+    <w:rsid w:val="004150D6"/>
+    <w:rsid w:val="004442B1"/>
+    <w:rsid w:val="00466061"/>
+    <w:rsid w:val="004955F7"/>
+    <w:rsid w:val="004959EE"/>
+    <w:rsid w:val="004A1A8A"/>
+    <w:rsid w:val="004B416A"/>
+    <w:rsid w:val="004B7753"/>
+    <w:rsid w:val="004D1A35"/>
+    <w:rsid w:val="004D464A"/>
+    <w:rsid w:val="004E5E4C"/>
+    <w:rsid w:val="004E5FCE"/>
+    <w:rsid w:val="00505F9C"/>
+    <w:rsid w:val="00517BEB"/>
+    <w:rsid w:val="00530B60"/>
+    <w:rsid w:val="00594E90"/>
+    <w:rsid w:val="005D6D18"/>
+    <w:rsid w:val="00605A90"/>
+    <w:rsid w:val="006D0613"/>
+    <w:rsid w:val="006F1690"/>
+    <w:rsid w:val="00726E83"/>
+    <w:rsid w:val="007A0699"/>
+    <w:rsid w:val="007E2A33"/>
+    <w:rsid w:val="007F32FD"/>
+    <w:rsid w:val="00806CBA"/>
+    <w:rsid w:val="008438E1"/>
+    <w:rsid w:val="0084688A"/>
+    <w:rsid w:val="00850F78"/>
+    <w:rsid w:val="00881C4A"/>
+    <w:rsid w:val="00894063"/>
+    <w:rsid w:val="00895A9E"/>
+    <w:rsid w:val="008B32A0"/>
+    <w:rsid w:val="008D158E"/>
+    <w:rsid w:val="008E12CB"/>
+    <w:rsid w:val="00907DF0"/>
+    <w:rsid w:val="0091403D"/>
+    <w:rsid w:val="00926775"/>
+    <w:rsid w:val="009473D6"/>
+    <w:rsid w:val="00976EC8"/>
+    <w:rsid w:val="009879C4"/>
+    <w:rsid w:val="00997CCE"/>
+    <w:rsid w:val="009B6EDF"/>
+    <w:rsid w:val="009F7192"/>
+    <w:rsid w:val="00A60C47"/>
+    <w:rsid w:val="00AA750C"/>
+    <w:rsid w:val="00AC7EC1"/>
+    <w:rsid w:val="00AD7423"/>
+    <w:rsid w:val="00B05CB7"/>
+    <w:rsid w:val="00B22D0A"/>
+    <w:rsid w:val="00B61465"/>
+    <w:rsid w:val="00B72A92"/>
+    <w:rsid w:val="00B742BA"/>
+    <w:rsid w:val="00BF2110"/>
+    <w:rsid w:val="00C255D8"/>
+    <w:rsid w:val="00C272AA"/>
+    <w:rsid w:val="00C54329"/>
+    <w:rsid w:val="00C910BD"/>
+    <w:rsid w:val="00CC7AA4"/>
+    <w:rsid w:val="00CE25BC"/>
+    <w:rsid w:val="00D01A32"/>
+    <w:rsid w:val="00D04229"/>
+    <w:rsid w:val="00D204C6"/>
+    <w:rsid w:val="00D71425"/>
+    <w:rsid w:val="00DD74B2"/>
+    <w:rsid w:val="00E11D4C"/>
+    <w:rsid w:val="00E12F29"/>
+    <w:rsid w:val="00E170F1"/>
+    <w:rsid w:val="00E24CA4"/>
+    <w:rsid w:val="00E32D84"/>
+    <w:rsid w:val="00E63813"/>
+    <w:rsid w:val="00E71961"/>
+    <w:rsid w:val="00E956D4"/>
+    <w:rsid w:val="00EE59F6"/>
+    <w:rsid w:val="00EF1B0A"/>
+    <w:rsid w:val="00F01213"/>
+    <w:rsid w:val="00F131C7"/>
+    <w:rsid w:val="00F50F0E"/>
+    <w:rsid w:val="00F57D5B"/>
+    <w:rsid w:val="00FA1FA9"/>
+    <w:rsid w:val="00FC7E43"/>
+    <w:rsid w:val="00FD13D0"/>
+    <w:rsid w:val="00FD5703"/>
+    <w:rsid w:val="00FF1C55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -18612,50 +15608,51 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -18732,450 +15729,429 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a0">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="002B008A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a0"/>
     <w:next w:val="a0"/>
     <w:link w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="1"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Обычный (Web)1,Знак Знак31,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Знак Знак1 Знак Знак,Зн"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="Стиль_№"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="a7"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Стиль_№ Знак"/>
     <w:link w:val="a"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Обычный (Web)1 Знак,Знак Знак31 Знак,Обычный (веб) Знак1 Знак,Зн Знак"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B008A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B008A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="header"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...12 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00416252"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:cs="Calibri"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00416252"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DC3DF6"/>
+    <w:rsid w:val="009473D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af2"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DC3DF6"/>
+    <w:rsid w:val="009473D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -19252,473 +16228,397 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a0">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="002B008A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a0"/>
     <w:next w:val="a0"/>
     <w:link w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="1"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Обычный (Web)1,Знак Знак31,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Знак Знак1 Знак Знак,Зн"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="Стиль_№"/>
     <w:basedOn w:val="a6"/>
     <w:link w:val="a7"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Стиль_№ Знак"/>
     <w:link w:val="a"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Обычный (Web)1 Знак,Знак Знак31 Знак,Обычный (веб) Знак1 Знак,Зн Знак"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B008A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B008A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="header"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a1"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BD0618"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...12 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00416252"/>
+    <w:rsid w:val="002B008A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:cs="Calibri"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00416252"/>
+    <w:rsid w:val="002B008A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DC3DF6"/>
+    <w:rsid w:val="009473D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="af2"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DC3DF6"/>
+    <w:rsid w:val="009473D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...52 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19962,71 +16862,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CCC611F-0F8D-4F40-BAA2-4607D6F6011F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>17697</Characters>
+  <Pages>11</Pages>
+  <Words>3092</Words>
+  <Characters>17625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
+  <Lines>146</Lines>
   <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20760</CharactersWithSpaces>
+  <CharactersWithSpaces>20676</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Жумаханова Гульнур</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>