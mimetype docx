--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,1317 +1,1275 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="a5"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="136"/>
         <w:tblW w:w="15570" w:type="dxa"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7763"/>
         <w:gridCol w:w="7807"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00537F75" w:rsidRPr="00213E82">
+      <w:tr w:rsidR="00D86111" w:rsidTr="00736E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00537F75" w:rsidRDefault="00537F75" w:rsidP="00213E82">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00DE22BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+              <w:t>Памятка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE22BF">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE22BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>безопасного поведения на улицах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE22BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для подростков</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00DE22BF" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001830F4">
-[...11 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Всегда надо избегать малолюдных и плохо освещенных территорий, если ты  оказался в таком месте, то иди к середине улицы, подальше от мест, где могут укрыться преступники;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Всегда анализируй движущиеся объекты  оценивай их с точки зрения потенциальной опасности, если увидел что-то опасное, то ищи возможность этого избежать. Поменяй маршрут, пристройся к идущей впереди взрослой паре и т.д.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Запомни типичные опасности. Всегда избегай группы молодых людей, а также пьяных любого возраста и людей с криминальной или подозрительной внешностью, с подозрением отнесись к неизвестным машинам: тонированные стекла, номера заляпаны грязью, слишком дорогой или наоборот нарочито дешевый автомобиль или такой который просто не соответствует статусу района;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00736E36">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Проходя мимо подозрительных личностей, не смотри на них в упор, они это воспринимают как прямой вызов, поэтому лучше опусти глаза вниз;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Если кто-то незнакомый пытается с тобой заговорить, то не вступай в разговор, всегда продолжай идти своим путем. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D17DD7" w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Лучше,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в крайнем </w:t>
+            </w:r>
+            <w:r w:rsidR="00D17DD7" w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>случае,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> притвориться, что не понял, что это обращались к тебе. Сам иди поскорее домой или к ближайшему людному и освещенному месту;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E72B5">
-[...19 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Если тебя кто-то преследует, то иди туда, где много света и людей. Или хотя бы перейди на более светлую сторону улицы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Никогда  не иди никуда  с чужими людьми, не садись ни в чью машину, если, т конечно, тебе  не угрожают ножом или пистолетом. Если ты видишь, что тебе грозит опасность, то кричи, зови на помощь. Если ты рядом с домами, кинь в чье-то окно камень или тяжелый предмет,  не бойся разбить его. Есть шанс, что человек выглянет и вызовет полицию, это отпугнет напавших;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E72B5">
-[...11 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>В местах, где есть люди, если тебя пытаются остановить и отвести поговорить в сторону «на минуту» не слушайся, иди своим путем, также старайся подойти к магазину, к остановке и т.д.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...57 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старайся не носить предметы, которые могут быть воспринятые как ценные, даже если это подделка. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D17DD7" w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Например,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не носи часы под золото, или украшения, которые являются ценными или так выглядят;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...23 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Если преступники требуют вещи и угрожают расправой, отдай им всё - жизнь дороже любой ценной вещи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...23 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Всегда старайся максимально запомнить предметы нападавших, но никогда открыто не </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>пялься</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на них, не веди себя агрессивно и вызывающе - это может разозлить  преступников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Если ты подвергся физическому или сексуальному насилию, то надо немедленно сообщить родителям, обратиться в полицию, написать заявление, пройти медицинский осмотр и обязательно все зафиксировать. Не слушай слова преступников, о том, чтобы  ты не говорил никому</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-          </w:p>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>- это их стандартная угроза. Лучшая защита – оповестить правоохранительные органы, тогда полиция будет знать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кого и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">скать, в случае </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>если с тобой что-то случиться в будущем и тебя уже просто побоятся трогать.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00213E82">
+            </w:pPr>
+            <w:r>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00D23853" w:rsidRDefault="00537F75" w:rsidP="00D23853">
-[...46 lines deleted...]
-          <w:p w:rsidR="00537F75" w:rsidRPr="00D23853" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D4319A" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4319A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ГУ «Средняя общеобразовательная профильная школа  с физкультурно-оздоровительной направленностью №</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D4319A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г. Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D4319A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1725"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="56"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00D23853" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D4319A" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1725"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="56"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4319A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="56"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+              </w:rPr>
+              <w:t>БЕЗОПАСНАЯ ШКОЛА</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00736E36" w:rsidP="00736E36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00213E82">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="en-US"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="4753627" cy="1257300"/>
+                  <wp:effectExtent l="19050" t="0" r="8873" b="0"/>
+                  <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Жулдыз\Desktop\shkola2.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Жулдыз\Desktop\shkola2.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:srcRect l="22797"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4762455" cy="1259635"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="left" w:pos="3075"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213E82">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>_________</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+              <w:t>Класс_________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="left" w:pos="3075"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+              <w:t>ФИ ученик</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>цы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D86111">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:t xml:space="preserve">________________________________ </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRPr="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="left" w:pos="3075"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213E82">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>_______________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00D86111" w:rsidRDefault="00D86111" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00736E36" w:rsidRDefault="00736E36" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00736E36" w:rsidRDefault="00736E36" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00736E36" w:rsidRDefault="00736E36" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00736E36" w:rsidRDefault="00736E36" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00213E82" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00736E36" w:rsidRDefault="00736E36" w:rsidP="00D86111">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00537F75" w:rsidRPr="00D23853" w:rsidRDefault="00537F75" w:rsidP="00213E82">
+          <w:p w:rsidR="00FF593E" w:rsidRPr="00D4319A" w:rsidRDefault="00D86111" w:rsidP="00FF593E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
                 <w:tab w:val="center" w:pos="3795"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4319A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015-2016 </w:t>
+              <w:t>2015-2016 уч.год</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00537F75" w:rsidRPr="00D86111" w:rsidRDefault="00537F75" w:rsidP="00FF593E">
+    <w:p w:rsidR="00FF593E" w:rsidRPr="00D86111" w:rsidRDefault="00FF593E" w:rsidP="00FF593E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00537F75" w:rsidRPr="00D86111" w:rsidSect="00FF593E">
+    <w:sectPr w:rsidR="00FF593E" w:rsidRPr="00D86111" w:rsidSect="00FF593E">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:display="firstPage" w:offsetFrom="page">
         <w:top w:val="twistedLines1" w:sz="20" w:space="24" w:color="auto"/>
         <w:left w:val="twistedLines1" w:sz="20" w:space="24" w:color="auto"/>
         <w:bottom w:val="twistedLines1" w:sz="20" w:space="24" w:color="auto"/>
         <w:right w:val="twistedLines1" w:sz="20" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="41F74FFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5F080F5A"/>
-    <w:lvl w:ilvl="0" w:tplc="4D5417C2">
+    <w:tmpl w:val="649E9AB6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
-  <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D4319A"/>
-    <w:rsid w:val="000E72B5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00213E82"/>
     <w:rsid w:val="00346CA7"/>
-    <w:rsid w:val="003533AB"/>
-    <w:rsid w:val="00537F75"/>
     <w:rsid w:val="00597B2E"/>
-    <w:rsid w:val="005D3DD5"/>
-    <w:rsid w:val="0065470B"/>
     <w:rsid w:val="006624BB"/>
     <w:rsid w:val="00736E36"/>
     <w:rsid w:val="00A90756"/>
-    <w:rsid w:val="00AC7772"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CC775F"/>
     <w:rsid w:val="00D17DD7"/>
-    <w:rsid w:val="00D23853"/>
     <w:rsid w:val="00D4319A"/>
     <w:rsid w:val="00D86111"/>
-    <w:rsid w:val="00D92404"/>
     <w:rsid w:val="00DB31D2"/>
     <w:rsid w:val="00DE22BF"/>
-    <w:rsid w:val="00E00FFF"/>
-    <w:rsid w:val="00F24BA4"/>
     <w:rsid w:val="00FF593E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1380,211 +1338,389 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00597B2E"/>
-    <w:pPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00D4319A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
     <w:rsid w:val="00D4319A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00D4319A"/>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DB31D2"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1610,51 +1746,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1784,57 +1920,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal_Wordconv</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Office Outlook</Application>
+  <Pages>1</Pages>
+  <Words>459</Words>
+  <Characters>2621</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>0</Lines>
-  <Paragraphs>0</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>School_41</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <CharactersWithSpaces>3074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>