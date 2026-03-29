--- v0 (2025-12-10)
+++ v1 (2026-03-29)
@@ -1,10397 +1,685 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
-[...125 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z2"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>Қазақстан Республикасының "Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>лiм туралы" және "Жоғары бiлiм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>туралы" Заңдарына сәйкес Қазақстан Республикасының Министрлер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>Кабинет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> қаулы етедi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     1. Қазақстан Республикасында ғылыми-педагогикалық және</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>ғылыми кадрларды даярлау туралы ереже бек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>тiлсiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     2. Қазақстан Республикасы Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>лiм министрлiгi мен Министрлер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>Кабинет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> жанындағы Жоғары аттестациялық комиссия 3 ай мерзiм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>шiнде аспирантура туралы, докторантура туралы, аспирантура</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">мен докторантурадан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> кандидаттық және докторлық дисертациялар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>дайындау туралы ережелерд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> әзiрлеп, бекiтсiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">          Премьер-министр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">                                    Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                    Министрлер Кабинет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>нiң</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">                                    1995 жылғы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>19</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> қаңтардағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">                                      N 65 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">                                           Бек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>тiлген</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">              Қазақстан Республикасында ғылыми-педагогикалық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>әне ғылыми кадрларды даярлау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">                                 ЕРЕЖЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">             I. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">       1. Осы ереже ведомстволық бағыныштылығына, меншiк түрiне қарамастан Қазақстан Республикасының жоғары оқу орындарында, ғылыми зерттеу мекемелерi мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">қа да ұйымдарында ғылыми-педагогикалық және ғылыми кадрларды даярлауды ұйымдастыру тәртiбiн айқындайды және қоғамның жоғары бiлiктi мамандарға әлеуметтiк-экономикалық сұранысын қанағаттандыруға бағытталған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      2. Қажеттi ғылыми-техникалық және қаржы-материалдық базасы бар Қазақстан Республикасының оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> және ғылыми мекемелерi жоғары бiлiктi ғылыми-педагогикалық және ғылыми кадрлар даярлай алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      3. Ғылыми-педагогикалық және ғылыми кадрлар даярлау саласында ұйымдастыру әдiстемелiк басшылықты Бiлiм министрлiгi, Министрлер Кабинетiнiң жанындағы Жоғары аттестациялық комиссиясы (Қазақстан Республикасының ЖАК-ы) Қазақстан Республикасының Ғылым жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>не жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">ңа технология министрлiгiмен және Қазақстан Республикасының Ұлттық ғылым академиясымен бiрлесiп, жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      4. Жоғары б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>лiктi ғылыми-педагогикалық және ғылыми кадрларды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>аттестациялау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>ға жетекшiлiк ету және ғылыми дәрежелер мен атақтарға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>үм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>ткерлерге қойылатын талаптардың бiрлiгiн қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>Қазақстан Республикасы Министрлер Кабинет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>нiң жанындағы Жоғары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>аттестациялық комиссияның құзыры болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     5. Жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>қу орнынан кейiнгi бiлiм беру сатысының мынадай</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t>түрлер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> белгiленедi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     - аспирантура;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     - докторантура;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>зденушiлiк;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     - ғылыми қызметкер лауазымына ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">     - диссертация жұмысын б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>тiру үшiн шығармашылық демалыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">             II. Ғылыми-педагогикалық және ғылыми кадрлар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">                 даярлау құрылымы мен ұйымдастыру тәрт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>бi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">       6. Жоғары оқу орындары, ғылыми-зерттеу мекемелерi мен оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">ғылым мекемелердiң басқа да үлгiлерiнiң жанындағы аспирантура республикада ғылыми-педагогикалық және ғылыми кадрларды жоспарлы даярлаудың негiзгi түрi болып табылады, ол өзiнiң алдында ғылыми-педагогикалық және ғылыми кадрлардың теориялық және арнайы дайындығын тереңдетудi мақсат етiп қояды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      Аспиранттарды даярлау ғылыми қызметкерлер мамандықтарының номенклатурасына сәйкес ғылым мен мамандық салалары бойынша жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      7. Докторантура республикадағы бiрыңғай үздiксiз бiлiм беру жүйесiнiң жоғары сатысы ретiнде беделдi жоғары ғылыми мектебi мен озық зерттеу базасы бар жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">қу орындары мен ғылыми мекемелердiң жанынан ұйымдастырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Докторантура</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">ға өндiрiстен қол үзiп оқуға өзi таңдап алған салада ғылыми жетiстiктерi бар, жоғары ғылыми деңгейде зерттеулер жүргiзуге және өндiрiстiк, шаруашылық, әлеуметтiк-мәдени маңызы бар ғылыми мәселелердi шешуге қабiлеттi ғылым кандидаттары қабылданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      8. Аспирантура мен докторантурадан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> кандидаттық және докторлық диссертациялар дайындау: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      кандидаттық емтихан тапсыру, кандидаттық диссертация дайындау үшiн жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">қу орындары мен ғылыми ұйымдарда бекiтiлуi қарастырылған iзденушiлiк; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      көкейкест</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> қолданбалы немесе теориялық мәселелер бойынша ғылыми зерттеу жұмысында маңызды нәтижелерi бар, диссертациялық жұмыс жоспарын жоғары оқу орындарының ғылыми кеңестерi мақұлдаған жоғары оқу орындарында жұмыс iстейтiн ғылым кандидаттарын ғылыми қызметкерлiкке ауыстыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      кандидаттық және докторлық диссертация дайындау үш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">н шығармашылық демалыс беру арқылы iске асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      9. Аспирантура мен докторантураны ашу мен жабуды, сондай-ақ олардың қызметiне бақылау жасауды бағынысына қарай тиiстi министрлiктердiң, ведомстволар мен ғылым академияларының Қазақстан Республикасының Бiлiм министрлiгiмен, Ғылым жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>не жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">ңа технологиялар министрлiгiмен және Қазақстан Республикасының ЖАК-пен келiсуi бойынша жоғары оқу орындары ғылыми-зерттеу мекемелерi мен ұйымдары жүргiзедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      10. Ғылым салалары мен мамандықтары бойынша докторантура мен аспирантураға қабылдаудың жылдық және перспективалық жоспарларының жобаларын докторантурасы, аспирантурасы бар жоғары оқу орындары, ғылыми-зерттеу институттары мен ұйымдар әзiрлеп, бағынысына қарай тиiстi министрлiктерi мен ведомстволары Қазақстан Республикасының Ғылым жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>не жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">ңа технология министрлiгiмен, ЖАК-пен келiсуi бойынша бекiтiп, сөйтiп Қазақстан Республикасының Экономика министрлiгiне ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+      <w:r>
+        <w:t xml:space="preserve">      11. Докторантура, аспирантура туралы, докторантура мен аспирантурадан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> кандидаттық және докторлық диссертация дайындау туралы ережелердi Қазақстан Республикасы Ғылым және </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>жаңа технология министрлiгiнiң, Ұлттық ғылым академиясының және ЖАК-тың келiсуi бойынша Бiлiм министрлiгi әзiрлеп, бекiтедi.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="008F0D3E">
-[...10154 lines deleted...]
-    <w:sectPr w:rsidR="008F0D3E">
+    </w:p>
+    <w:sectPr w:rsidR="00BE00C4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008F0D3E"/>
-    <w:rsid w:val="008F0D3E"/>
+    <w:rsidRoot w:val="00BE00C4"/>
+    <w:rsid w:val="00BE00C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -10535,188 +823,76 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...90 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -10837,216 +1013,104 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...90 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1937471852">
+    <w:div w:id="1641500474">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011861" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11294,51 +1358,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>17184</Characters>
+  <Pages>5</Pages>
+  <Words>829</Words>
+  <Characters>4727</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>143</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20158</CharactersWithSpaces>
+  <CharactersWithSpaces>5545</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>