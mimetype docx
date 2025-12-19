--- v0 (2025-12-13)
+++ v1 (2025-12-19)
@@ -1,1360 +1,1830 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D9028A" w:rsidRPr="008E0314" w:rsidRDefault="00D9028A" w:rsidP="00D9028A">
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="150"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>Рух</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>ани-адамгершілік және азаматтық-патриоттық тәрбиелеу контекстінде сыбайлас жемқорлыққа қарсы мәдениетті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мектеп ортасында қалыптастыру бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="006B5CFC" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Осы Бағдарлама сыбайлас жемқорлыққа қарсы мәдениет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тік орта контекстінде жастарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рухани-адамгершілік және азаматтық-патриоттық тәрбие беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Бағдарлама) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Тұжырымдамалық негіздерімен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындауда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие жұмысын ұйымдастыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ды қамтуда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелік іс-шаралар сыбайлас жемқорлыққа қарсы сипаттағы балаларға арналған білім бағдарламалары бойынша бастауыш, негі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>згі орта, жалпы орта білім беруді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC5409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC5409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірленді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="006B5CFC" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="003A7365" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="003A7365" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Тәрбие жұмысының мақсаттары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="003A7365" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Осы Бағдарламаның мақсаты мектепте жауапты, бастамашыл, әлеуметтік құзырлы азамат , патриотты қалыптастыру және дамыту үшін жағдай жасау болып табылады .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="007859DD" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="008E1D12" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Көрсетілген мақсатты іске асыру үшін мынадай міндеттер қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="008E1D12" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144E5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рухани-адамгершілік және азаматтық-патриоттық тәрбие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-шараларды іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="008E1D12" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) мемлекеттік билік институттарына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім алушылардың сенімін нығайту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="008E1D12" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) саяси-құқықтық білімді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="008E1D12" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) білім алушылардың адамгершілік-этикалық құндылық негіздерін сыбайлас жемқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орлыққа қарсы мінез-құлыққа қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E1D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="008E1D12" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0314">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008E0314">
+        <w:t>3) эстетическое воспитание направлено на развитие у школьников понимания красоты произведений искусства, литературы, содействующее воспитанию у школьников эстетического вкуса и доброжелательного и патриотического отношения к окружающей действительности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00867EEF" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00867EEF" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00867EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Кешенді іс-шараларды жүргізуде мынадай тәрбиелеу түрлері қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00867EEF" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00867EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) әр оқушының адамгершілік тәрбиесі моральдық-этиканы қалыптастыруға, сыбайлас жемқорлыққа нөлдік төзімділікті қалыптастыруға бағытталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00E731AC" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E731AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) әлеуметтік-құқықтық тәрбие азамат және мемлекет құқықтары мен міндеттері туралы біліміне сендіру ,құқықтық нормаларды сақтау қажеттілігі мәні арасындағы қарым- қатынасты түсіну , сыбайлас жемқорлықтың қоғамдық қауіпті екенінұғынуларына бағытталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00CD6BB5" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) эстетикалық тәрбиелеу оқушылардың  сұлулық өнер, әдебиет, эстетикалық талғамын және мейірімді және патриоттық қарым-қатынастарын қоршаған шындыққа дамытуға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00D61A48" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
-          <w:b/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E0314">
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61A48">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
-          <w:b/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E0314">
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Тәрбие жұмысын ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Тәрбие жұмысын ұйымдастыру оқу орындарында жалпы білім беретін оқу бағдарламалары бастауыш, негізгі орта және жалпы орта білім беру ұйымдары (бұдан әрі - жалпы білім беретін мектептер) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске асыруда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00191AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Тәрбие жұмысына басшылық жасау жалпы білім беретін мектептің басшылы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғы мен педагогикалық қызметкерлерге, сынып жетекшілеріне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00E26BFF" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E26BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Жалпы білім беретін мектептерде сыбайлас жемқорлыққа қарсы мәдениетті ортада құндылықтар жүйесін сақтау және нығайту, сыбайлас жемқорлыққа төзуге болмайтынды,оқушылардың заңдардың талаптарын сақтауға, білім және мәдени деңгейін арттыруға қатысты қалыптастыруға бағытталған іс-шаралар кешені жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="003B25E5" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B25E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304C78">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
-          <w:b/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00D9028A" w:rsidRPr="008E0314" w:rsidRDefault="00D9028A" w:rsidP="00D9028A">
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B25E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы орта білім беретін мектептерде "Адал Ұрпақ" ерікті мектеп клубтары тәрбие жұмысын ұйымдастыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B25E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="000F45B3" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F45B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Тәрбие жұмысының ұйымдастырушылық негізі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="000F45B3" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F45B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) жалпы орта білім беретін мектептің оқу жылына кешенді тәрбие жұмысының жоспары;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F45B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) Сынып жетекшісінің тәрбие жұмысының жоспарын жүзеге асыратын педагогикалық қызметкердің жоспары;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F45B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) " Адал Ұрпақ ерікті мектеп клубының "жұмыс жоспары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="009E07B8" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E07B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E07B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егізгі Бағдарламаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E07B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Модельдік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие жоспары"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E07B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E07B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп ортасында сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру көрсетілген (қоса беріліп отыр).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00217CD6" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00217CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Жоспарда тәрбие жұмысының негізгі бағыттары, сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыруда күнтізбелік іс-шаралар, өзара іс-қимыл қоғамдық ұйымдармен, уәкілетті органдармен сыбайлас жемқорлыққа қарсы және өзге де мемлекеттік органдармен жүргізу көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00623587" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00D267A5" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D267A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12. Тәрбие жұмысын жүргізуде азаматтар және қамқоршылық кеңестер, ата-аналар комитеті, қоғамдық бірлестіктер, уәкілетті органдар сыбайлас жемқорлыққа қарсы және өзге де мемлекеттік органдар қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00D772C4" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00BA1531" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
-[...1069 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. "Адал Ұрпақ"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рікті мектеп клубтары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="002652C2" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002652C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002652C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Адал Ұрпақ" ерікті мектеп клубтарының негізгі міндеттері сыбайлас жемқорлыққа қарсы мәдениетті ортада бастамаларды нығайту, сыбайлас жемқорлыққа қарсы көзқарасты,сыбайлас жемқорлыққа қарсы сипаттағы іс-шараларды ұйымдастыруды қалыптастыру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00D655BE" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D655BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14. "Адал Ұрпақ" ерікті мектеп клубтарының секциялары келесі сипатта: сыбайлас жемқорлыққа қарсы білімдер; ақпарат және шығармашылық жұмыстар; мәдени-бұқаралық іс-шаралар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00447370" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447370">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15. Сыбайлас жемқорлыққа қарсы секциялар: дәрістер, "дөңгелек үстелдер" және басқа да ағартушылық іс-шаралар .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00176CE8" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16. Сыбайлас жемқорлыққа  қарсы секция ақпарат және шығармашылық іс-шараларды ,байқаулар, үздік бейнероликтер, суреттер, шығармаларды ұйымдастыруға қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3E48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Секция бойынша мәдени-бұқаралық, акцияларды, флэш-мобтарды, диалог алаңдары, кездесулер, қоғамдық, ардагерлер ұйымдарының, мемлекеттік органдар мен ұйымдар және басқа да әлеуметтік-маңызды іс-шараларға қатысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRPr="00EE3E48" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD1466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...122 lines deleted...]
-    <w:sectPr w:rsidR="006568A0" w:rsidSect="006568A0">
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C6400E" w:rsidRDefault="00C6400E" w:rsidP="00C6400E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006568A0" w:rsidRPr="00C6400E" w:rsidRDefault="006568A0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006568A0" w:rsidRPr="00C6400E" w:rsidSect="006568A0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Open Sans">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="87"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D9028A"/>
+    <w:rsidRoot w:val="00C6400E"/>
     <w:rsid w:val="006568A0"/>
-    <w:rsid w:val="00D9028A"/>
+    <w:rsid w:val="00C6400E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1378,52 +1848,53 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
@@ -1497,79 +1968,117 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D9028A"/>
+    <w:rsid w:val="00C6400E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00C6400E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="00C6400E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C6400E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1830,50 +2339,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>748</Words>
-  <Characters>4268</Characters>
+  <Words>721</Words>
+  <Characters>4115</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5006</CharactersWithSpaces>
+  <CharactersWithSpaces>4827</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Камаржанова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>