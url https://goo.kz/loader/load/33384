--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,4024 +1,3533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                               </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">                                                                                                                               Утверждаю: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">                                                                                                                       Директор СОШ №26</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                             ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve">                                                                                                                       </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00DA6DF4">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Л.А. Щербакова</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
-[...57 lines deleted...]
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>План работы социального педагога СОШ № 26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00D34554" w:rsidP="00546261">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="006416A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00546261">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="006416A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>201</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="006416A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> оқу жылына арналған № 26 ЖОМ </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
-[...26 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мақсат:</w:t>
+        </w:rPr>
+        <w:t>Цель:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="840" w:hanging="840"/>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">          1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">          1. Оқумен, тәрбиемен байланысты проблемалар бойынша отбасыға, балаға әлеуметтік-педагогикалық көмекті және қолдауды қамтамасыз ету, баланың дамуына кері әсер ететін себептерді жою.</w:t>
+        </w:rPr>
+        <w:t>.Обеспечение социально-педагогической помощи и поддержки семье, ребенку в проблемах,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="840" w:hanging="840"/>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">             связанных с учебой, воспитанием, устранение причин, негативно влияющих на развитие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> балаларға көмектесуді ұйымдастыру.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">             ребенка.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">         2. Организация содействия детям группы социального риска в выборе такого оптимального</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">              варианта обучения и проведения досуга, при котором будут практически исключены</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">              какие-либо правонарушения со стороны учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRPr="004F5BA3" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRPr="004F5BA3" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F5BA3">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           1.  Выявление интересов и потребностей учащихся, трудностей и проблем,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              отклонение в поведении и развитии, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адаптированности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к социальной    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  Своевременное оказание социальной, педагогической помощи и                             </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F5BA3">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Оқушылардың қызығушылықтарын және қажеттіліктерін, қиындықтарын және проблемаларын, мінез-құлығында және дамуда ауытқуды, әлеуметтік ортаға бейімделуді анықтау. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              поддержки нуждающимся в них учащимся.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">2. Әлеуметтік, педагогикалық көмекті және қолдауды қажет ететін оқушыларға уақытылы көмек көрсету. </w:t>
+        <w:t xml:space="preserve">              3.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Посредничество между личностью учащегося и учреждением, семьей,                                                             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F5BA3">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                                                     </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              средой, специалистами различных служб и ведомств.                                                                                                                                                                      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="860"/>
           <w:tab w:val="left" w:pos="1160"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F5BA3">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>4.</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Әлеуметтік ынтаны дамытуға,  әлеуметтік бағдарламалар және жобаларды іске асыруға бағытталған іс-шаралар ұйымдастыру. </w:t>
+        <w:t xml:space="preserve">4. Организация мероприятий, направленных на развитие социальной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="1200" w:hanging="1200"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">            5. Сабақтан тыс уақытта оқушының дарыны, ой және дене қабілеттерінің дамуына жағдайлар  жасау.</w:t>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инициативы, реализацию социальных программ и проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="1200" w:hanging="1200"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">жайлылық және қауіпсіздік жағдайын жасауға көмектесу. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">            5. Создание условий для развития талантов, умственных и физических</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="1200" w:hanging="1200"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F5BA3">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  Құқықтық жалпыоқыту, салауатты өмір салтын ұйымдастыру  арқалы оқушылар арасында әлеуметтік, делинквентті, аддитивті  мінез-құлықтың алдын алу.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               способностей учащихся во внеурочное время.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
-        <w:ind w:left="1200" w:hanging="1200"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">            8. Оқушыларға көмек көрсету үшін мұғалімдердің, ата-аналардың (оларды ауыстырып жүрген тұлғалар), түрлі қызметтер және органдар мамандарының  әрекеттестігін үйлестіру. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">            6. Содействие созданию обстановки психологического комфорта и </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               безопасности личности в школе, семье, окружающей социальной</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               среде.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            7. Профилактика социального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>делинквентного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, аддитивного поведения</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               среди учащихся посредством правового всеобуча, организации здорового</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               образа жизни.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            8. Координация взаимодействия учителей, родителей (лиц их заменяющих),</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                специалистов различных служб и органов для оказания помощи </w:t>
+      </w:r>
     </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                учащимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10428" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2267"/>
         <w:gridCol w:w="498"/>
-        <w:gridCol w:w="5386"/>
-        <w:gridCol w:w="2277"/>
+        <w:gridCol w:w="5385"/>
+        <w:gridCol w:w="2278"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001924AA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Жұмыс бағыты </w:t>
+              <w:t>Направление работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001924AA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001924AA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Іс-әрекеттің мазмұны </w:t>
-[...14 lines deleted...]
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+              <w:t>Содержание деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001924AA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Орындау мерзімі </w:t>
+              <w:t>Срок выполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">1. </w:t>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>1. Организационно-методическая работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Подготовка документации, регламентирующей деятельность социального педагога в образовательном учреждении по направлениям.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>сентябрь, в течение года.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Организация взаимодействия с внешкольными учреждениями ( микрорайона, города ), оказывающими помощь школе, сотрудничающие со школой (ГДК, Управление соцзащиты, ОДН ГОВД, КЗ</w:t>
             </w:r>
             <w:r w:rsidRPr="001924AA">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ұйымдастыру-шылық-әдістемелік жұмыс </w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Н)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>сентябрь, в течение года.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...49 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Изучение социальной карты микрорайона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...44 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Изучение и анализ социальной ситуации в школе (сбор банка данных на  неблагополучные семьи, на малообеспеченные семьи,, на уч-ся, состоящих на учете в ОДН, ВШУ, у  нарколога, посещение их на дому с целью изучения ситуации в семье).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>октябрь, в течение года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...41 lines deleted...]
-              <w:t xml:space="preserve">Қыркүйек </w:t>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Организация семинаров для учителей и классных руководителей по проблемам работы с детьми группы риска:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">      а) «Нормативно-правовая база  и защита прав несовершеннолетних» 5-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">       б) « Особенности работы с детьми группы риска» 1-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">       в) «Организация социально-педагогической работы с проблемными семьями (неблагополучными, малообеспеченными, опекунскими, многодетными)» 1-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>по плану работы школы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...46 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">Участие в педагогических и методических советах, совещаниях, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>педконсилиумах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, круглых столах, конференциях, семинарах и т. д. согласно общешкольного плана работы школы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>по плану работы школы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...156 lines deleted...]
-              <w:t xml:space="preserve">Қыркүйек </w:t>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Участие в заседаниях «Совета профилактики», «Опекунского совета», «Комиссии по всеобучу».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>по графику, в течение года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
+        <w:trPr>
+          <w:trHeight w:val="1587"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...47 lines deleted...]
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">Участие в организации и проведении тематических месячников по: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">        а) правовому </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>всеобучу ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">        б) профилактике СПИДа и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>наркомании ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">        в) здоровому образу жизни                                                                         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>август-сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve"> декабрь-май   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>октябрь-апрель</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...49 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Контроль за организацией индивидуального шефства учителей, закрепленных за детьми группы повышенного риска.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="006416A9" w:rsidTr="00D64D2E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E"/>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...116 lines deleted...]
-              <w:t>Қазан-Сәуір</w:t>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Индивидуальное консультирование учителей и классных руководителей по проблемам работы с детьми группы риска.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>среда с 15.00 до 17.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
-[...162 lines deleted...]
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001924AA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">2. </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Оқушылармен жұмыс </w:t>
+              <w:t>2. Работа с учащимися</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...36 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Выявление учащихся группы риска по социальным и психологическим показателям (диагностика социально-психологического благополучия ученика).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Заполнение анкет классными руководителями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>сентябрь, в течение года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...136 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Индивидуальная и групповая диагностическая работа с детьми группы риска:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">         а) диагностика интересов, склонностей,                                                                                                          </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>наклонностей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">         б) диагностика характерных поведенческих</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">              особенностей учащихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">         в) диагностика интеллектуальных умений и </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">             навыков;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">         г) диагностика уровня тревожности уч-ся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">         д) диагностика информированности о  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">             наркомании, алкоголизме, ВИЧ/ СПИД, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">             ответственности за правонарушения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">         е)  диагностика социальных условий жизни </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">               уч-ся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">         ж) диагностика </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>профессиональных  и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">              познавательных интересов уч-ся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">                                                                                                 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">постоянно, в течение года (с привлечением </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>психолога школы)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...36 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Составление социально-психолого-педагогических характеристик на уч-ся группы риска.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>ноябрь, в течение года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Жүйелі түрде </w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Организация работы по привлечению уч-ся группы риска к занятиям в кружках, секциях, клубах (школьных и внешкольных), в соответствии с выявленными интересами и склонностями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>систематически</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...78 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Индивидуальная работа с уч-ся по запросам педагогов с целью:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">          а) выявление причин возникновения </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">              проблем в обучении и развитии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">          б) выработки путей коррекционной работы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">               с уч-ся.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>постоянно по графику.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Үнемі </w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Психолого-педагогическое наблюдение всех уч-ся, состоящих на учете в ОДН ГОВД, и ВШУ. Проведение для них бесед, встреч, консультаций.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...36 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Организация в школе «Телефона доверия», «Почты доверия» с целью выявления социально-психологических проблем уч-ся, родителей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>в  течение года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...36 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Проведение классных часов, групповых консультаций по запросам классных руководителей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>по запросам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...49 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Организация в школе «Дня инспектора ОДН», «Дня прокурора» в форме консультационного пункта.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>по графику 1 раз в месяц.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:t>Жүйелі түрде</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Привлечение уч-ся к проведению социально-педагогических акций (сбор «Банка вещей», акция «Милосердие», благотворительные концерты, ярмарки).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>систематически</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">Посещение семей уч-ся, состоящих на учете в ОДН, ВШУ, в вечернее время с целью контроля.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>еженедельно по графику.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="006416A9" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...95 lines deleted...]
-              <w:t xml:space="preserve">сағат 15.00-ден 17.00-ге дейін </w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Индивидуальное консультирование уч-ся по вопросам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">            а) оказания конкретной помощи при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">                решении социальных, психологических</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">                проблем;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">            б) помощи в разрешении конфликтов: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">                ученик-учитель, ученик-родитель,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">                ученик-ученик.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>понедельник, четверг с 15.00 до 17.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001924AA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">3. </w:t>
-[...6 lines deleted...]
-              <w:t>Оқушылардың отбасыларымен жұмыс</w:t>
+              <w:t>3. Работа с семьями учащихся.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve">Қажеттілік бойынша. </w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Обследование социальных условий жизни проблемных семей (неблагополучных, малообеспеченных, деструктивных).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t xml:space="preserve">сентябрь, январь. по необходимости. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...42 lines deleted...]
-              <w:t>Қажеттілік бойынша.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Анализ проведенного обследования семей и разработка мер помощи, воздействия при выявленных проблемах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>октябрь, февраль. по необходимости.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Выступление на родительских собраниях по запросам классных руководителей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>по запросам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...36 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Консультативная работа с родителями детей группы риска.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>постоянно, по графику.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...36 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Оказание материальной, педагогической, посреднической помощи при решении острых семейных проблем уч-ся.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>постоянно,  по графику.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...41 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Подготовка необходимой документации на родителей при передаче дел во внешкольные учреждения и организации (ОДН, КЗПН, органы опеки и попечительства, прокуратура, суд).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>по мере необходимости, в течение года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t xml:space="preserve">бейсенбі сағат 15.00-ден 17.00-ге дейін </w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Индивидуальное консультирование родителей уч-ся по проблемам обучения и воспитания, социальной защиты и прав уч-ся, родителей (лиц их заменяющих).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>понедельник, среда, четверг с 15.00 до 17.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001924AA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">4. </w:t>
-[...15 lines deleted...]
-            </w:pPr>
+              <w:t>4. Отчетность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:t>Жүйелі түрде</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Ведение социально-педагогического мониторинга.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>систематически</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Үнемі </w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Ведение текущей документации по планированию и учету социально-педагогической работы в учреждении образования.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidTr="00D64D2E">
+      <w:tr w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidTr="00D34554">
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRPr="001924AA" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRPr="001924AA" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="00D64D2E">
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5386" w:type="dxa"/>
-[...36 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="5385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>Отчет о проделанной работе за год.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00BC278D">
+            <w:r>
+              <w:t>до 25 мая.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0">
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRPr="00BC7A87" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC7A87">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Социальный педагог школы:                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стремцова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7A87">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRDefault="00546261" w:rsidP="00546261"/>
+    <w:p w:rsidR="00546261" w:rsidRPr="003B6B86" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546261" w:rsidRPr="003B6B86" w:rsidRDefault="00546261" w:rsidP="00546261">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Н.А.Стремцова</w:t>
-[...15 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002238E0" w:rsidRDefault="002238E0" w:rsidP="002238E0"/>
-[...25 lines deleted...]
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w:rsidR="00DC0987" w:rsidRDefault="00DA6DF4"/>
+    <w:sectPr w:rsidR="00DC0987" w:rsidSect="00886606">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002238E0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00561623"/>
+    <w:rsidRoot w:val="00546261"/>
+    <w:rsid w:val="000C7B71"/>
+    <w:rsid w:val="002F2170"/>
+    <w:rsid w:val="00546261"/>
+    <w:rsid w:val="006416A9"/>
+    <w:rsid w:val="00D34554"/>
+    <w:rsid w:val="00DA6DF4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3528AFE1"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{3085ED4E-C2B4-4F84-8074-C77B17C087F4}"/>
+  <w14:docId w14:val="069337F9"/>
+  <w15:docId w15:val="{E54403EA-9165-4873-A00F-934BE460B218}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4133,51 +3642,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4354,51 +3863,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002238E0"/>
+    <w:rsid w:val="00546261"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -4417,324 +3926,344 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1288</Words>
-  <Characters>7342</Characters>
+  <Words>1361</Words>
+  <Characters>7759</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8613</CharactersWithSpaces>
+  <CharactersWithSpaces>9102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>