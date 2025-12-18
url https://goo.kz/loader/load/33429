--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -1,7805 +1,2211 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AE68C9" w:rsidRPr="002F5D71" w:rsidRDefault="002F5D71" w:rsidP="002F5D71">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="0003514E" w:rsidP="00C37657">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4996" w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ТЕМ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4996" w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЭССЕ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПО РУССКОМУ </w:t>
+      </w:r>
+      <w:r w:rsidR="00320456">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЯЗЫКУ И ЛИТЕРАТУРЕ </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4996" w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ДЛЯ  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ИТОГОВОЙ АТТЕСТАЦИИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00320456">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ВЫПУСКНИКОВ ШКОЛ</w:t>
+      </w:r>
+      <w:r w:rsidR="002547E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017 ГОДА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85865" w:rsidRPr="006538B9" w:rsidRDefault="00B85865" w:rsidP="00B85865">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Если душа родилась крылатой…» (по лирике М.Цветаевой)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00391786">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Что мне нравится в творчестве Владимира Маяковского?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D2554A" w:rsidRPr="006538B9" w:rsidRDefault="00D2554A" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Мы все глядим в Наполеоны…» (по роману Ф. Достоевского «Преступление и наказание»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00947DFC" w:rsidRPr="006538B9" w:rsidRDefault="00D2554A" w:rsidP="00947DFC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Что такое патриотизм? (по роману  Л. Толстого «Война и мир»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D2554A" w:rsidRPr="006538B9" w:rsidRDefault="00D2554A" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Мой друг, Отчизне посвятим души прекрасные порывы!» (А. С. Пушкин «К Чаадаеву»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85865" w:rsidRPr="006538B9" w:rsidRDefault="00B85865" w:rsidP="00B85865">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«В жизни всегда есть место подвигу»? (М. Горький) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D2554A" w:rsidRPr="006538B9" w:rsidRDefault="00D2554A" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Любовь «бескорыстная, самоотверженная, не ждущая награды» (по рассказу И.А. Куприна «Гранатовый браслет»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85865" w:rsidRPr="006538B9" w:rsidRDefault="00B85865" w:rsidP="00B85865">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какие произведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.Ю.Лермонтова Вы бы посоветовали прочитать другу?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85865" w:rsidRPr="006538B9" w:rsidRDefault="00A402EC" w:rsidP="00B85865">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Нет уз</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85865" w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> святее товарищества» (Н.В.Гоголь)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85865" w:rsidRPr="006538B9" w:rsidRDefault="00320398" w:rsidP="00B85865">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2017 ЖЫЛҒЫ МЕКТЕП БІТІРУШІЛЕРІН ҚОРЫТЫНДЫ АТТЕСТАТТАУ ҮШІН ҚАЗАҚ ТІЛІ ЖӘНЕ ӘДЕБИЕТ БОЙЫНША ЭССЕ ТАҚЫРЫПТАРЫ</w:t>
-[...7442 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оё восприятие лирики С.Есенина </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трагичен или смешон «маленький человек» в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>произведениях А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.П.Чехова?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Кого из литературных героев я узнаю в своих современниках?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Душа обязана трудиться и день и ночь, и день и ночь» (Н.Заболоцкий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00320398" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Моё понимание поэзии «чистого искусства» в лирике А.Фета и Ф.Тютчева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чем причина гениальности романа М. Булгакова «Мастер и Маргарита»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Человек – это звучит гордо!» (по пьесе М.Горького «На дне»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Современен ли образ «Прекрасной Дамы» А.Блока?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00320398" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Моё восприятие образа Татьяны Лариной (по роману «Евгений Онегин» А.С. Пушкина)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Влияние поэзии на нравственное воспитание человека</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Женский идеал в русской литературе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B12022" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Правда в смирении или бунте? (по произведениям Ф.М.Достоевского)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Душа, испорченная светом (по роману М.Ю. Лермонтова «Герой нашего времени»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="006538B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Любовь – «романтизм, чепуха, гниль, художество»? (по роману «Отцы и дети» И.С.Тургенева)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чём своеобразие гражданской лирики Н.А.Некрасова?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00B12022" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мой любимый поэт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Одиночество Чацкого – это явление современное?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Почему М.Ю. Лермонтов называет свою любовь к родине «странной»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Плоды «злонравия» в комедии Д.И. Фонвизина и в наши дни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Досадно мне, коль слово «честь» забыто…» (В. Высоцкий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чём проблема  «лишнего» человека? (по произведению М.Ю. Лермонтова «Герой нашего времени»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Согласны ли Вы с утверждением А.Н. Толстого: «Хорошая книга – точно беседа с умным человеком»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Природа – мастерская или «храм»? (по роману «Отцы и дети» И. С.Тургенева)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Кого из героев А. С. Пушкина вы хотели бы видеть среди друзей?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00B85865">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Береги честь смолоду» (по  повести А.С. Пушкина «Капитанская дочка»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чём своеобразие темы любви в лирике М. Ю. Лермонтова?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00D254F8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Нужна ли человеку правда? (по пьесе М. Горького «На дне»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Классика устарела?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="001F7EA8" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Огромное счастье</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4996" w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>любить и быть любимым</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чём суть поэзии? (по творчеству Б.Пастернака)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Литература выпрямляет душу?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чем трагедия Евгения Онегина?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F232EB" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«И дым Отечества нам сладок и приятен» (по комедии А. Грибоедова «Горе от ума»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В каждой строке доброта (по произведениям В. Распутина)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Живые» и «мертвые» души (по произведению Н. Гоголя «Мёртвые души»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Пою моё Отечество, республику мою!»  (В. Маяковский)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C970E3" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Сын за отца не отвечает» (А.Твардовский «По праву памяти»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C970E3" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Гений и злодейство – две вещи несовместны</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56A8B" w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>» (А.С. Пушкин «Моцарт и Сальери»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177A9E" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Спор поколений в литературе и жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00177A9E" w:rsidP="00177A9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Какой предстаёт природа в лирике  С. Есенина?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2130" w:rsidRPr="006538B9" w:rsidRDefault="007C2130" w:rsidP="007C2130">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Любить – значит жертвовать собой (по произведениям А.Куприна, И.Бунина)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Проблема поиска жизненного пути в ли</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тературе и в жизни </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00C970E3" w:rsidP="00391786">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Человек эпохи Независимости</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00391786">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Казахстан на пути в мировое сообщество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00391786">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Любовь к Родине начинается с семьи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2130" w:rsidRPr="006538B9" w:rsidRDefault="007C2130" w:rsidP="00C970E3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Что следует ожидать Казахстану от ЭКСПО-2017?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00391786">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Активная жизненная позиция – старт в успех</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00391786">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Человек, которым я восхищаюсь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391786" w:rsidRPr="006538B9" w:rsidRDefault="00391786" w:rsidP="00391786">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мое образование – мой капитал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>За жизнь необходимо бороться!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="007C2130">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Что такое истинная любовь?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2130" w:rsidRPr="006538B9" w:rsidRDefault="007C2130" w:rsidP="007C2130">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Будущее Казахстана – моё будущее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Как сохранить национальную культуру?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031616A" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="0031616A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чём сила материнской любви?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031616A" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="0031616A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Профессия моей мечты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Детское и взрослое мировоззрение: общее и различное</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031616A" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="0031616A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мои размышления на пороге взрослой жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чем задача искусства: успокаивать человека или тревожить его?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Может ли победа стать поражением?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Почему труд необходим для каждого человека?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В век космических  скоростей люди перестали удивляться…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Человек в вихре исторических событий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2130" w:rsidRPr="006538B9" w:rsidRDefault="007C2130" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Влияют ли богатство и бедность на нравственность?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Есть ли равенство в дружбе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Память сильнее времени</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Говорю о войне, хоть и знаю о ней понаслышке…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Незабываемые страницы моей любимой книги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Хорошо или плохо быть эгоистом?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Моя семья – моя опора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Роскошь разъедает душу человека?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00C37657">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Как красота природы может повлиять на человека?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Нужно ли разрушать, чтобы строить новое?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мой современник… Каков он?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Быть на Земле Человеком</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Вечный спор добра и зла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Деньги – это главное в жизни человека?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Если бы я был учителем…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Чтобы дойти до цели  надо, прежде всего,  идти</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Легко ли быть молодым?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Победа за тем, в ком живет согласие?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Случай, который изменил мою жизнь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В чём заключаются ценности жизни?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Дорога к счастью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002568C6" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Кино в моей жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Что разрушает дружбу?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Книги уходят в прошлое?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Природа просит защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Будущее за профессионалами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мир скучен для скучных людей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4996" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00D2554A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006538B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Может ли телевидение заменить книгу?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006538B9" w:rsidRPr="006538B9" w:rsidRDefault="008C4996" w:rsidP="00A77908">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4096"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77908">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Мой жизненный принцип</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77908" w:rsidRPr="00A77908">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...102 lines deleted...]
-    <w:sectPr w:rsidR="003B0FCB" w:rsidRPr="00EF6CB4" w:rsidSect="003E089B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006538B9" w:rsidRPr="006538B9" w:rsidSect="00A77908">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="0"/>
+      <w:pgMar w:top="568" w:right="850" w:bottom="709" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...12 lines deleted...]
-    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="13491090"/>
+    <w:nsid w:val="10DA22A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="15B8B8D8"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="28C09250"/>
+    <w:lvl w:ilvl="0" w:tplc="122EC7D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+        <w:ind w:left="704" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+        <w:ind w:left="2084" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+        <w:ind w:left="2804" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+        <w:ind w:left="4244" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+        <w:ind w:left="4964" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2558582B"/>
+    <w:nsid w:val="1E4E3AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="675E17B6"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="DF08D178"/>
+    <w:lvl w:ilvl="0" w:tplc="40A8D6CC">
+      <w:start w:val="53"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7831,174 +2237,64 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="32B2123F"/>
+    <w:nsid w:val="3ED945F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B18A9FD0"/>
-[...113 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="6688DE4C"/>
+    <w:lvl w:ilvl="0" w:tplc="122EC7D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="704" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8029,523 +2325,304 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="50F3365C"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="68DA3D74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="11683D64"/>
-    <w:lvl w:ilvl="0" w:tplc="825C897E">
+    <w:tmpl w:val="7A08F808"/>
+    <w:lvl w:ilvl="0" w:tplc="122EC7D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1070" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="704" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4244" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...175 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
-[...37 lines deleted...]
-  <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="003A2FDF"/>
-[...52 lines deleted...]
-    <w:rsid w:val="00FF48E5"/>
+    <w:rsidRoot w:val="008C4996"/>
+    <w:rsid w:val="0003514E"/>
+    <w:rsid w:val="000561A8"/>
+    <w:rsid w:val="00177A9E"/>
+    <w:rsid w:val="001F7EA8"/>
+    <w:rsid w:val="002547E1"/>
+    <w:rsid w:val="002568C6"/>
+    <w:rsid w:val="00311B64"/>
+    <w:rsid w:val="0031616A"/>
+    <w:rsid w:val="00320398"/>
+    <w:rsid w:val="00320456"/>
+    <w:rsid w:val="003832E9"/>
+    <w:rsid w:val="00391786"/>
+    <w:rsid w:val="003F19C0"/>
+    <w:rsid w:val="00645B0C"/>
+    <w:rsid w:val="00647750"/>
+    <w:rsid w:val="006538B9"/>
+    <w:rsid w:val="006B30B3"/>
+    <w:rsid w:val="006D5994"/>
+    <w:rsid w:val="00717CF4"/>
+    <w:rsid w:val="007C2130"/>
+    <w:rsid w:val="008B5255"/>
+    <w:rsid w:val="008C4996"/>
+    <w:rsid w:val="00947DFC"/>
+    <w:rsid w:val="009C4404"/>
+    <w:rsid w:val="00A402EC"/>
+    <w:rsid w:val="00A77908"/>
+    <w:rsid w:val="00A8054F"/>
+    <w:rsid w:val="00A81DA6"/>
+    <w:rsid w:val="00A942C5"/>
+    <w:rsid w:val="00A97606"/>
+    <w:rsid w:val="00B12022"/>
+    <w:rsid w:val="00B165C9"/>
+    <w:rsid w:val="00B85865"/>
+    <w:rsid w:val="00C37657"/>
+    <w:rsid w:val="00C970E3"/>
+    <w:rsid w:val="00D254F8"/>
+    <w:rsid w:val="00D2554A"/>
+    <w:rsid w:val="00D270A2"/>
+    <w:rsid w:val="00D52C05"/>
+    <w:rsid w:val="00D56A8B"/>
+    <w:rsid w:val="00D85112"/>
+    <w:rsid w:val="00DA37AC"/>
+    <w:rsid w:val="00E355EA"/>
+    <w:rsid w:val="00F232EB"/>
+    <w:rsid w:val="00FB6EF6"/>
+    <w:rsid w:val="00FF466A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -8593,310 +2670,162 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00352C06"/>
-[...19 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="008C4996"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...25 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00352C06"/>
+    <w:rsid w:val="008C4996"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...99 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -8944,338 +2873,149 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00352C06"/>
-[...19 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="008C4996"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...25 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00352C06"/>
+    <w:rsid w:val="008C4996"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...99 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -9310,230 +3050,234 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1815</Words>
-  <Characters>10346</Characters>
+  <Words>715</Words>
+  <Characters>4082</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12137</CharactersWithSpaces>
+  <CharactersWithSpaces>4788</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Алёна Сапронова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>