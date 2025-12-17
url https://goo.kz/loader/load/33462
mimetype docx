--- v0 (2025-12-17)
+++ v1 (2025-12-17)
@@ -1,11929 +1,12682 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001E5DCA" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
-[...2 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="709"/>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білім және ғылым Министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2017 жылғы «14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ақпандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">66 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4963"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Арнайы бөбекжай қызметінің үлгілік қағидалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...18 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...18 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы Арнайы бөбекжай қызметінің үлгілік қағидалары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі - Қағидалар) арнайы бөбекжай қызметінің тәртібін айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...18 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Осы Қағидаларда мынадай түсініктер қолданылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="000C3BC2" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арнайы бөбекжайлар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бір жастан үш жасқа дейінгі ерекше білім беруге қажеттілігі бар балаларды тәрбиелеу, оқыту, дамыту, қарау, күту мен сауықтыруды қа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мтамасыз ететін білім беру ұйымдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="000C3BC2" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардағы амблиопия – көру өткірлігінің функционалдық (қайтымды) төмендеуі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="000C3BC2" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...20 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардағы қылилық – бірлескен фиксация нүктесінен бір көзінің көру сызығының ауытқуы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="004A44C3" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардағы психикалық даму тежелісі – церебральді-органикалық, конституционалдық, соматогенді және психогенді пайда болуының танымдық және Эмоциялық-ерік аясының қалыптасу тежелісі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="004A44C3" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балалардағы Тірек-қозғалыс аппаратында бұзылысы – туа біткен және кейіннен пайда болған Тірек-қозғалыс аппаратында әртүрлі патологиясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="004A44C3" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...20 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">естімейтін балалар – өз бетінше сөйлеу тілін меңгеру және оны қабылдау мүмкін болмағандағы есту қабілетінен тұрақты айрылған балалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00341BD0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="001E5DCA" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>зағип-саңырау – көру және есту қабілеттерінің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00277D47" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кохлеарлы имплант – айқын немесе күрделі дәрежелі нейросенсорлық (сенсоневральді) саңыраулығы бар балалардың жоғалған есту қабілетінің орнын толтыруға мүмкіндік беретін протез;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="009D2D55" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>көрмейтін балалар – көру түйсігі толығымен жоқ, жарықты сезінуі немесе (түзетумен жақсы көретін көзінде 0,04-ке дейін) қалдық көруі бар балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00341BD0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нашар еститін балалар –өз бетінше сөздік қоры жиналған және сөйлеу тілін қабылдауымүмкін болғандағы есту қабілеті тұрақты төмендеген балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00341BD0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нашар көретін балалар – түзетумен жақсы көретін көзінде 0,05-тен 0,4-ке дейінгі көру өткірлігімен. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00341BD0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="1132"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнайы бөбекжай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көру қабілетінде бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) есту қабілетінде бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) психикалық дамуы тежелген балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00341BD0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) осы тармақтың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1), 2), 3), 4) тармақшаларында көрсетілген балалар санатын біріктіру кезінде құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Балаларды арнайы бөбекжайларға қабылдау, жолдау мен ауыстыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00006F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2002 жылғы 11 шілдедегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заңына (бұдан әрі - Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес психологиялық-медициналық-педагогикалық консультацияның (бұдан әрі - ПМПК) қорытындысы негізінде жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Мектепке дейінгі тәрбие мен оқыту ұйымдарында арнайы бөбекжайлар болмаған жағдайда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы Қағидалардың 3-тармағының, 1), 2), 3), 4) тармақшаларында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген балалар үшін арнайы топтар құрылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Арнайы бөбекжайдағы оқу сабақтарының кестесін «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F27E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тиісті үлгідегі білім беру ұйымдары қызметінің үлгілік қағидаларын, оның ішінде балаларға арналған қосымша білім беру бағдарламаларын іске асыратын білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F27E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2013 жылғы 17 мамырдағы № 499 қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес арнайы бөбекжай әкімшілігі әзірлейді және бекітеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Қажет болған жағдайда арнайы бөбекжайдың педагогтары ата-аналар (заңды өкілдер) үшін түзету сабақтарын ұйымдастыру мәселелері бойынша кеңес беру өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Балалардың арнайы бөбекжайға жеке кесте бойынша баруы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дәрігерлік-консультациялық комиссияның қызметі туралы ережені бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы 5 мамырдағы № 321 бұйрығына(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 11310 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болып тіркелген) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес тұрғылықты жері бойынша дәрігерлік-консультативтік комиссияның қорытындысымен жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Баланы арнайы бөбекжайларға жолдау мен ауыстыру ПМПК-ның қорытындысы негізінде және ата-аналарының (заңды өкілдерінің) келісімімен, Заңға сәйкес анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="002B0601" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Ерекше білім беруге қажеттілігі бар балаларды тәрбиелеу мен оқыту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0601">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2012 жылғы 23 тамыздағы № 1080 Қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0601">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандарты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на, «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866CBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу жоспарларын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866CBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 жылғы 20 желтоқсандағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 557 б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866CBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен бекітілген (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 8275болып тіркелген) үлгілік оқу жоспарларына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2-тарау. Арнайы бөбекжай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметінің тәртібі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1 – параграф. Көру қабілетінде бұзылыстары бар балаларға арналған арнайы бөбекжайлар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Көру қабілеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыстары бар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балаларға арналған арнайы бөбекжайға төмендегідей балалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) көрмейтіндер (мүмдем көрмейтін; түзетумен жақсы көретін көзінде 0,04-ке дейінгі қалдық көруімен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) нашар көретіндер (түзетумен жақсы көретін көзінде 0,05-тен 0,4-ке дейінгі көру өткірлігімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) плеоптикалық емге мұқтаж оптикалық түзету жағд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>айына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғы жақсы көретін көзінде көру өткірлігі 0,7-ге дейінгі амблиопиясымен (дисбинокулярлық, рефракциялық, обскурациялық); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) ортопто-плеопто-хирургиялық-ортоптикалық немесе тек ортоптикалық ем талап етілетін қылилықпен қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көру қабілетінде бұзылыстары бар балалар контингенті болған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жағдайда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрмейтін және нашар көретін балаларды, амблиопиясы мен қылилығы бар балаларды бірге тәрбиелеу мен оқыту (бір ұйымда, топта)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>12. Көру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабілетінде бұзылыстары бар балаларға арналған арнайы бөбекжайда топтардың толықтырылуы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру объектілеріне қойылатын санитар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иялық-эпидемиологиялық талаптар»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санитариялық қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 29 желтоқсандағы № 179 бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>на (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 10275болып тіркелген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>төмендегідей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) көрмейтіндер 8 баладан артық емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) нашар көретіндер – 12 баладан артық емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>амблиопиясымен, қылилығымен - 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баладан артық емес толықтыруды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбие мен оқыту ұйымдарындағы көру қабілетінде бұзылыстары бар балала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рға арналған топтар осы тармақтың бірінші бөлімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген толымдылықпен жас ерекшелігін және көру қабілеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстарын ескере отырып, жинақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зерде бұзылыстары бар, қимыл-қозғалыс аппаратында бұзылыстары бар немесе есту қабілетінде бұзылыстары бар көрмейтін және нашар көретін балалар күрделі құрылымдық ақауы бар балалар топтарына жолданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу-тәрбие процесі ақау құрылымын, дәрежесін және көру қабілеті бұзылысының сипатын ескере отырып, тифлотехникалық құралдар мен арнайы жабдықтарды қолдану арқылы жүзеге асырылады. Көрмейтін балаларға арналған құрал сипап сезу және көру-сипап сезу қабылдауын қолдануға негізделеді. Түзету жұмысында көру қабілетінде бұзылыстары бар балалар үшін оқу және басқа да ақпараттардың қолжетімділігі шеңберін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">кеңейтуге мүмкіндік беретін ерекше дидактикалық материалдар мен арнайы көрнекі құралдар қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Көру қабілетінде бұзылыстары бар балалардың даму ақауларын түзетуді дефектолог (тифлопедагог) көріп қабылдауын (көрмейтін балалармен – түйсіну және ұсақ моторикасын дамыту бойынша), әлеуметтік-тұрмыстық және кеңістіктік бағдарлауды дамыту бойынша шағын топтық және жеке арнайы түзету оқу қызметі нысанында іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Зерде бұзылыстары, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе есту қабілетінде бұзылыстары бар көрмейтін және нашар көретін балаларға түзету көмегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 499 қаулыға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жеке түзету-дамыту бағдарламасы бойынша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="005F5902" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көру қабілетінде бұзылыстары бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларға арналған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арнайы бөбекжай және көру қабілетінде бұзылыстары бар балаларға арналған арнайы бөбекжай топтары құрылған мектепке дейінгі тәрбие мен оқыту ұйымдарында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдары қызметкерлерінің үлгі штаттарын және педагог қызметкерлер мен оларға теңестірілген адамдар лауазымдарының тізбесін бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тінің 2008 жылғы 30 қаңтардағы №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 77 Қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дефектолог (тифлопедагог) лауазымы төме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ндегідей есеппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) көрмейтін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаларға арналған 1 топ үшін 1 штаттық бірлік; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) нашар көретін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаларға арналған 1 топ үшін 1 штаттық бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) амблиопиясы мен қылилығы бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларға арналған 1 топ үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1 штаттық бірлік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қарастырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Көру қабілетінде бұзылыстары бар балаларға а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рнал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнайы бөбекжайда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емдік-қалпына келтіру жұмысын офтальмолог-дәрігер және ортоптист-медбике жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Көру қабілетінде бұзылыстары бар балаларға а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рнал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнайы бөбекжайда е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мдік-қалпына келтіру жұмысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>н жүзеге асыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін офтальмолог кабинеті емдік аппаратурамен және инструменттермен жабдықталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2 – параграф. Есту қабілетінде бұзылыстары бар балаларға арналған арнайы бөбекжайлар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Есту қабілетінде бұзылыстары бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларға арналған арнайы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бөбекжайға төмендегідей: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) қатты дауыс әсер етпейтін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) қатты дауыс әсер ететін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) құлақ қалқаны алдында сөйлеу тілі дауысының қаттылығы әсер ететін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) сөйлеу тілі аумағында есту қабілетінен 90 децибелден аса орташа айырылған құлақ қалқаны жанында жоғары дауыс қаттылығымен дыбысталған кейбір сөйлеу тілі дыбыстарын (а, о, у, р) ажырататын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5) сөйлеу тілі аумағындағы (жиілігі 500-ден 4000 Герцке дейін) 40-тан 80 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге дейін және одан жоғарыны құрайтын есту қабілетінен орташа мөлшерде айырылған естімейтін, нашар еститін және кейіннен естімей қалған балалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6) кохлеарлы импланты бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) сөйлеу тілі аумағында есту қабілетінен 40-тан 80 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге дейін орташа айрылған, сөйлеу тілін (құлақ қалқанынан 3 метрге дейінгі қашықтықтағы қалыпты сөйлеу тілі қаттылығының сөздерін, фразаларын) ажырататын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) сөйлеу тілі аумағында есту қабілетінен 80-нен 90 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ге дейін айырылған (диагностикалық (сынама) оқыту рұқсат етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9) есту (аудиториялық) нейропатиясымен жә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не есту қабілетінен 40-тан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>80децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге дейін айырылған кезде сөйлеу тілін қабылдау бұзылыстары бар балалар қабылданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Есту қабілетінде бұзылыстары бар балаларға арналған арнайы бөбекжайға диагностикалық (сынама) түзете-дамыта тәрбиелеу мен оқытуға төмендегідей: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="001E5DCA" w:rsidRPr="00BC387E" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сөйлеу тілі аумағында есту қабілетінен 80-нен 90 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге дейін айрылған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">есту қабілетінен 40-тан 80 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ге дейін жеңіл дәрежеде айрылған кезде сөйлеу тілі бұзылыстарымен азап шегетін (сен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сорлық компонентпен сенсоневрал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ы саңыраулық)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балалар қабылданады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Есту қабілетінде бұзылыстары бар бала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ларға арналған арнайы бөбекжайда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>топтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Санитариялық қағидаларға сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) естімейтіндер - 8 баладан артық емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) нашар еститін және кей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іннен естімей қалған – 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баладан артық емес толықтыруды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Арнайы бөбекжайлардағы есту қабілетінде бұзылыстары бар балаларға арналған топтар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>осы тармақтың бірінші бөлімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген толымдылықпен жас ерекшелігін және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сөйлеу тілінің даму деңгейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ескере отырып, жинақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>20. Оқу-тәрбие процесі № 499 Қаулыға сәйкес баланы психологиялық-медициналық-педагогикалық және клиникалық зерделеу деректерімен шартталған сараланған және жеке тәсіл қағидалары негізінде жүзеге асырылады. Балалардың сөйлеу тілінің, зейінінің, жұмысқа қабілеттілігінің, олардың даму динамикасының ерекшеліктерін зерделеу оқушының даму перспективасын анықтау мен түзету жұмысының тәсілдерін таңдау үшін жүргізіледі. Төртінші дәрежелі саңыраулығы бар балалардың ерекшеліктері есту қабілетінен айырылу дәрежесіне байланысты ескеріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">төменгі жиіліктерге есту сезімталдығы сақталған кезде жоғарғы жиіліктерге есту қабілетінен айырылуы; 250 Герц жиілікке есту қабілетінің төмендеуі 35 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ден аспайды; 1000 Герцтен жоғары барлық жиілікте сөйлеу диапазонында есту қабілетінің 20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге дейін одан әрі төмендеуі және есту қабілетінен кемінде 80 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибелге айырылуы кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) төменгі жиіліктерге есту қабілетінің айтарлықтай төмендеуі кезінде жоғарғы жиіліктерге есту қабілетінен айырылуы; 250 Герцке дейінгі жиілікте есту қабілетінің төмендеуі 45-55 децибелді; жоғарғы жиіліктер аумағында есту қабілетінің төменде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уі 80-нен аса децибелді құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) 65-тен 85 децибелге дейінгі барлық жиіліктерде есту қабілетінен біркелкі айырылуы; сөйлеу тілі бөлек былдыр сөздермен ұсынылған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) 90 децибелден жоғары кенеттен біркелкі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(есту қабілетінің төмендеуі) есту қабілетінен айырылуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, аталған топтың балаларында сөйлеу тілі жоқ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>21. Арнайы бөбекжайларда есту қабілетінде бұзылыстары бар балалардың даму ақауларын түзетуді естіп қабылдауын дамыту бойынша топтық, шағын топтық және жеке түзету оқу қызметі нысанында дефектолог (сурдопедагог) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Зерде, тірек-қозғалыс аппаратында немесе көру қабілетінде бұзылыстары бар естімейтін және нашар еститін балаларға №499 Қаулыға сәйкес жеке түзете-дамыту бағдарламасы негізінде түзете-дамыту көмегі көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3 – параграф. Тірек-қозғалыс аппаратында бұзылыстары бар балаларға арналған арнайы бөбекжайлар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>23. Тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар балаларға арналған арнайы бөбекжайға төмендегідей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) жеке күтімді талап етпейтін өз бетінше қозғалатын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) арнайы қозғалу және (немесе) техникалық компенсаторлық (көмекші) құралдармен қозғалатын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) арнайы бөбекжайғ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а физикалық қолжетімділік үшін олардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>арна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йы жағдайлармен қамтамасыз етілуі кезінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өз бетінше қозғалмайтын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) тірек-қозғалыс аппараты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстарына ұшыраған кохлеарлы импланты бар балалар қабылданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар балаларға арналған арнайы бөбекжайда </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Санитариялық қағидаларға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 баладан аспайтын топтардың толықтырылуын құрайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5. Арнайы бөбекжайларда тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар балалардың оқыту процесіне психологиялық-педагогикалық ықпалды қамтамасыз ету үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Санитариялық қағидаларға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арнайы емдік дене шынықтыру (бұдан әрі – ЕДШ) кабинеттері жабдықталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕДШ сабақтары үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) жеке күтімді талап етпейтін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өз бетінше қозғалатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) қозғалыс белсенділі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>гінің орташа айқын шектелуі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) айқын қозғалыс бұзылыстары бар (ата-аналар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мен (заңды өкілдер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен) бірге шұғылданады)балаларды топтарға бөледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4 – параграф. Психикалық дамуы тежелген балаларға арналған арнайы бөбекжайлар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Психикалық дамуы тежелген балаларға арналған арнайы бөбекжай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) психикалық және сөйлеу тілі даму тежелісі бар балалар;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) кохлеарлы импланты бар балалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) эмоциялық-ерік аясының бұзылыстары психикалық даму тежелісімен үйлесетін аутистикалық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спектрлық бұзылыстары бар балалар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Психикалық дамуы тежелген балаларға арналған арнайы бөбекжайда </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Санитариялық қағидаларға сәйкес 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баладан артық емес толықтырылуды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00015A96" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Арнайы бөбекжайлардағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психикалық дамуы тежелген балаларға арналған топтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы тармақтың бірінші бөлімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген толымдылықпен жас ерекшелігін және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>даму деңгейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ескере отырып, жинақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Балалардың психикалық даму бұзылыстарын түзетуді топтық, шағын топтық және жеке түзету оқу қызметі нысанында дефектолог (олигофренопедагог, мұғалім-логопед), психолог жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 – параграф. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Осы Қағидалардың 3-тармағының 1), 2), 3), 4) тармақшаларында көрсетілген балалар санатын біріктіретін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнайы бөбекжайлар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Осы Қағидалардың 3-тармағының 1), 2), 3), 4) тармақшаларында көрсетілген балалар санатын біріктіретін, оның ішінде күрделі (есту мен көру қабілетінің бұзылыстары, зерде бұзылыстары және саңыраулық, саңыраулық және баланың церебралды салдығы үйлесетін) бұзылыстары бар балаларға арналған арнайы бөбекжа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йлар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы Қағидалардың 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1), 2), 3), 4) тармақшаларында көрсетілген балалар санатынан қалыптастырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Осы Қағидалардың 3-тармағының 1), 2), 3), 4) тармақшаларында көрсетілген балалар санатын біріктіретін арнайы бөбекжай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>топтар бұзылыс түрлері бойынша топтардың толымдылығына сәйкес, ал күрделі бұзылыстары бар, оның ішінде зағип-саңыраубалалар үшін Санитариялық қағидаларға сәйкес 6 баладан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> артық емес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>толықтыруды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B36346" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B36346" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым Министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B36346" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2017 жылғы «14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">66 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B36346" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B56BE1" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B56BE1" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B56BE1" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнайы балабақшалар қызметінің үлгілік қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B56BE1" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B56BE1" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="008D1174" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56BE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B56BE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="009C2858" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="003909DC" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003909DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы Арнайы балабақшалар қызметінің үлгілік қағидалары (бұдан әрі - Қағидалар) арнайы балабақшалар қызметінің тәртібін айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-[...70 lines deleted...]
-    <w:p w:rsidR="001E5DCA" w:rsidRPr="00053E66" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Қағидаларда мынадай түсініктер қолданылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003909DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="000F6D77" w:rsidRDefault="00163E72" w:rsidP="00163E72">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...3825 lines deleted...]
-      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...61 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F6D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арнайы балабақшалар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– екі жастан мектеп жасына жеткенге дейін ерекше білім беруге қажеттілігі бар балаларды тәрбиелеу, оқыту, дамыту, қарау, күту мен сауықтыруды қа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мтамасыз ететін білім беру ұйымдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...112 lines deleted...]
-    <w:p w:rsidR="001E5DCA" w:rsidRPr="00053E66" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардағы амблиопия –функционалды (қайтарылатын) көру өткірлігінің төмендеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...556 lines deleted...]
-      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардағы қылилық –фиксацияның бірлескен нүктесінен бір көздің көру сызығының ауытқуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерде бұзылыстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – мидың органикалық зақымдануынан (тумысынан немесе жүре пайда болған) болған танымды қызметінің тұрақты бұзылуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалардың психикалық дамуының тежелуі – тегі церебралды-органикалық, конституционалды, соматогенді и психогенді танымды және эмоциялық-ерік аясы қалыптасудың тежелуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың сөй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">леу қабілетінің ауыр тежелуі - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алалиямен, афазиямен, дизартриямен, ринолалиямен, тұтығумен шартталған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-2 деңгейдегі сөйлеу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабілетінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы дамымауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тірек-қозғалыс аппаратында                                         бұзылыстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әртүрлі тумысынан және жүре пайда болған патологиясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="006323E1" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардың эмоционалды-ерік аясының және мінез-құлығының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұзылыстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - басқа адаммен өзара іс-әрекетін, ойының, сезімдерінің, мінез-құлық әсерлерін есепке алуды талап ететін мінез-құлықтың жоғарғы әлеуметтендірілген нысандары дамуының бұзылу немесе тежелуі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естімейтін балалар – сөйлеу қабілетін және оны қабылдау өз бетімен игеру мүмкінсіз кезіндегі есту қабілетін тұрақты жоғалтқан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейіннен естімей қалған балалар – есту қабілеті бұзылған кезде сөйлеу қабілеті қалыптасқан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00C7336A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7336A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кохлеарлы имплант – нейросенсорлы (сенсоневралды) саңыраулықтың айқын немесе ауыр деңгейі бар балалардың жоғалтқан естуін орнын толтыруға мүмкіндік беретін протез;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">көрмейтін балалар – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыққасезімі бар немесе қалдық көру қабілеті бар (жақсы көретін көзінде 0,04-ке дейінгі қалдық көруімен),  көру сезімдері жоқ балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нашар еститін балалар – өз бетімен сөз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дік қорын көбейту және сөйлеуді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау мүмкін кездегі есту қабілетінің тұрақты төмендеуі бар балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00FB4AEA" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нашар көретін балалар –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006323E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түзетуменжақсы көретін көзінің 0,05-тен 0,4-ке дейінгі көру өткірлігімен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00C7336A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7336A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ринолалия – сөйлеу тілі аппараты құрылысының кемістіктерімен және әрекет етуімен шартталған артикуляция мен дауыс жасаудың бүзылыстары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00C7336A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7336A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ринофония — мұрын-жұтқыншақ, тілшік және таңдай кемістіктері немесе бұзылыстары салдарынан дауыс-тыныс алу ағымының дұрыс емес бағыты туы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ндайтын дауыстың мұрындық реңкі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...32 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнайы балабақшалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көру қабілетінде бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) есту қабілетінде бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) сөйлеу тілінде бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) зерде бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) психикалық дамуы тежелген балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) эмоциялық-ерік аясында және мінез-құлқында бұзылыстары бар балалар үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) осы тармақтың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1), 2), 3), 4), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5), 6), 7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тармақшаларында көрсетілген балалар санатын біріктіру кезінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00313A9A" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Арнайы балабақшаларға балаларды қабылдау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00006F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының 2002 жылғы 11 шілдедегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заңына (бұдан әрі - Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес психологиялық-медициналық-педагогикалық консультацияның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(бұдан әрі - ПМПК) қорытындысы негізінде жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...43 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мектепке дейінгі тәрбие мен оқыту ұйымдарында арнайы балабақшалар болмаған кезде осы Қағидалардың 3-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F790A">
-[...25 lines deleted...]
-    <w:p w:rsidR="001E5DCA" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1), 2), 3), 4),5), 6), 7) тармақшаларында көрсетілген балалар санатынбіріктіретін арнайы топтар құрылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Арнайы балабақшадағы оқу сабақтарының кестесін «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F27E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тиісті үлгідегі білім беру ұйымдары қызметінің үлгілік қағидаларын, оның ішінде балаларға арналған қосымша білім беру бағдарламаларын іске асыратын білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F27E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2013 жылғы 17 мамырдағы № 499 қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес арнайы бөбекжай әкімшілігі әзірлейді және бекітеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Қажет болған жағдайда арнайы балабақшалардың педагогтары ата-аналар (заңды өкілдер) үшін түзету сабақтарын ұйымдастыру мәселелері бойынша кеңес беру өткізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Балалардың арнайы балабақшаға жеке кесте бойынша баруы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дәрігерлік-консультациялық комиссияның қызметі туралы ережені бекіту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы 5 мамырдағы № 321 бұйрығына(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 11310 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болып тіркелген) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес тұрғылықты жері бойынша дәрігерлік-консультативтік комиссияның қорытындысымен жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Баланы арнайы балабақшаларға жолдау мен ауыстыру ПМПК-ның қорытындысы негізінде және ата-аналарының (заңды өкілдерінің) келісімімен, Заңға сәйкес анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="002B0601" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Ерекше білім беруге қажеттілігі бар балаларды тәрбиелеу мен оқыту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0601">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2012 жылғы 23 тамыздағы № 1080 Қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0601">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандарты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на, «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866CBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу жоспарларын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866CBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 жылғы 20 желтоқсандағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 557 б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866CBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен бекітілген (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 8275болып тіркелген) үлгілік оқу жоспарларына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...27 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...239 lines deleted...]
-          <w:tab w:val="left" w:pos="993"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...159 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2-тарау. Арнайы б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алабақшалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметінің тәртібі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="001E5DCA" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...28 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1 – параграф. Көру қабілетінде бұзылыстары бар балаларға арналған арнайы балабақшалар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00A659B4" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көру қабілеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нде бұзылыстары бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаларға арналған арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балабақшаларға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төмендегідей балалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрмейтіндер және нашар көретіндер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="002E4D64" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түзетумен жақсы көретін көзінде 0,04-ке дейінгі қалдық көруімен; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00F96941" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) көру қабілеті төмендеуінің күшеюін сипаттайтын асқынған көру жүйкесінің атрофиясы мен басқа да аурулары кезінде түзетуге болатын жақсы көретін көзінде 0,05 – 0,08 көру өткірлігімен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түзетумен жақсы көретін көзінде 0,05-тен 0,4-ке дейінгі көру өткірлігімен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0080572E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) плеоптикалық емге мұқтаж оптикалық түзету жағд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>айына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0080572E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғы жақсы көретін көзінде көру өткірлігі 0,7-ге дейінгі амблиопиясымен (дисбинокулярлық, рефракциялық, обскурациялық); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="0080572E" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) ортопто-плеопто-хирургиялық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0080572E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ортоптикалық немесе тек ортоптикалық ем талап етілетін қылилықпен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылданады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0080572E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00B03621" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көру қабілетінде бұзылыстары бар балаларға арналған арнайы балабақшада жасына (үш жасқа дейін және одан жоғары) байланысты топтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру объектілеріне қойылатын санитар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иялық-эпидемиологиялық талаптар»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санитариялық қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Республикасы Ұлттық экономика министрінің 2014 жылғы 29 желтоқсандағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00070F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 179 бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>на (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092337E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 10275болып тіркелген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(бұдан әрі – Санитариялық қағидалар) сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>төмендегідей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE5475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрмейтіндер - 8 баладан артық емес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE5475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) нашар көретін – 12 баладан артық емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE5475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) амблиопи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ясымен жәнеқылилығымен - 10баладан артық емес толықтыруды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE5475">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Арнайы балабақшалардағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көру қабілетінде бұзылыстары бар балала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рға арналған топтар осы тармақтың бірінші бөлімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген толымдылықпен жас ерекшелігін және көру қабілеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстарын ескере отырып, жинақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зерде бұзылыстары (жеңіл ақыл-ой кемістігі) бар, қимыл-қозғалыс аппаратында бұзылыстары бар немесе есту қабілетінде бұзылыстары бар көрмейтін және нашар көретін балалар күрделі құрылымдық ақауы бар балалар топтарына жолданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу-тәрбие процесі ақау құрылымын, дәрежесін және көру қабілеті бұзылысының сипатын ескере отырып, тифлотехникалық құралдар мен арнайы жабдықтарды қолдану арқылы жүзеге асырылады. Көрмейтін балаларға арналған құрал сипап сезу және көру-сипап сезу қабылдауын қолдануға негізделеді. Түзету жұмысында көру қабілетінде бұзылыстары бар балалар үшін оқу және басқа да ақпараттардың қолжетімділігі шеңберін кеңейтуге мүмкіндік беретін ерекше дидактикалық материалдар мен арнайы көрнекі құралдар қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Көру қабілетінде бұзылыстары бар балалардың даму ақауларын түзетуді дефектолог (тифлопедагог) көріп қабылдауын (көрмейтін балалармен – түйсіну және ұсақ моторикасын дамыту бойынша), әлеуметтік-тұрмыстық және кеңістіктік бағдарлауды дамыту бойынша шағын топтық және жеке түзету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақтары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысанында іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Зерде бұзылыстары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жеңіл және орташа ақыл-ой кемістігі) бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе есту қабілетінде бұзылыстары бар көрмейтін және нашар көретін балаларға түзету көмегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 499 қаулыға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жеке түзету-дамыту бағдарламасы бойынша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="005F5902" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көру қабілетінде бұзылыстары бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларға арналған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балабақшаларда «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдары қызметкерлерінің үлгі штаттарын және педагог қызметкерлер мен оларға теңестірілген адамдар лауазымдарының тізбесін бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тінің 2008 жылғы 30 қаңтардағы №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 77 Қаулысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дефектолог (тифлопедагог) лауазымы төме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ндегідей есеппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) көрмейтін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаларға арналған 1 топ үшін 1 штаттық бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) нашар көретін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаларға арналған 1 топ үшін 1 штаттық бірлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) амблиопиясы мен қылилығы бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларға арналған 1 топ үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1 штаттық бірлік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қарастырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Көру қабілетінде бұзылыстары бар балаларға а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рнал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнайы балабақшада </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емдік-қалпына келтіру жұмысын офтальмолог-дәрігер және ортоптист-медбике жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Көру қабілетінде бұзылыстары бар балаларға а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рнал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнайы балабақшада е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мдік-қалпына келтіру жұмысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>н жүзеге асыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін офтальмолог кабинеті емдік аппаратурамен және инструменттермен жабдықталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...72 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2 – параграф. Есту қабілетінде бұзылыстары бар балаларға арналған арнайы балабақшалар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Есту қабілетінде бұзылыстары бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларға арналған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алабақшалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға төмендегідей: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) қатты дауыс әсер етпейтін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) қатты дауыс әсер ететін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) құлақ қалқаны алдында сөйлеу тілі дауысының қаттылығы әсер ететін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) сөйлеу тілі аумағында есту қабілетінен 90 децибелден аса орташа айырылған құлақ қалқаны жанында жоғары дауыс қаттылығымен дыбысталған кейбір сөйлеу тілі дыбыстарын (а, о, у, р) ажырататын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сөйлеу тілі аумағындағы (жиілігі 500-ден 4000 Герцке дейін) 40-тан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">80 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге дейін және одан жоғарыны құрайтын есту қабілетінен орташа мөлшерде айырылған естімейтін, нашар еститін және кейіннен естімей қалған балалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">төменгі қабылдау деңгейі мен белсенді сөйлеу тілінің дамуына ие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B21F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кохлеарлыимпланты бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) алғашқы зерде сақталуы кезінде есту қабілетінің бұзылыстарына ие аутистикалық спектрлық бұзылыстары бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі жаста есту қабілетінен айырылған, бірақ елеулі бұзылыстармен сөйлеу тілі сақталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) сөйлеу тілі аумағында есту қабілетінен 40-тан 80 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ге дейін орташа айрылған, сөйлеу тілін (құлақ қалқанынан 3 метрге дейінгі қашықтықтағы қалыпты сөйлеу тілі қаттылығының сөздерін, фразаларын) ажырататын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сөйлеу тілінің жеткіліксіздігінің әртүрлі дәрежесінде есту қабілетінің жеткіліксіздігі салдарынан азап шегетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) сөйлеу тілі аумағында есту қабілетінен 80-нен 90 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ге дейін айырылған (диагностикалық (сынама) оқыту рұқсат етіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D7653B">
-[...1573 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) есту (аудиториялық) нейропатиясымен жә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>не есту қабілетінен 40-тан 80децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге дейін айырылған кезде сөйлеу тілін қабылдау бұзылыстары бар балалар қабылданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D7653B">
-[...2534 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Есту қабілетінде бұзылыстары бар балаларға арналған арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балабақша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға диагностикалық (сынама) түзете-дамыта оқытуға төмендегідей: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00CE3736" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
-[...29 lines deleted...]
-      <w:pPr>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE3736">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сөйлеу тілі аумағында есту қабілетінен 80-нен 90 децибелге дейін айрылған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00CE3736" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE3736">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>есту қабілетінен 40-тан 80 децибелге дейін жеңіл дәрежеде айрылған кезде сөйлеу тілі бұзылыстарымен азап шегетін (сенсорлық компонентпен сенсоневралды саңыраулық) балалар қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Есту қабілетінде бұзылыстары бар бала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ларға арналған арнайы балабақшада </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>топтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Санитариялық қағидаларға сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) естімейтіндер - 8 баладан артық емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) нашар еститін және кей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іннен естімей қалған – 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баладан артық емес толықтыруды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...43 lines deleted...]
-          <w:tab w:val="left" w:pos="993"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Арнайы балабақшалардағы есту қабілетінде бұзылыстары бар балаларға арналған топтар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>осы тармақтың бірінші бөлімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген толымдылықпен жас ерекшелігін және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сөйлеу тілінің даму деңгейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ескере отырып, жинақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Оқу-тәрбие процесі № 499 Қаулыға сәйкес баланы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>психологиялық-медициналық-педагогикалық және клиникалық зерделеу деректерімен шартталған сараланған және жеке тәсіл қағидалары негізінде жүзеге асырылады. Балалардың сөйлеу тілінің, зейінінің, жұмысқа қабілеттілігінің, олардың даму динамикасының ерекшеліктерін зерделеу оқушының даму перспективасын анықтау мен түзету жұмысының тәсілдерін таңдау үшін жүргізіледі. Төртінші дәрежелі саңыраулығы бар балалардың ерекшеліктері есту қабілетінен айырылу дәрежесіне байланысты ескеріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">төменгі жиіліктерге есту сезімталдығы сақталған кезде жоғарғы жиіліктерге есту қабілетінен айырылуы; 250 Герц жиілікке есту қабілетінің төмендеуі 35 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ден аспайды; 1000 Герцтен жоғары барлық жиілікте сөйлеу диапазонында есту қабілетінің 20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге дейін одан әрі төмендеуі және есту қабілетінен кемінде 80 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>децибелге айырылуы кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) төменгі жиіліктерге есту қабілетінің айтарлықтай төмендеуі кезінде жоғарғы жиіліктерге есту қабілетінен айырылуы; 250 Герцке дейінгі жиілікте есту қабілетінің төмендеуі 45-55 децибелді; жоғарғы жиіліктер аумағында есту қабілетінің төменде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уі 80-нен аса децибелді құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) 65-тен 85 децибелге дейінгі барлық жиіліктерде есту қабілетінен біркелкі айырылуы; сөйлеу тілі бөлек былдыр сөздермен ұсынылған; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) 90 децибелден жоғары кенеттен біркелкі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(есту қабілетінің төмендеуі) есту қабілетінен айырылуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, аталған топтың балаларында сөйлеу тілі жоқ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнайы балабақшаларда мектепалды даярлықтан өтпеген есту қабілетінде бұзылыстары бар алты жастағы балалар есту қабілетінде бұзылыстары бар балаларға арналған арнайы мектептердің, арнайы мектеп-интернаттардың, «балабақша-мектеп-интернат», «мектеп-интернат-колледж» арнайы кешендерінің мектепалды даярлық сыныптарына қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>22. Арнайы балабақшаларда есту қабілетінде бұзылыстары бар балалардың даму ақауларын түзетуді естіп қабылдауын дамыту бойынша топтық, шағын топтық және жеке түзету сабақтары нысанында дефектолог (сурдопедагог) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Зерде бұзылыстары (жеңіл және орташа ақыл-ой кемістігі) бар, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">тірек-қозғалыс аппаратында немесе көру қабілетінде бұзылыстары бар естімейтін, нашар еститін және кейіннен естімей қалған балаларға №499 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Қаулыға сәйкес жеке түзете-дамыту бағдарламасы негізінде түзете-дамыту көмегі көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...32 lines deleted...]
-    <w:p w:rsidR="001E5DCA" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...56 lines deleted...]
-    <w:p w:rsidR="001E5DCA" w:rsidRDefault="001E5DCA" w:rsidP="001E5DCA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...183 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="709" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3 – параграф. Сөйлеу тілінде күрделі бұзылыстары бар балаларға арналған арнайы балабақшалар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00634A09" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сөйлеу тілінде күрделі бұзылыстары бар балаларға арналған арнайы балабақшаларға екі жастан мектеп жасына жеткенге дейінгі балалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) сөйлеу тілінің дамуы тежелген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) алалиямен, афазиямен, дизартриямен, ринолалиямен, тұтықпамен 1-2 дәрежедегі саңыраулық бұзылыстарымен шартталған 1-3 деңгейдегі сөйлеу тілінің жалпы дамымаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кохлеарлы импланты бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) алғашқы зерде сақталуы кезінде сөйлеу тілінің күрделі бұзылыстарына ие аутистикалық спектрлық бұзылыстары бар балалар қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25. Сөйлеу тілінің күрделі бұзылыстары бар балаларға арналған арнайы балабақшада Санитариялық қағидаларға сәйкес топтар 12 баладан артық емес толықтыруды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26. Фонетикалық және фонетикалық-фонематикалық сөйлеу тілінің жеткіліксіздігімен бес жастан жеті жасқа дейінгі балалар үшін мектепке дейінгі тәрбие мен оқыту ұйымдарында арнайы топтар ашылады немесе логопедиялық пункте, психологиялық-педагогикалық түзету кабинетінде, оңалту орталығында түзету көмегі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. Балалардың сөйлеу тілінің даму бұзылыстарын түзетуді мұғалім-логопед топтық, шағын топтық және жеке түзету сабақтары нысанында жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4 – параграф. Тірек-қозғалыс аппаратында бұзылыстары бар балаларға арналған арнайы балабақшалар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>28. Тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар балаларға арналған арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балабақша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ға төмендегідей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) жеке күтімді талап етпейтін өз бетінше қозғалатын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) арнайы қозғалу және (немесе) техникалық компенсаторлық (көмекші) құралдармен қозғалатын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнайы балабақшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F205AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физикалық қолжетімділік үшін оларды арнайы жағдайлармен қамтамасыз ету: пандустардың, кең есіктердің, мүгедек арбасы көтергішінің, баспалдақ жанындағы көтергіштің, автоматты түрде ашылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есіктердің болуы кезінде өз бетінше қозғалмайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) тірек-қозғалыс аппараты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстарына ұшыраған кохлеарлы импланты бар балалар қабылданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар балаларға арналған арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балабақша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Санитариялық қағидаларға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 баладан аспайтын топтардың толықтырылуын құрайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеңіл және (немесе) орташа ақыл-ой кемістігімен қатар жүретін тірек-қозғалыс аппаратында бұзылыстары бар балаларға №499 Қаулыға сәйкес жеке түзете-дамыту бағдарламасы негізінде түзете-дамыту көмегі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>31. Арнайы балабақшаларда тірек-қозғалыс аппаратында бұзылыстары бар балалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту процесіне психологиялық-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>медициналық-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогикалық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сүйемелдеуді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз ету үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Санитариялық қағидаларға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арнайы емдік дене шынықтыру (бұдан әрі – ЕДШ) кабинеттері жабдықталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕДШ сабақтары үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тірек-қозғалыс аппаратында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзылыстары бар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) жеке күтімді талап етпейтін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өз бетінше қозғалатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) қозғалыс белсенділі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>гінің орташа айқын шектелуі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) айқын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ауыр) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қозғалыс бұзылыстары бар (ата-аналар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мен (заңды өкілдер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен) бірге шұғылданады)балаларды топтарға бөледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5 – параграф. Зерде бұзылыстары бар балаларға арналған арнайы балабақшалар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1E8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Зерде бұзылыстары бар балаларға арналған арнайы балабақшаларға әртүрлі генездегі ақыл-ой кемістігі және зияткерлік жеткіліксіздігі бар балалар, сондай-ақ зияткерлік жеткіліксіздігімен қатар жүретін аутистикалық спектрлық бұзылыстары бар балалар қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>33. Зерде бұзылыстары бар балаларға арналған арнайы балабақшаларда Санитариялық қағидаларға сәйкес топтар төмендегідей баларлар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) ақыл-ой кемістігімен – 12 баладан артық емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) терең ақыл-ой кемістігімен – 10 баладан артық емес толықтыруды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>34. Арнайы балабақшалардағы балалардың зияткерлік бұзылыстарының ауырлығы мен сипатына байланысты психикалық дамуы тежелген, жеңіл және орташа ақыл-ой кемістігі бар балалар үшін арнайы топтар құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35. Зерде бұзылыстары бар балаларға түзете-дамыту көмегі №499 Қаулыға сәйкес жеке түзете-дамыту бағдарламасы негізінде көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орташа ақыл-ой кемістігі бар балаларды оқыту баланың жетістіктерін талдай отырып, 1-жартыжылдық мерзіміне құрылған жеке бағдарламаларға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="001E1E8F" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>36. Ақыл-ой кемістігі бар балалардың даму бұзылыстарын түзетуді топтық, шағын топтық және жеке түзету сабақтары нысанында олигофренопедагог, мұғалім-логопед жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6 – параграф. Психикалық дамуы тежелген балаларға арналған арнайы балабақшалар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Психикалық дамуы тежелген балаларға арналған арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балабақшалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) психикалық және сөйлеу тілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму тежелісі бар балалар;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) кохлеарлы импланты бар балалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) эмоциялық-ерік аясының бұзылыстары психикалық даму тежелісімен үйлесетін аутистикалық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спектрлық бұзылыстары бар балалар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>38</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Психикалық дамуы тежелген балаларға арналған арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балабақша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Санитариялық қағидаларға сәйкес топтар 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баладан артық емес толықтырылуды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="00015A96" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Арнайы балабақшалардағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психикалық дамуы тежелген балаларға арналған топтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы тармақтың бірінші бөлімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген толымдылықпен жас ерекшелігін және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>даму деңгейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ескере отырып, жинақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Балалардың психикалық даму бұзылыстарын түзетуді топтық, шағын топтық және жеке түзету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сабақтары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысанында дефектолог (олигофренопедагог, мұғалім-логопед), психолог жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 – параграф. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023434F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Эмоциялық-ерік аясында және мінез-құлқында бұзылыстары бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балаларға арналған арнайы балабақшалар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B90A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Эмоциялық-ерік аясында және мінез-құлқында бұзылыстары бар балаларға арналған арнайы балабақшаларға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) эмоциялық-ерік аясында бұзылыстары бар балалар, оның ішінде аутистикалық спектрлық бұзылыстары бар балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) кохлеарлы импланты бар балалар қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>41. Эмоциялық-ерік аясында бұзылыстары бар балаларға арналған арнайы балабақшада топтар Санитариялық қағидаларға сәйкес 10 баладан артық емес толықтыруды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Түзету жұмысының мазмұны кешенді </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>психологиялық-медициналық-педагогикалық сипатқа ие. Балаларды                 түзете-дамыта тәрбиелеу мен оқытуды психолог, дефектолог, мұғалім-логопед жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 – параграф. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы Қағидалардың 3-тармағының 1), 2), 3), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D48C5">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4), 5), 6), 7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тармақшаларында көрсетілген балалар санатын біріктіретін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...310 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнайы балабақшалар қызметінің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRPr="007112B0" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Осы Қағидалардың 3-тармағының 1), 2), 3), 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D48C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5), 6), 7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тармақшаларында көрсетілген балалар санатын біріктіретін, оның ішінде күрделі (есту мен көру қабілетінің бұзылыстары, зерде бұзылыстары және саңыраулық, саңыраулық және баланың церебралды салдығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, көру қабілетінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және баланың церебралды салдығы үйлесетін) бұзылыстары бар балаларға арналған арнайы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балабақшалар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>осы Қағидалардың 3-тармағының 1), 2), 3), 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D48C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5), 6), 7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тармақшаларында көрсетілген балалар санатынан қалыптастырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Осы Қағидалардың 3-тармағының 1), 2), 3), 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D48C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5), 6), 7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тармақшаларында көрсетілген балалар санатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а арналған арнайы балабақшаларда топтар бұзылыс түрлері бойынша топтардың толымдылығына сәйкес, ал күрделі бұзылыстары бар, оның ішінде зағип-саңыраубалалар үшін Санитариялық қағидаларға сәйкес 6 баладан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> артық емес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>толықтыруды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007112B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...839 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00163E72" w:rsidRDefault="00163E72" w:rsidP="00163E72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00107D5B" w:rsidRDefault="00107D5B"/>
-    <w:sectPr w:rsidR="00107D5B">
+    <w:p w:rsidR="00401BF5" w:rsidRPr="00163E72" w:rsidRDefault="00401BF5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00401BF5" w:rsidRPr="00163E72">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="011D6422"/>
+    <w:nsid w:val="1414719F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E55C8342"/>
-    <w:lvl w:ilvl="0" w:tplc="92FAEA3E">
+    <w:tmpl w:val="760635C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1FDE346D"/>
+    <w:nsid w:val="3841507C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDA0C292"/>
-    <w:lvl w:ilvl="0" w:tplc="317A73E8">
+    <w:tmpl w:val="2B2800CA"/>
+    <w:lvl w:ilvl="0" w:tplc="DF20703C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2061" w:hanging="360"/>
+        <w:ind w:left="1804" w:hanging="1095"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="42B97718"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B1EEAD02"/>
+    <w:lvl w:ilvl="0" w:tplc="3C7256E2">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2781" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3501" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4221" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4941" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5661" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6381" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7101" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7821" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2BC02C3E"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="63592C2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9801046"/>
-    <w:lvl w:ilvl="0" w:tplc="59E6546A">
+    <w:tmpl w:val="31B07628"/>
+    <w:lvl w:ilvl="0" w:tplc="2BB64E24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1777" w:hanging="360"/>
+        <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2497" w:hanging="360"/>
+        <w:ind w:left="1790" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3217" w:hanging="180"/>
+        <w:ind w:left="2510" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3937" w:hanging="360"/>
+        <w:ind w:left="3230" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4657" w:hanging="360"/>
+        <w:ind w:left="3950" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5377" w:hanging="180"/>
+        <w:ind w:left="4670" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6097" w:hanging="360"/>
+        <w:ind w:left="5390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6817" w:hanging="360"/>
+        <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7537" w:hanging="180"/>
+        <w:ind w:left="6830" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="321E5304"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="7320581D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="78DABB2A"/>
-    <w:lvl w:ilvl="0" w:tplc="3F0066A6">
+    <w:tmpl w:val="7D082150"/>
+    <w:lvl w:ilvl="0" w:tplc="DED41212">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1841" w:hanging="990"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="7B1E77E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EC54165E"/>
+    <w:lvl w:ilvl="0" w:tplc="8042D56A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
@@ -11964,582 +12717,84 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...434 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="8"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
-[...8 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="96"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001E5DCA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001E5DCA"/>
+    <w:rsidRoot w:val="00163E72"/>
+    <w:rsid w:val="00163E72"/>
+    <w:rsid w:val="00401BF5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -12590,51 +12845,51 @@
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -12714,59 +12969,59 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001E5DCA"/>
+    <w:rsid w:val="00163E72"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -13027,54 +13282,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5401</Words>
-  <Characters>30792</Characters>
+  <Words>5540</Words>
+  <Characters>31581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>256</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>263</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36121</CharactersWithSpaces>
+  <CharactersWithSpaces>37047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Стэлла</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>