--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -1,4480 +1,4812 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="006E5D85" w:rsidRPr="00F2011E" w:rsidRDefault="006E5D85" w:rsidP="006E5D85">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тиісті үлгідегі білім беру ұйымдары қызметінің үлгілік қағидаларын, оның ішінде балаларға арналған қосымша білім беру бағдарламаларын іске асыратын білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2013 жылғы 17 мамырдағы № 499 қаулысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 4-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z187" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>19) тармақшасына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес Қазақстан Республикасының Үкіметі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...901 lines deleted...]
-        <w:r w:rsidRPr="009617BE">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Қоса беріліп отырған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) Мектепке дейiнгi ұйымдар қызметiнiң </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-[...3 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Конституцией</w:t>
+          <w:t>үлгілік қағидалары</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009617BE">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="009617BE">
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) Орта білім беру ұйымдары (бастауыш, негізгі орта және жалпы орта) қызметінiң </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-[...3 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>законами</w:t>
+          <w:t>үлгілік қағидалары</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009617BE">
-[...71 lines deleted...]
-        <w:r w:rsidRPr="001626F6">
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) Техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары қызметінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
           <w:rPr>
-            <w:rStyle w:val="s0"/>
-[...2 lines deleted...]
-            <w:highlight w:val="yellow"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>стандартами государственных услуг</w:t>
+          <w:t>үлгілік қағидалары</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009617BE">
-[...1258 lines deleted...]
-        <w:r w:rsidRPr="008E74FD">
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) Орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары қызметінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z29" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-            <w:highlight w:val="yellow"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>специальное педагогическое</w:t>
+          <w:t>үлгілік қағидалары</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="1"/>
-[...122 lines deleted...]
-        <w:r w:rsidRPr="009617BE">
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) Жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары қызметінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="28"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Трудовым кодексом</w:t>
+          <w:t>үлгілік қағидалары</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="6"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6) Жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары қызметінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z51" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>үлгілік қағидалары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7) Мамандандырылған білім беру ұйымдары қызметінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>үлгілік қағидалары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8) Арнайы білім беру ұйымдары қызметінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>үлгілік қағидалары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      9) Жетiм балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған бiлiм беру ұйымдары қызметiнiң </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>үлгілік қағидалары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      10) Балаларға арналған қосымша білім беру ұйымдары қызметінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>үлгілік қағидалары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      11) Ересектерге арналған қосымша білім беру ұйымдары қызметінің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>үлгілік қағидалары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 07.04.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="3" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>№ 181</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Осы қаулыға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z125" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Осы қаулы алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9000" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5854"/>
+        <w:gridCol w:w="3146"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidTr="008A09FC">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3225" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidTr="008A09FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>      Премьер-Министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>С. Ахметов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5805"/>
+        <w:gridCol w:w="3420"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidTr="008A09FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z3"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Үкіметінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2013 жылғы 17 мамырдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 499 қаулысымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A09FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мектепке дейiнгi ұйымдар қызметiнiң үлгілік қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Ескерту. Үлгілік қағидалар жаңа редакцияда - ҚР Үкіметінің 07.04.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="12" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 181</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Мектепке дейінгі ұйымдар қызметiнiң үлгілік қағидалары (бұдан әрi – Қағидалар) "Бiлiм туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Заңына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> (бұдан әрі – "Білім туралы" Заң) сәйкес әзiрленген. Қағидалар "Назарбаев зияткерлік мектептері" дербес білім беру ұйымдарының мектепке дейінгі ұйымдарын қоспағанда, меншік нысаны мен ведомстволық бағыныстылығына қарамастан мектепке дейінгі білім беру ұйымдары (бұдан әрі – мектепке дейінгі ұйымдар) қызметінiң тәртiбiн айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Мектепке дейінгі ұйымдар меншік нысаны бойынша мемлекеттік және жекеменшік болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Мектепке дейінгі ұйымдардың негізгі міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өмірін және денсаулығын қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, оның ішінде ерекше білім беру қажеттілігі және жеке мүмкіндіктері бар тәрбиеленушілердің дене, зияткерлік және жеке тұлғалық дамуын қамтамасыз ететін оңтайлы жағдайлар жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сапалы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектепалды даярлықты қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толыққанды дамуын қамтамасыз ету үшін отбасымен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) ата-аналарға балаларды тәрбиелеу, оқыту, дамыту және денсаулығын қорғау бойынша консультативтік және әдістемелік көмек көрсету болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Мектепке дейінгі білім беру ұйымдарының негізгі құрылымдық бірлігі мектеп жасына дейінгі тәрбиеленушілер тобы болып табылады. Топтар жас ерекшелігі бір немесе жас ерекшелігі әртүрлі қағидаты бойынша жасақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі ұйымдар топтарының толымдылығы Қазақстан Республикасының халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілерге сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5. Топтар тәрбиеленушілердің болу уақыты бойынша бөлінеді және мынадай режимде жұмыс істейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) толық күн болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) жарты күн болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәулік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойы болу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6. Мектепке дейінгі ұйымдар өз қызметінде Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Конституциясын</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының заңдарын, осы Қағидалар мен мектепке дейінгі ұйымдар жарғысын және Қазақстан Республикасының өзге де нормативтік құқықтық актілерін басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7. Мектепке дейiнгi ұйымдар бiр жастан бастап мектеп жасына дейiн жеткенше тәрбиеленушілерді тәрбиелеу, оқыту, дамуындағы ауытқуды түзету және әлеуметтік бейімдеу, дамыту және медициналық бақылау, сондай-ақ қарау, бағу және сауықтыру бойынша мемлекеттік білім беру тапсырысын, мемлекет қаржыландыратын қызмет көрсету көлемін, оның ішінде балаларға инклюзивті білім беруді іске асыру үшін орындауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8. Балаларды мектепке дейінгі ұйымдарға қабылдау Қазақстан Республикасының білім саласындағы уәкілетті органы бекіткен мектепке дейінгі тәрбие мен оқыту саласындағы мемлекеттік көрсетілетін қызмет стандарттарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Балаларды тұрақты немесе уақытша орналасуға қабылдау онда бос орынның болуына қарай жыл бойы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Елді мекеннің ішінде бір мектепке дейінгі ұйымнан басқасына орын алмастыру жас топтары сәйкес келген жағдайда, ата-аналардың және мектепке дейінгі ұйым басшыларының келісімімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      9. Мектепке дейінгі ұйымдар өз қызметін мынадай кезеңдер бойынша ұйымдастырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) 1 маусым мен 31 тамыз аралығында – жазғы сауықтыру кезеңі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепалды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даярлық сыныптарындағы оқу процесі ағымдағы жылғы 1 қыркүйек пен келесі жылғы 25 мамыр аралығында жүзеге асырылады. Оқу жылы ішінде каникулдар белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) 1 қыркүйекте 6 (7) жасқа толған балалар мектепке дейінгі ұйымнан жыл сайын 1 тамызға дейін босатылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір жас тобынан басқасына ауыстыру ағымдағы жылғы 1-31 тамыз аралығында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      10. Мектепке дейінгі ұйымдарда баланың орны мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ауырып, медициналық, санаторийлік-курорттық және өзге де ұйымдарда емделген, сауықтырылған (көрсетілімі бойынша анықтама ұсынған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) ата-анасының біреуіне немесе баланың өзге де заңды өкіліне еңбек демалысы берілген және бала жаз маусымында екі айға дейінгі мерзімде сауықтырылған (жазбаша өтінішті ұсынған жағдайда) жағдайларда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      11. Басшы баланы мектепке дейінгі ұйымдардан мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұстау үшін ай сайынғы төлемақы уақтылы төленбеген (төлемақыны белгіленген мерзімнен күнтізбелік 15 күннен астам кешіктіру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір айдан астам дәлелсіз себеппен және әкімшілікке ескертпей келмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрігерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультациялық комиссия анықтамасының негізінде баланың келуiне кедергi болатын медициналық қарсы көрсетілімдер болған жағдайларда шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12. Ата-аналардан немесе заңды өкілдерден алынатын ай сайынғы төлемақы мөлшері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммуналдық қазыналық кәсіпорындар ұйымдық-құқықтық нысанында құрылған мемлекеттік мектепке дейiнгi ұйымдарда баланың жасына қарамастан тамақтануға кететін шығынның 100 пайызын құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шектеулі балаларға арналған санаторийлік балабақшаларда, мектепке дейінгі ұйымдарда балаларды күтіп-бағу тегін негізде ұсынылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру тапсырысы орналастырылғандарды қоспағанда, жекеменшік мектепке дейінгі ұйымдарда мектепке дейінгі ұйымның құрылтайшысы белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      13. Ведомстволық бағыныстылығына қарамастан, білім беру ұйымдары, оның ішінде жаңадан құрылғандары, сондай-ақ мемлекеттік мектепке дейінгі ұйымдардың басшылары және педагог қызметкерлері Қазақстан Республикасының заңнамасында белгіленген тәртіппен аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Мектепке дейiнгі ұйым қызметінің тәртібi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      14. Мектепке дейінгі ұйымды құрылтайшы құрады және ол Қазақстан Республикасының заңнамасында белгіленген тәртіппен әділет органдарында тіркеледі. Тіркелгеннен кейін мектепке дейінгі білім беру ұйымы өз қызметінің басталғаны туралы орналасқан орны бойынша құзыретіне сәйкес білім беру саласындағы уәкілетті органды хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      15. Мектепке дейінгі ұйым қызметін тоқтатқан кезде орналасқан жері бойынша құзыретіне сәйкес білім беру саласындағы уәкілетті органды қызметінің тоқтатылғаны туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      16. Қызметінің басталғаны немесе тоқтатылғаны туралы хабарлама жіберу рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесін және рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін пайдалану арқылы электрондық нысанда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      17. Мектепке дейінгі ұйымдар "Білім туралы" Заңның </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>41-бабы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> мен осы Қағидалар негізінде өз жарғысын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      18. Мектепке дейінгі ұйымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарғысында белгіленген функциялардың орындалуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өмірі мен денсаулығын қорғауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламаларының толық көлемде іске асырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесті ұйымдастыруда қолданылатын нысандардың, әдістердің және құралдардың балалардың жас, психикалық-физиологиялық ерекшелiктерiне, қабілеттеріне, қызығушылықтары мен қажеттілiктеріне сәйкестігін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      19. Мемлекеттік мектепке дейінгі ұйымдардағы штат саны мемлекеттік білім беру ұйымдары қызметкерлерінің үлгі штаттарына сәйкес белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      20. Білімі және біліктілігінің тиісті деңгейі туралы мемлекеттік үлгідегі құжаттармен расталған, тиісті бейіні бойынша арнайы педагогикалық немесе кәсіптік білімі бар адамдар педагогтік қызметпен айналысуға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі ұйымдардағы жұмысқа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарсы көрсетілімі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) психиатриялық және (немесе) наркологиялық диспансерде есепте тұрған адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының Еңбек кодексінде көзделген шектеулер негізінде жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      21. Мектепке дейінгі ұйымдар алғашқы медициналық-санитариялық көмек көрсетудің аумақтық медициналық ұйымдарымен бірлесіп балаларды ағымдық медициналық бақылауды, иммундауды және профилактикалық тексерулер ұйымдастыруды қамтамасыз етеді, оны мектепке дейінгі ұйымның штатына кіретін медициналық қызметкерлер жүзеге асырады. Мектепке дейінгі ұйымдардың педагогикалық қызметкерлері Қазақстан Республикасының заңнамасында белгіленген тәртіппен жыл сайын тегін медициналық тексеруден өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      22. Мектепке дейінгі ұйымдар балаларды теңгерімді тамақтандыруды қамтамасыз етеді. Балаларды тамақтандыру жас ерекшеліктерін, жұмыс режимін ескере отырып жүргізіледі, оның жиілігі Қазақстан Республикасының халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілеріне және жарғыға сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі ұйымдар тәрбиеленушілерінің тамақтану мәдениетін қалыптастыруды, оның ішінде пайдалы теңгерімді тамақтануды әрі табиғи және жаңа піскен өнімдерді тұтынуды насихаттау арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      23. Мектепке дейінгі ұйымдар мектепке дейінгі ұйым басшысы белгілеген тәртіппен білім беру, сауықтыру сипатындағы қосымша ақылы қызметтер көрсетеді. Ақылы қызметтер көрсетуден түскен қаражат мамандарға еңбекақы төлеуге, құралдар сатып алуға, тиісті дамытушы орта құруға бағытталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      24. Отбасы мен баланы әлеуметтiк-педагогикалық қолдау мақсатында мектепке дейінгі тәрбиемен және оқытумен қамтылмаған балалардың ата-аналары үшін мектепке дейiнгi ұйымдарда консультациялық пункттер құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      25. Мектепке дейiнгi ұйымдарды басқару дара басшылық және алқалық басқару қағидаттарында құрылады. Алқалық басқару нысандары педагогикалық, қамқоршылық кеңестер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      26. Мектепке дейінгi ұйымды тiкелей басқаруды басшы жүзеге асырады. Мектепке дейінгі ұйым басшысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі ұйымның атынан әрекет етеді, барлық мемлекеттік және жекеменшік ұйымдарда оның атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаражатқа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иелік етуші болып табылады, шарттар жасасады, сенімхаттар береді, банктерде есептік және басқа да шоттар ашады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құзыреті шегінде мектепке дейінгі ұйымдар қызметкерлері орындауға міндетті бұйрықтар мен өкімдер шығарады, жаза қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кадрларды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іріктеу мен орналастыруды жүзеге асырады, Қазақстан Республикасының қолданыстағы заңнамасына сәйкес қызметкерлерді жұмысқа қабылдау және жұмыстан шығару құқығын пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі тәрбие мен оқытудың мемлекеттiк жалпыға мiндеттi стандартының талаптарына, Қазақстан Республикасының халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілеріне сәйкес мектепке дейінгі ұйымдағы оқыту-тәрбиелеу процесін жүзеге асыру үшін жағдайлар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүдделерін, отбасы қажеттіліктерін қанағаттандыруға бағытталған қосымша көрсетілетін қызметтерді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектепке дейінгі ұйымға қабылдаған кезде ата-анасын немесе заңды өкілдерін жарғымен, қабылдау тәртібі мен оқыту-тәрбиелеу процесін және медициналық қызмет көрсетуді ұйымдастыру тәртібін регламенттейтін құжаттармен таныстырады, ата-аналармен немесе заңды өкілдермен шарт жасасады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі ұйымға бекітілген мүліктің сақталуын және тиімді пайдаланылуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      27. Мектепке дейінгі ұйымның басшысы Қазақстан Республикасының заңдарына сәйкес:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, қызметкерлердің құқықтары мен бостандықтарын бұзғаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құзыретіне жатқызылған функцияларды орындамағаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талаптарын бұзғаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен қызметкерлердің оқу-тәрбие процесі кезіндегі өмірі мен денсаулығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) қаржы-шаруашылық қызметінің жай-күйі, оның ішінде материалдық және ақшалай қаражатты нысаналы пайдаланбағаны үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық актілерде және еңбек шартының талаптарында көзделген талаптардың өзге де бұзылғаны үшін жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      28. Мектепке дейінгі ұйымдар қызметкерлерінің құқықтары мен міндеттері мектепке дейінгі ұйым дербес әзірлейтін ішкі тәртіп қағидаларында және қызметкерлердің лауазымдық нұсқаулықтарында нақтыланады. Бұл ретте көрсетілген актілерде тіркелетін құқықтар мен міндеттер Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Конституциясына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, "Білім туралы" </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="008A09FC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Заңға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, өзге де заңнамалық актілер мен мектепке дейінгі ұйым жарғысына қайшы келмеуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      29. Мектепке дейінгі ұйым мен ата-аналар немесе заңды өкілдер арасындағы өзара қарым-қатынас баланы мектепке дейінгі ұйымға қабылдаған кезде жасалатын шартпен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Шартта баланың мектепке дейінгі ұйымға бару режимі, тамақтану жиілігі, қосымша білім беру, сауықтыру қызметтерін көрсету деңгейі және ұсыну мерзімі, мектепке дейінгі ұйымда баланы күтіп-бағу ақысының мөлшері, қосымша ақылы қызметтер және өзге де жағдайлар айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Мектепке дейінгі ұйымдағы оқыту-тәрбиелеу процесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      30. Оқыту-тәрбиелеу процесінің негізгі қатысушылары балалар, ата-аналар немесе заңды өкілдер, педагог қызметкерлер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі ұйымдағы оқыту-тәрбиелеу процесі мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандарты негізінде әзірленген бағдарламаларға және оқу жоспарларына сәйкес жүзеге асырылады, сондай-ақ мектепке дейінгі ұйымның жарғысымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі ұйымдардың педагогтері тиімді оқыту-тәрбиелеу процесін қамтамасыз ету мақсатында баламалы авторлық бағдарламаларды дербес таңдайды және қолданады, мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартын сақтау шартымен тәрбиелеудің, оқытудың және сауықтырудың жаңа технологияларын енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A09FC" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A09FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      31. Мектепке дейінгі ұйым тәрбиеленушісінің, ата-аналары мен қызметкерлерінің қарым-қатынасы оқыту-тәрбиелеу процесіне қатысушылардың өзара сыйластығы және жеке ерекшеліктеріне сәйкес тәрбиеленушіге даму еркіндігін ұсынуды ескере отырып, ынтымақтастық негізде құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4773" w:rsidRPr="008A09FC" w:rsidRDefault="008A09FC" w:rsidP="008A09FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...1111 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005D4773" w:rsidRPr="008A09FC">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67D516EC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2CC6F7F4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-    </w:pPr>
-    <w:r>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-    <w:r>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
-[...1 lines deleted...]
-    <w:r>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="end"/>
-[...15 lines deleted...]
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-        <w:sz w:val="24"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="000A4353">
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-        <w:sz w:val="24"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-    <w:r w:rsidRPr="000A4353">
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-        <w:sz w:val="24"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
-[...1 lines deleted...]
-    <w:r w:rsidRPr="000A4353">
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-        <w:sz w:val="24"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-    <w:r w:rsidR="006E5D85">
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rStyle w:val="a7"/>
-[...2 lines deleted...]
-        <w:sz w:val="24"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
-[...21 lines deleted...]
-</w:hdr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:proofState w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006E5D85"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE0498"/>
+    <w:rsidRoot w:val="007B40A3"/>
+    <w:rsid w:val="00484098"/>
+    <w:rsid w:val="007B40A3"/>
+    <w:rsid w:val="008A09FC"/>
+    <w:rsid w:val="00CF210A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{81FF5853-3D9E-4FCC-BA66-779A5A8477B0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...139 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
-[...124 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="771972712">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="338853726">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1189836492">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2119635154">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1408530592">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1776708130">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1003501953" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1002478519" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1003505147" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12265</Characters>
+  <Pages>1</Pages>
+  <Words>2561</Words>
+  <Characters>14602</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>121</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14388</CharactersWithSpaces>
+  <CharactersWithSpaces>17129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Стэлла</dc:creator>
+  <dc:creator>ЖАНАТ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>