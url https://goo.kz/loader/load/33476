--- v0 (2025-12-14)
+++ v1 (2026-03-04)
@@ -18,105 +18,103 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F80B9A" w:rsidRPr="00F80B9A" w:rsidRDefault="008C7342" w:rsidP="00F80B9A">
+    <w:p w:rsidR="00F80B9A" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</w:t>
+        </w:rPr>
+        <w:t>МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F80B9A" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F80B9A" w:rsidRPr="00F80B9A" w:rsidRDefault="008C7342" w:rsidP="00F80B9A">
+    <w:p w:rsidR="00F80B9A" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>МЕКТЕПКЕ ДЕЙІНГІ ЖӘНЕ ОРТА БІЛІМ ДЕПАРТАМЕНТІ</w:t>
+        </w:rPr>
+        <w:t>ДЕПАРТАМЕНТ ДОШКОЛЬНОГО И СРЕДНЕГО ОБРАЗОВАНИЯ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F80B9A" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F80B9A" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -217,1708 +215,1009 @@
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00581F23" w:rsidRPr="00F80B9A" w:rsidRDefault="008C7342" w:rsidP="00F80B9A">
+    <w:p w:rsidR="00581F23" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>!</w:t>
+        </w:rPr>
+        <w:t>Уважаемый коллега!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F80B9A" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00F80B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00BA779D" w:rsidP="00C729DE">
+    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00C729DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...357 lines deleted...]
-      <w:r w:rsidRPr="00826813">
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рамках реализации Плана нации «100 конкретных шагов» Министерством иностранных дел Республики Казахстан разработан </w:t>
+      </w:r>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...57 lines deleted...]
-      <w:r w:rsidRPr="00984FD3">
+        </w:rPr>
+        <w:t>новый уникальный продукт в области цифровых технологий – цифровое приложение «Казахстан – страна Великой степи».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный проект является исполнением прямого поручения Главы государства в рамках шага 87 по созданию масштабного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>интернет-проекта</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Энциклопедия Казахстана» с главной целью помочь каждому гражданину и иностранному туристу больше узнать о стране.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>цифровой энциклопедией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, охватывающей широкий набор тем, и состоит из 10 разделов: география, история, общество, культура, государство, международные отношения, экономика, туризм, Астана                              и ЭКСПО-2017.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение реализовано </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C729DE" w:rsidRPr="00984FD3">
+        </w:rPr>
+        <w:t>на трех языках</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>– казахском, русском и английском</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00F80B9A" w:rsidP="00C729DE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одержит </w:t>
+      </w:r>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">3D </w:t>
+        </w:rPr>
+        <w:t>68 глав</w:t>
+      </w:r>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, каждая из которых имеет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>собственную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фотогалерею (в общей сложности более 370 фотографий),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...168 lines deleted...]
-      <w:r w:rsidRPr="00826813">
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00950618">
+        </w:rPr>
+        <w:t>24 видеоролика</w:t>
+      </w:r>
+      <w:r w:rsidR="00C729DE" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, 12 объектов в формате 3D, 20 панорамных фотографий (фотографии с обзором в 360˚), 12 интерактивных 3D графиков, 4 интерактивные 3D карты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>может быть установлено на различные виды устройств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DD0617">
-[...105 lines deleted...]
-        <w:t xml:space="preserve">). </w:t>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(мобильные телефоны, планшеты, ноутбуки, стационарные компьютеры). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F80B9A" w:rsidRPr="00330711" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
+    <w:p w:rsidR="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...88 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Электронные версии размещены в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>AppStore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>PlayMarket</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, на официальном веб-сайте МИД имеется специальный раздел </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>сайтында сайт түрінде</w:t>
-[...33 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">для запуска </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>web</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-версии в виде сайта.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000500D3">
-[...168 lines deleted...]
-        <w:t xml:space="preserve">барысында таратуға болады. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Windows</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-версия может быть также </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>скачана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с веб-сайта МИД и записана на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>flash</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-карты и CD-диски, которые возможно распространять во время различных мероприятий. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729DE" w:rsidRPr="00E151E4" w:rsidRDefault="00E151E4" w:rsidP="00C729DE">
+    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...122 lines deleted...]
-      <w:r w:rsidRPr="00EC4C28">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кроме того, эта же версия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D835D3">
+        </w:rPr>
+        <w:t xml:space="preserve">может быть установлена на компьютеры </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>для презентации на экранах проекторов и плазменных панелях во время публичных массовых мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитывая высокий патриотический потенциал проекта </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>и его значимость д</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ля международного имиджа страны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A" w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EC4C28">
+        </w:rPr>
+        <w:t xml:space="preserve">просим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00826813" w:rsidRPr="00EC4C28">
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="0091389C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EC4C28">
+        </w:rPr>
+        <w:t>мае-сентябре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EC4C28" w:rsidRPr="00EC4C28">
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="0091389C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EC4C28">
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EC4C28">
+        </w:rPr>
+        <w:t xml:space="preserve"> года организовать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00F80B9A" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для учащихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>лекци</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, открыты</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> урок</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и презентаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о Приложении. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729DE" w:rsidRPr="006203AA" w:rsidRDefault="006203AA" w:rsidP="00C729DE">
+    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="00C729DE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> белсенді пайдалану қажет (табиғаттану, география, тарих, әдебиет, қазақ, орыс және ағылшын тілдері сабақтарында).</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимо </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">активно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>использова</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80B9A" w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>в учебном процессе (уроки природоведения, географии, истории, литературы, казахского, русского и английского языков).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729DE" w:rsidRPr="0087098C" w:rsidRDefault="0087098C" w:rsidP="008F787D">
+    <w:p w:rsidR="00C729DE" w:rsidRPr="00F80B9A" w:rsidRDefault="00C729DE" w:rsidP="008F787D">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...81 lines deleted...]
-        <w:t>сондай-ақ веб-нұсқа түрінде қолжетімді.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение доступно в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>AppStore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>PlayMarket</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в формате </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Windows</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, а также в виде веб-версии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8504D" w:rsidRPr="0087098C" w:rsidRDefault="0087098C" w:rsidP="00C8504D">
+    <w:p w:rsidR="00C8504D" w:rsidRPr="00F80B9A" w:rsidRDefault="00C8504D" w:rsidP="00C8504D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Consolas" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Consolas" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C8504D" w:rsidRPr="0087098C">
+        </w:rPr>
+        <w:t>Приложение:</w:t>
+      </w:r>
+      <w:r w:rsidR="008F787D" w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Consolas" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008F787D" w:rsidRPr="0087098C">
+        </w:rPr>
+        <w:t xml:space="preserve"> 37 листов (ссылки на цифровое приложение, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F787D" w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Consolas" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>имиджевые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F787D" w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Consolas" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008F787D" w:rsidRPr="0087098C">
+        </w:rPr>
+        <w:t xml:space="preserve"> материалы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Consolas" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B5859" w:rsidRPr="0087098C" w:rsidRDefault="007B5859" w:rsidP="00C8504D">
+    <w:p w:rsidR="007B5859" w:rsidRPr="00F80B9A" w:rsidRDefault="007B5859" w:rsidP="00C8504D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006808C3" w:rsidRPr="00F80B9A" w:rsidRDefault="006808C3" w:rsidP="00D86721">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F787D" w:rsidRPr="00F80B9A" w:rsidRDefault="008F787D" w:rsidP="00D86721">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1976,73 +1275,73 @@
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F787D" w:rsidRPr="00F80B9A" w:rsidRDefault="008F787D" w:rsidP="00D86721">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008F787D" w:rsidRPr="00F80B9A" w:rsidSect="005D3FF7">
+    <w:sectPr w:rsidR="008F787D" w:rsidRPr="00F80B9A" w:rsidSect="00E12B1F">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="850" w:bottom="709" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EC7BEE" w:rsidRDefault="00EC7BEE" w:rsidP="002E68B0">
+    <w:p w:rsidR="00FE28AE" w:rsidRDefault="00FE28AE" w:rsidP="002E68B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EC7BEE" w:rsidRDefault="00EC7BEE" w:rsidP="002E68B0">
+    <w:p w:rsidR="00FE28AE" w:rsidRDefault="00FE28AE" w:rsidP="002E68B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2079,58 +1378,58 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EC7BEE" w:rsidRDefault="00EC7BEE" w:rsidP="002E68B0">
+    <w:p w:rsidR="00FE28AE" w:rsidRDefault="00FE28AE" w:rsidP="002E68B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EC7BEE" w:rsidRDefault="00EC7BEE" w:rsidP="002E68B0">
+    <w:p w:rsidR="00FE28AE" w:rsidRDefault="00FE28AE" w:rsidP="002E68B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="839519400"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:sdtEndPr>
@@ -2147,51 +1446,51 @@
         </w:pPr>
         <w:r w:rsidRPr="00F80B9A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00F80B9A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00F80B9A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BA779D">
+        <w:r w:rsidR="0091389C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00F80B9A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00C729DE" w:rsidRDefault="00C729DE">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
@@ -2803,211 +2102,176 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A41652"/>
     <w:rsid w:val="00010BD9"/>
-    <w:rsid w:val="000500D3"/>
     <w:rsid w:val="0007547B"/>
-    <w:rsid w:val="000839A7"/>
-    <w:rsid w:val="000A0577"/>
     <w:rsid w:val="000A3198"/>
     <w:rsid w:val="000C637C"/>
     <w:rsid w:val="000D6563"/>
     <w:rsid w:val="00101E30"/>
-    <w:rsid w:val="00106F9C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0016773F"/>
     <w:rsid w:val="00173531"/>
     <w:rsid w:val="001901F8"/>
     <w:rsid w:val="00191FED"/>
     <w:rsid w:val="001A1686"/>
     <w:rsid w:val="001B45B4"/>
     <w:rsid w:val="001C3D78"/>
     <w:rsid w:val="001C3F9D"/>
     <w:rsid w:val="001E4C75"/>
     <w:rsid w:val="00213758"/>
     <w:rsid w:val="0021389C"/>
-    <w:rsid w:val="00232CF1"/>
-    <w:rsid w:val="002366DB"/>
     <w:rsid w:val="00242A45"/>
     <w:rsid w:val="002638B4"/>
     <w:rsid w:val="00286231"/>
-    <w:rsid w:val="00292A57"/>
     <w:rsid w:val="002E68B0"/>
     <w:rsid w:val="002E6B04"/>
     <w:rsid w:val="00307028"/>
     <w:rsid w:val="0030789C"/>
     <w:rsid w:val="00320006"/>
     <w:rsid w:val="00321798"/>
     <w:rsid w:val="00326863"/>
-    <w:rsid w:val="00330711"/>
     <w:rsid w:val="00340D86"/>
     <w:rsid w:val="00342D5D"/>
     <w:rsid w:val="0036265F"/>
     <w:rsid w:val="00373F84"/>
     <w:rsid w:val="003776E6"/>
     <w:rsid w:val="003F4618"/>
     <w:rsid w:val="004175F7"/>
     <w:rsid w:val="004310B0"/>
-    <w:rsid w:val="00441305"/>
-    <w:rsid w:val="00445C46"/>
     <w:rsid w:val="00451962"/>
     <w:rsid w:val="00452D84"/>
-    <w:rsid w:val="00457A47"/>
     <w:rsid w:val="00481D13"/>
     <w:rsid w:val="00493E27"/>
     <w:rsid w:val="004D11AE"/>
-    <w:rsid w:val="004D4008"/>
+    <w:rsid w:val="004D20B7"/>
     <w:rsid w:val="004E3208"/>
     <w:rsid w:val="004F3A85"/>
     <w:rsid w:val="0050440E"/>
     <w:rsid w:val="005112B6"/>
     <w:rsid w:val="0051467F"/>
-    <w:rsid w:val="0052644E"/>
     <w:rsid w:val="00531A50"/>
     <w:rsid w:val="00550F99"/>
     <w:rsid w:val="005614DD"/>
     <w:rsid w:val="00581F23"/>
     <w:rsid w:val="005C379B"/>
     <w:rsid w:val="005D242F"/>
     <w:rsid w:val="005D334E"/>
-    <w:rsid w:val="005D3FF7"/>
     <w:rsid w:val="006059FC"/>
-    <w:rsid w:val="006203AA"/>
     <w:rsid w:val="006808C3"/>
     <w:rsid w:val="00684E6B"/>
     <w:rsid w:val="006E4F05"/>
     <w:rsid w:val="006F1CBD"/>
     <w:rsid w:val="00712E01"/>
     <w:rsid w:val="007420BB"/>
     <w:rsid w:val="00750716"/>
     <w:rsid w:val="0075259A"/>
     <w:rsid w:val="0078195F"/>
     <w:rsid w:val="007B5859"/>
     <w:rsid w:val="007C29DD"/>
     <w:rsid w:val="007C66B1"/>
-    <w:rsid w:val="007E27F9"/>
     <w:rsid w:val="00807654"/>
-    <w:rsid w:val="00826813"/>
     <w:rsid w:val="008305B9"/>
     <w:rsid w:val="00832D07"/>
     <w:rsid w:val="008453BB"/>
-    <w:rsid w:val="0087098C"/>
     <w:rsid w:val="008A675E"/>
-    <w:rsid w:val="008C7342"/>
     <w:rsid w:val="008F787D"/>
+    <w:rsid w:val="0091389C"/>
     <w:rsid w:val="009312AD"/>
-    <w:rsid w:val="00950618"/>
     <w:rsid w:val="00977857"/>
     <w:rsid w:val="00981325"/>
-    <w:rsid w:val="00984FD3"/>
     <w:rsid w:val="00996032"/>
-    <w:rsid w:val="009B226D"/>
     <w:rsid w:val="009B6FCB"/>
     <w:rsid w:val="009C3100"/>
     <w:rsid w:val="009F2ABF"/>
     <w:rsid w:val="009F7F87"/>
     <w:rsid w:val="00A00B5D"/>
     <w:rsid w:val="00A142A1"/>
     <w:rsid w:val="00A41652"/>
     <w:rsid w:val="00A50BB4"/>
     <w:rsid w:val="00A55432"/>
-    <w:rsid w:val="00A631A0"/>
     <w:rsid w:val="00A77403"/>
-    <w:rsid w:val="00AA2D9D"/>
     <w:rsid w:val="00AC4253"/>
     <w:rsid w:val="00AD1273"/>
-    <w:rsid w:val="00AE5329"/>
+    <w:rsid w:val="00AE1445"/>
     <w:rsid w:val="00B4317A"/>
     <w:rsid w:val="00B45351"/>
     <w:rsid w:val="00B46B3A"/>
     <w:rsid w:val="00B627F9"/>
     <w:rsid w:val="00B80D1C"/>
-    <w:rsid w:val="00BA779D"/>
-    <w:rsid w:val="00C1021A"/>
     <w:rsid w:val="00C61F0D"/>
     <w:rsid w:val="00C71835"/>
     <w:rsid w:val="00C729DE"/>
     <w:rsid w:val="00C83473"/>
     <w:rsid w:val="00C8504D"/>
     <w:rsid w:val="00CF40C6"/>
     <w:rsid w:val="00CF4407"/>
     <w:rsid w:val="00D15121"/>
-    <w:rsid w:val="00D835D3"/>
     <w:rsid w:val="00D86721"/>
     <w:rsid w:val="00D86D08"/>
     <w:rsid w:val="00D92395"/>
     <w:rsid w:val="00DA05A2"/>
     <w:rsid w:val="00DB1CD7"/>
-    <w:rsid w:val="00DD0617"/>
     <w:rsid w:val="00DE68F7"/>
     <w:rsid w:val="00DF1705"/>
     <w:rsid w:val="00E12B1F"/>
-    <w:rsid w:val="00E151E4"/>
     <w:rsid w:val="00E31CC1"/>
     <w:rsid w:val="00E569DC"/>
     <w:rsid w:val="00E7561A"/>
     <w:rsid w:val="00EC1135"/>
-    <w:rsid w:val="00EC4C28"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F22400"/>
     <w:rsid w:val="00F37D32"/>
     <w:rsid w:val="00F50FCA"/>
     <w:rsid w:val="00F575B9"/>
     <w:rsid w:val="00F60E67"/>
-    <w:rsid w:val="00F63578"/>
     <w:rsid w:val="00F67F6A"/>
     <w:rsid w:val="00F73FB3"/>
     <w:rsid w:val="00F80B9A"/>
     <w:rsid w:val="00FC551B"/>
     <w:rsid w:val="00FD334D"/>
+    <w:rsid w:val="00FE28AE"/>
     <w:rsid w:val="00FE678F"/>
     <w:rsid w:val="00FF0B18"/>
     <w:rsid w:val="00FF1936"/>
-    <w:rsid w:val="00FF5F1B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3368,65 +2632,58 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002E68B0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="aa">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F50FCA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00173531"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00173531"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -3816,65 +3073,58 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002E68B0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="aa">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F50FCA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00173531"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00173531"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -4221,85 +3471,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DA30E7A-E440-45D2-A8DA-C4F26C0EC224}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9543BBF6-F5C8-4566-8636-6BC9AB96C1B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>339</Words>
-  <Characters>1938</Characters>
+  <Words>352</Words>
+  <Characters>2007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2273</CharactersWithSpaces>
+  <CharactersWithSpaces>2355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Гульмира Мусина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>