--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -1,108 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003B3145" w:rsidRPr="00046FF6" w:rsidRDefault="003B3145" w:rsidP="00046FF6">
+    <w:p w:rsidR="00C40E27" w:rsidRPr="00C40E27" w:rsidRDefault="0032407C" w:rsidP="003B3145">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00687657">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«ҚАЗАҚСТАН - ҰЛЫ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00687657">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДАЛА</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00687657">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00687657">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЕЛІ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00687657">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003B3145">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ссылки</w:t>
+        <w:t>р</w:t>
       </w:r>
       <w:r w:rsidR="00C40E27" w:rsidRPr="00C40E27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">есурстарға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C40E27" w:rsidRPr="00C40E27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сілтемелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D7393">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C40E27">
-[...27 lines deleted...]
-    <w:p w:rsidR="00B15289" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    </w:p>
+    <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B15289" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidR="00B15289" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>http://bit.ly/28PArej</w:t>
         </w:r>
       </w:hyperlink>
@@ -122,51 +184,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ссылка на </w:t>
       </w:r>
       <w:r w:rsidR="00B15289" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>казахскую версию официальной страницы на веб-сайте МИД РК</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00757A19" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="00757A19" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00D14343" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>http://bit.ly/28PHIfG</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D14343" w:rsidRPr="003B3145">
@@ -193,51 +255,51 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>рус</w:t>
       </w:r>
       <w:r w:rsidR="00B15289" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>скую версию официальной страницы на веб-сайте МИД РК</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B15289" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="00B15289" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00D14343" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>http://bit.ly/28PkZza</w:t>
         </w:r>
       </w:hyperlink>
@@ -257,51 +319,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ссылка на </w:t>
       </w:r>
       <w:r w:rsidR="00B15289" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>английскую версию официальной страницы на веб-сайте МИД РК</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D14343" w:rsidRPr="003B3145" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="00D14343" w:rsidRPr="003B3145" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00D14343" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://itunes.apple.com/ru/app/kazakhstan-land-great-steppe/id1117366063?l=en&amp;mt=8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D14343" w:rsidRPr="003B3145">
@@ -340,51 +402,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ссылка в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B15289" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>AppStore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D14343" w:rsidRPr="003B3145" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="00D14343" w:rsidRPr="003B3145" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00D14343" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://play.google.com/store/apps/details?id=kz.siveco.kazakhstan</w:t>
         </w:r>
       </w:hyperlink>
@@ -433,51 +495,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B15289" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PlayMarket</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F60841" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="00F60841" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00F60841" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>http://mfa.gov.kz/mobile/demos/index.php</w:t>
         </w:r>
       </w:hyperlink>
@@ -533,51 +595,51 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>верси</w:t>
       </w:r>
       <w:r w:rsidR="00B15289" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ю</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00423340" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="00423340" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00423340" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>http://bit.ly/28PckQP</w:t>
         </w:r>
       </w:hyperlink>
@@ -631,51 +693,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>видеоформаты</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B3145" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="003B3145" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="003B3145" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=AEzdm6cEpLw</w:t>
         </w:r>
       </w:hyperlink>
@@ -706,51 +768,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B3145" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>на казахском языке</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B3145" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="003B3145" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="003B3145" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
@@ -830,51 +892,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B3145" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>на английском языке</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B3145" w:rsidRPr="003B3145" w:rsidRDefault="003B3145" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B3145" w:rsidRDefault="00F35F2F" w:rsidP="003B3145">
+    <w:p w:rsidR="003B3145" w:rsidRDefault="00A974E6" w:rsidP="003B3145">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="003B3145" w:rsidRPr="003B3145">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=ovg5VBHut5w</w:t>
         </w:r>
       </w:hyperlink>
@@ -905,51 +967,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B3145" w:rsidRPr="003B3145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">на русском языке </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003347C5" w:rsidRPr="003347C5" w:rsidRDefault="003347C5" w:rsidP="003347C5">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00361066" w:rsidRPr="00361066" w:rsidRDefault="00F35F2F" w:rsidP="00361066">
+    <w:p w:rsidR="00361066" w:rsidRPr="00361066" w:rsidRDefault="00A974E6" w:rsidP="00361066">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:anchor="inbox/15586a40458684d1?projector=1" w:history="1">
         <w:r w:rsidR="003347C5" w:rsidRPr="00361066">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://mail.google.com/mail/u/0/#inbox/15586a40458684d1?projector=1</w:t>
         </w:r>
       </w:hyperlink>
@@ -994,51 +1056,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Draw</w:t>
       </w:r>
       <w:r w:rsidR="00D417C2" w:rsidRPr="00361066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00361066" w:rsidRPr="00361066" w:rsidRDefault="00361066" w:rsidP="00361066">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D14343" w:rsidRPr="005A2671" w:rsidRDefault="00F35F2F" w:rsidP="007C434F">
+    <w:p w:rsidR="00D14343" w:rsidRPr="005A2671" w:rsidRDefault="00A974E6" w:rsidP="007C434F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:anchor="inbox/15586a40458684d1?projector=1" w:history="1">
         <w:r w:rsidR="003347C5" w:rsidRPr="00361066">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://mail.google.com/mail/u/0/#inbox/15586a40458684d1?projector=1</w:t>
         </w:r>
       </w:hyperlink>
@@ -1119,51 +1181,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Draw</w:t>
       </w:r>
       <w:r w:rsidR="00D417C2" w:rsidRPr="00361066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A2671" w:rsidRPr="005A2671" w:rsidRDefault="005A2671" w:rsidP="005A2671">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A2671" w:rsidRPr="005A2671" w:rsidRDefault="00F35F2F" w:rsidP="002347B2">
+    <w:p w:rsidR="005A2671" w:rsidRPr="005A2671" w:rsidRDefault="00A974E6" w:rsidP="002347B2">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="005A2671" w:rsidRPr="004100D7">
           <w:rPr>
             <w:rStyle w:val="a3"/>
           </w:rPr>
           <w:t>https://www.dropbox.com/s/u5rr2nhdrwri6lv/%D0%90%D1%83%D0%B4%D0%B8%D0%BE%D1%80%D0%BE%D0%BB%D0%B8%D0%BA%D0%B8.zip?dl=0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005A2671" w:rsidRPr="003710CF">
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:u w:val="none"/>
@@ -1350,74 +1412,74 @@
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00D14343"/>
-    <w:rsid w:val="00046FF6"/>
     <w:rsid w:val="001504ED"/>
     <w:rsid w:val="001E5FA3"/>
     <w:rsid w:val="002623B0"/>
     <w:rsid w:val="0032407C"/>
     <w:rsid w:val="003347C5"/>
     <w:rsid w:val="00350F77"/>
     <w:rsid w:val="00361066"/>
     <w:rsid w:val="003710CF"/>
     <w:rsid w:val="003B3145"/>
     <w:rsid w:val="004018F7"/>
     <w:rsid w:val="00423340"/>
     <w:rsid w:val="004D2D7F"/>
     <w:rsid w:val="005A2671"/>
     <w:rsid w:val="006C51E9"/>
     <w:rsid w:val="00757A19"/>
     <w:rsid w:val="008342A7"/>
     <w:rsid w:val="008D7393"/>
+    <w:rsid w:val="00A51FCE"/>
+    <w:rsid w:val="00A974E6"/>
     <w:rsid w:val="00B15289"/>
     <w:rsid w:val="00BE0453"/>
     <w:rsid w:val="00C40E27"/>
     <w:rsid w:val="00D14343"/>
     <w:rsid w:val="00D417C2"/>
-    <w:rsid w:val="00F35F2F"/>
     <w:rsid w:val="00F60841"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2107,68 +2169,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>354</Words>
-  <Characters>2024</Characters>
+  <Characters>2023</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2374</CharactersWithSpaces>
+  <CharactersWithSpaces>2373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vitalii Alexandrov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>