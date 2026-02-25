--- v0 (2025-12-08)
+++ v1 (2026-02-25)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-[...1 lines deleted...]
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483858" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="263" r:id="rId4"/>
     <p:sldId id="258" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="265" r:id="rId7"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
@@ -187,85 +187,85 @@
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15608"/>
     <p:restoredTop sz="94640"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="102" d="100"/>
-          <a:sy n="102" d="100"/>
+          <a:sx n="74" d="100"/>
+          <a:sy n="74" d="100"/>
         </p:scale>
-        <p:origin x="416" y="168"/>
+        <p:origin x="732" y="60"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="572"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -1034,51 +1034,51 @@
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1287,51 +1287,51 @@
             <a:r>
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1603,51 +1603,51 @@
             <a:r>
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1938,51 +1938,51 @@
             <a:r>
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2254,51 +2254,51 @@
             <a:r>
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2649,51 +2649,51 @@
             <a:r>
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2821,51 +2821,51 @@
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3003,51 +3003,51 @@
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3175,51 +3175,51 @@
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3424,51 +3424,51 @@
             <a:r>
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3658,51 +3658,51 @@
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4034,51 +4034,51 @@
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4159,51 +4159,51 @@
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4256,51 +4256,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4513,51 +4513,51 @@
             <a:r>
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4821,71 +4821,71 @@
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="394965371"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
@@ -5528,51 +5528,51 @@
           <a:xfrm>
             <a:off x="7205133" y="6041362"/>
             <a:ext cx="911939" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B61BEF0D-F0BB-DE4B-95CE-6DB70DBA9567}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/3/17</a:t>
+              <a:t>5/5/2017</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677334" y="6041362"/>
             <a:ext cx="6297612" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6037,51 +6037,51 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -6097,170 +6097,131 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1728593" y="2228627"/>
             <a:ext cx="5473874" cy="1834220"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" smtClean="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="Arial" charset="0"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
-              <a:t>Попечительские </a:t>
-[...22 lines deleted...]
-              <a:t>советы</a:t>
+              <a:t>Қамқоршылық кеңестері</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Shape 119"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3228453" y="524012"/>
-            <a:ext cx="3674404" cy="718145"/>
+            <a:ext cx="3647665" cy="718145"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:miter lim="400000"/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
+              <ma14:wrappingTextBoxFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns="" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="50800" tIns="50800" rIns="50800" bIns="50800" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="53585F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr sz="2000" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Министерство образования </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" dirty="0" smtClean="0">
+              <a:t>Қазақстан Республикасы </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>и </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:t>Білім және ғылым министрлігі</a:t>
+            </a:r>
+            <a:endParaRPr sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
-          </a:p>
-[...16 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="лого-МОН.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1462283" y="0"/>
             <a:ext cx="1766170" cy="1766170"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -6304,111 +6265,136 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990627" y="1542835"/>
             <a:ext cx="5573011" cy="732182"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Trebuchet MS" charset="0"/>
                 <a:ea typeface="Trebuchet MS" charset="0"/>
                 <a:cs typeface="Trebuchet MS" charset="0"/>
               </a:rPr>
-              <a:t>Попечительский </a:t>
-[...7 lines deleted...]
-              <a:t>совет</a:t>
+              <a:t>Қамқоршылық кеңестері</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Trebuchet MS" charset="0"/>
               <a:ea typeface="Trebuchet MS" charset="0"/>
               <a:cs typeface="Trebuchet MS" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990629" y="2449837"/>
             <a:ext cx="7326654" cy="2447839"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0"/>
-              <a:t>Попечительский совет</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Қамқоршылық кеңестері</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t> - одна из форм участия общества в управлении образованием. Негосударственная, неправительственная, некоммерческая, общественная организация, которая объединяет на добровольной основе всех, кто заинтересован в развитии образования и конкретного образовательного учреждения. Попечительский совет - это не просто поддержка и финансирование, а диалог с властью от имени организаций образования, а главное - от имени гражданского общества. Возможны два правовых статуса Попечительского совета: с образованием юридического лица или без его образования.</a:t>
-            </a:r>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>қоғамның білім саласын басқаруға қатысу формаларының бірі. Бұл білім саласын, не болмаса нақты бір білім беру мекемесін дамытуға мүдделі адамдарды ерікті негізде біріктіретін мемлекеттік емес, коммерциялық емес, қоғамдық ұйым</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. Қамқоршылық </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>кеңестері – тек қолдау мен қаржыландыру ғана емес, білім беру ұйымдарының, ең маңыздысы – азаматтық қоғамның билікпен диалог құру құралы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. Қамқоршылық </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>кеңесінің құқықтық статусы екі түрде орнатылуы мүмкін: ол заңды тұлғаны құру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>жолымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> де, құрмай-ақ та </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>қызмет  жасай алады.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" charset="0"/>
               <a:ea typeface="Arial" charset="0"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="441194583"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
@@ -6433,110 +6419,105 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990626" y="1542835"/>
             <a:ext cx="8165899" cy="732182"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
-              <a:t>Цель Попечительского </a:t>
+              <a:t>Қамқоршылық </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>совета</a:t>
+              <a:t>кеңестерінің мақсаттары</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" smtClean="0"/>
               <a:t>:</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+            </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="990629" y="2449838"/>
-            <a:ext cx="7326654" cy="1445758"/>
+            <a:off x="990629" y="2691685"/>
+            <a:ext cx="7326654" cy="1828799"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>одействие </a:t>
-[...7 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>Білім беру ұйымына қолдау көрсету. Атап айтқанда, оның жарғылық функцияларының іске асырылуына, қаржылық қолдауды қамсыздандыруда, материалдық-техникалық базасының нығаюына септесу, сондай-ақ, оның қызметіне қоғамдық бақылау жүргізу.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="775327516"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
@@ -6559,107 +6540,127 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="918667" y="1282150"/>
             <a:ext cx="7987629" cy="1198004"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
-              <a:t>Направления работы Попечительского совета</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Қамқоршылық </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>кеңесі жұмысының бағыттары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="943077" y="2775514"/>
             <a:ext cx="8777120" cy="3750546"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Білім беру ұйымының білім беру, әлеуметтік-мәдени, сауықтыру, дамыту бағыттарындағы іс-шараларды ұйымдастыруға көмек көрсету </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Әлеуметтік </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>Оказание помощи организации образования в проведении образовательных, социально-культурных, оздоровительных, развивающих мероприятий</a:t>
-[...17 lines deleted...]
-              <a:t>Заслушивание отчета организации образования перед Попечительским советом</a:t>
+              <a:t>тұрғыдан әлсіз </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>.</a:t>
+              <a:t>қамтылған отбасыларынан шыққан оқушылардың тұрмыстық жағдайлары мен жұмыспен қамтылуын жақсарту </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Білім беру ұйымының қызметіндегі кемшіліктерді жоюға бағытталған ұсыныстарды енгізу </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Білім беру ұйымы басшылығының Қамқоршылық кеңесі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>алдындағы есебін </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>тыңдап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>-қабылдау. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1798807267"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
@@ -6670,125 +6671,133 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="677334" y="2411110"/>
+            <a:off x="780365" y="2836112"/>
             <a:ext cx="8596668" cy="3576332"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Жергілікті атқарушы және құқық қорғау органдарының өкілдері представители </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>представители местных представительных, исполнительных и правоохранительных органов</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>иных организаций образования</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Жұмыс берушілер мен әлеуметтік серіктестер өкілдері </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Коммерциялық емес ұйымдардың өкілдері </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Білім беру мекемесінің әрбір сыныптары қатарынан ата-аналар комитеті ұсынған бір-бір ата-ана немесе заңды өкіл </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Қайырымдылық жасаушылар </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>представители иных организаций образования</a:t>
-[...24 lines deleted...]
-            </a:r>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>спонсорлар)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677334" y="1007199"/>
             <a:ext cx="6612814" cy="1184855"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>Қамқоршылық кеңесінің құрамына кімдер болуы мүмкін </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="573564174"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -6799,118 +6808,137 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677334" y="2423636"/>
             <a:ext cx="8596668" cy="3839379"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Білім беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>ұйымын дамытудың басым бағыттары бойынша ұсыныстар дайындау</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Қайырымдылық көмек тарту және білім беру ұйымының оны жұмсау мен мақсатты бөлу жөніндегі шешімдерін мақұлдау </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>выработка рекомендаций по приоритетным направлениям развития организации образования</a:t>
-[...32 lines deleted...]
-            </a:r>
+              <a:t>Білім беру ұйымы қызметіндегі Қамқоршылық кеңесінің </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>айқындаған </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>кемшіліктерді жою жөніндегі ұсыныстарды енгізу </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Білім беру ұйымы басшысының мекеме қызметі бойынша есебін (қайырымдылық көмектің жұмсалуы, жетім және ата-ана қамқорлығынсыз қалған балалардың жағдайлары жөнінде, т.с.с.) тыңдау</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Білім беру ұйымының оқушылары мен тәрбиеленушілеріне жасалған жағдаймен таныс болу</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="677334" y="894468"/>
             <a:ext cx="5350447" cy="1025726"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0"/>
-              <a:t>Функции Попечительского совета</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>Қамқоршылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t> кеңесінің </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>функциялары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="141468580"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Аспект">
   <a:themeElements>
     <a:clrScheme name="Аспект">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -7146,88 +7174,88 @@
                 <a:lumMod val="96000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="100000" b="100000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Facet" id="{C0C680CD-088A-49FC-A102-D699147F32B2}" vid="{0B5AB586-D108-4FC1-8368-649FE654B894}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Facet</Template>
   <TotalTime></TotalTime>
-  <Words>195</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>223</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>25</Paragraphs>
+  <Paragraphs>24</Paragraphs>
   <Slides>6</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Trebuchet MS</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Аспект</vt:lpstr>
-      <vt:lpstr>Попечительские  советы</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Функции Попечительского совета</vt:lpstr>
+      <vt:lpstr>Қамқоршылық кеңестері</vt:lpstr>
+      <vt:lpstr>Қамқоршылық кеңестері</vt:lpstr>
+      <vt:lpstr>Қамқоршылық кеңестерінің мақсаттары: </vt:lpstr>
+      <vt:lpstr>Қамқоршылық кеңесі жұмысының бағыттары:</vt:lpstr>
+      <vt:lpstr>Қамқоршылық кеңесінің құрамына кімдер болуы мүмкін :</vt:lpstr>
+      <vt:lpstr>Қамқоршылар кеңесінің функциялары:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Попечительские  советы</dc:title>
   <dc:creator>Пользователь Microsoft Office</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>